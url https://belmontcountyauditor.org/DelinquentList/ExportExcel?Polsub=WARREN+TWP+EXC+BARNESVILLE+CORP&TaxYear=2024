--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -5,94 +5,85 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="120">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>41-00041.000</t>
   </si>
   <si>
     <t>DOUDNA JOHN A &amp; SHARON JANE SURV</t>
   </si>
   <si>
     <t>BARNESVILLE EVSD</t>
   </si>
   <si>
     <t>62432 HILLCREST RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>41-00086.000</t>
-[...7 lines deleted...]
-  <si>
     <t>41-00212.000</t>
   </si>
   <si>
     <t>COLLINS PATRICIA &amp; MEKAYLE D COLES</t>
   </si>
   <si>
     <t>CR 122</t>
   </si>
   <si>
     <t>41-00342.001</t>
   </si>
   <si>
     <t>BROCIUS SCOTT</t>
   </si>
   <si>
     <t>62284 FAIRVIEW RD</t>
   </si>
   <si>
     <t>41-00397.002</t>
   </si>
   <si>
     <t>MCVEY FLORENCE E</t>
   </si>
   <si>
     <t>DUSTY LANE</t>
@@ -128,77 +119,50 @@
     <t>41-00654.003</t>
   </si>
   <si>
     <t>MYERS JAMES H &amp; PENNY K SURV</t>
   </si>
   <si>
     <t>PIGEON POINT RD</t>
   </si>
   <si>
     <t>41-00656.000</t>
   </si>
   <si>
     <t>41-00657.000</t>
   </si>
   <si>
     <t>WELLS GABRIEL D &amp; VICTORIA V</t>
   </si>
   <si>
     <t>41-00669.000</t>
   </si>
   <si>
     <t>CARPENTER JONI &amp; JASON SURV</t>
   </si>
   <si>
     <t>60575 GOBBLERS KNOB RD</t>
-  </si>
-[...25 lines deleted...]
-    <t>37301 HARRYS RIDGE RD</t>
   </si>
   <si>
     <t>41-00879.000</t>
   </si>
   <si>
     <t>BRADFIELD MARGARET E</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
   <si>
     <t>41-00880.000</t>
   </si>
   <si>
     <t>BELMONT COUNTY COAL RESOURCES INC</t>
   </si>
   <si>
     <t>41-00886.000</t>
   </si>
   <si>
     <t>41-00888.000</t>
   </si>
   <si>
     <t>4100904</t>
   </si>
@@ -454,1340 +418,1260 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F63" headerRowCount="1">
-  <autoFilter ref="A1:F63"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F59" headerRowCount="1">
+  <autoFilter ref="A1:F59"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78125&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78125&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F63"/>
+  <dimension ref="A1:F59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="51.08456039428711" customWidth="1"/>
     <col min="3" max="3" width="18.167438507080078" customWidth="1"/>
     <col min="4" max="4" width="35.59331130981445" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1074.21</v>
+        <v>1095.69</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>183.96</v>
+        <v>110.28</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>108.12</v>
+        <v>2309.8</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>2264.51</v>
+        <v>42.42</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>41.59</v>
+        <v>843.74</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>827.2</v>
+        <v>79.85</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>78.28</v>
+        <v>295.83</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>290.03</v>
+        <v>91.36</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E10" s="2">
-        <v>89.57</v>
+        <v>147.23</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E11" s="2">
-        <v>144.34</v>
+        <v>437.6</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" s="2">
-        <v>429.02</v>
+        <v>606.95</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>1095.05</v>
+        <v>173.87</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E14" s="2">
-        <v>255.86</v>
+        <v>401.82</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E15" s="2">
-        <v>90.1</v>
+        <v>280.34</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="E16" s="2">
-        <v>7205.96</v>
+        <v>438.17</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E17" s="2">
-        <v>170.46</v>
+        <v>216.35</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E18" s="2">
-        <v>393.94</v>
+        <v>10086.8</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E19" s="2">
-        <v>274.83</v>
+        <v>347.34</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E20" s="2">
-        <v>429.58</v>
+        <v>61.68</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="E21" s="2">
-        <v>212.11</v>
+        <v>76.39</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E22" s="2">
-        <v>9889.01</v>
+        <v>32.13</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E23" s="2">
-        <v>340.54</v>
+        <v>371.99</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E24" s="2">
-        <v>60.47</v>
+        <v>286.33</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E25" s="2">
-        <v>74.89</v>
+        <v>3709.83</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="E26" s="2">
-        <v>31.5</v>
+        <v>2425.47</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="E27" s="2">
-        <v>364.7</v>
+        <v>3484.78</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E28" s="2">
-        <v>280.71</v>
+        <v>2453.06</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E29" s="2">
-        <v>3637.09</v>
+        <v>3521.14</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E30" s="2">
-        <v>2377.92</v>
+        <v>4260.53</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E31" s="2">
-        <v>3416.44</v>
+        <v>758.07</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E32" s="2">
-        <v>2404.95</v>
+        <v>2413.62</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E33" s="2">
-        <v>3452.1</v>
+        <v>70.07</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E34" s="2">
-        <v>4176.99</v>
+        <v>310.66</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E35" s="2">
-        <v>743.2</v>
+        <v>374.52</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E36" s="2">
-        <v>2366.3</v>
+        <v>386.55</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E37" s="2">
-        <v>68.7</v>
+        <v>511.33</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E38" s="2">
-        <v>304.57</v>
+        <v>10539.77</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E39" s="2">
-        <v>367.18</v>
+        <v>3968.63</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E40" s="2">
-        <v>378.97</v>
+        <v>548.18</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="E41" s="2">
-        <v>501.3</v>
+        <v>10.38</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E42" s="2">
-        <v>10333.1</v>
+        <v>1.93</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E43" s="2">
-        <v>3890.81</v>
+        <v>0.53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E44" s="2">
-        <v>537.44</v>
+        <v>1.05</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="E45" s="2">
-        <v>10.22</v>
+        <v>0.64</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E46" s="2">
-        <v>1.89</v>
+        <v>0.78</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E47" s="2">
-        <v>0.52</v>
+        <v>0.78</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E48" s="2">
-        <v>1.03</v>
+        <v>4.13</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E49" s="2">
-        <v>0.63</v>
+        <v>137.26</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E50" s="2">
-        <v>0.76</v>
+        <v>4.08</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E51" s="2">
-        <v>0.76</v>
+        <v>34.48</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E52" s="2">
-        <v>4.05</v>
+        <v>24.02</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>52</v>
+        <v>102</v>
       </c>
       <c r="E53" s="2">
-        <v>134.55</v>
+        <v>206.12</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>4</v>
+        <v>345.33</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>33.8</v>
+        <v>1039.3</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E56" s="2">
-        <v>23.55</v>
+        <v>596.31</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="E57" s="2">
-        <v>398.16</v>
+        <v>5704.04</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" s="2">
-        <v>338.56</v>
+        <v>265.34</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" s="2">
-        <v>1018.92</v>
+        <v>125.41</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>10</v>
-[...78 lines deleted...]
-      <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -1807,36 +1691,32 @@
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
-    <hyperlink ref="F60" r:id="rId60"/>
-[...2 lines deleted...]
-    <hyperlink ref="F63" r:id="rId63"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>