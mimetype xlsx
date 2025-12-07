--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -5,94 +5,85 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="371" uniqueCount="371">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="324">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>41-00041.000</t>
   </si>
   <si>
     <t>DOUDNA JOHN A &amp; SHARON JANE SURV</t>
   </si>
   <si>
     <t>BARNESVILLE EVSD</t>
   </si>
   <si>
     <t>62432 HILLCREST RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>41-00086.000</t>
-[...7 lines deleted...]
-  <si>
     <t>41-00212.000</t>
   </si>
   <si>
     <t>COLLINS PATRICIA &amp; MEKAYLE D COLES</t>
   </si>
   <si>
     <t>CR 122</t>
   </si>
   <si>
     <t>41-00342.001</t>
   </si>
   <si>
     <t>BROCIUS SCOTT</t>
   </si>
   <si>
     <t>62284 FAIRVIEW RD</t>
   </si>
   <si>
     <t>41-00397.002</t>
   </si>
   <si>
     <t>MCVEY FLORENCE E</t>
   </si>
   <si>
     <t>DUSTY LANE</t>
@@ -130,771 +121,639 @@
   <si>
     <t>MYERS JAMES H &amp; PENNY K SURV</t>
   </si>
   <si>
     <t>PIGEON POINT RD</t>
   </si>
   <si>
     <t>41-00656.000</t>
   </si>
   <si>
     <t>41-00657.000</t>
   </si>
   <si>
     <t>WELLS GABRIEL D &amp; VICTORIA V</t>
   </si>
   <si>
     <t>41-00669.000</t>
   </si>
   <si>
     <t>CARPENTER JONI &amp; JASON SURV</t>
   </si>
   <si>
     <t>60575 GOBBLERS KNOB RD</t>
   </si>
   <si>
-    <t>41-00673.000</t>
+    <t>41-00879.000</t>
+  </si>
+  <si>
+    <t>BRADFIELD MARGARET E</t>
+  </si>
+  <si>
+    <t>NOT ON FILE</t>
+  </si>
+  <si>
+    <t>41-00880.000</t>
+  </si>
+  <si>
+    <t>BELMONT COUNTY COAL RESOURCES INC</t>
+  </si>
+  <si>
+    <t>41-00886.000</t>
+  </si>
+  <si>
+    <t>41-00888.000</t>
+  </si>
+  <si>
+    <t>4100904</t>
+  </si>
+  <si>
+    <t>STEPHEN VALLIS EUGENE</t>
+  </si>
+  <si>
+    <t>64360 BAHMER RD</t>
+  </si>
+  <si>
+    <t>41-00904.000</t>
+  </si>
+  <si>
+    <t>MILLER LAWRENCE</t>
+  </si>
+  <si>
+    <t>41-01023.000</t>
+  </si>
+  <si>
+    <t>41-01024.000</t>
+  </si>
+  <si>
+    <t>KOVACIK PAUL A TRUSTEE</t>
+  </si>
+  <si>
+    <t>41-01097.000</t>
+  </si>
+  <si>
+    <t>41-01468.001</t>
+  </si>
+  <si>
+    <t>WELCH TIMOTHY P &amp; PAMELA B SURV</t>
+  </si>
+  <si>
+    <t>MCMILLAN RD</t>
+  </si>
+  <si>
+    <t>41-01483.000</t>
+  </si>
+  <si>
+    <t>MCMILLIAN RD</t>
+  </si>
+  <si>
+    <t>41-01572.000</t>
+  </si>
+  <si>
+    <t>41-01573.000</t>
+  </si>
+  <si>
+    <t>41-01574.000</t>
+  </si>
+  <si>
+    <t>41-01575.000</t>
+  </si>
+  <si>
+    <t>41-01576.000</t>
+  </si>
+  <si>
+    <t>41-01577.000</t>
+  </si>
+  <si>
+    <t>41-01578.000</t>
+  </si>
+  <si>
+    <t>41-01579.000</t>
+  </si>
+  <si>
+    <t>41-01580.000</t>
+  </si>
+  <si>
+    <t>41-01584.000</t>
+  </si>
+  <si>
+    <t>41-01590.000</t>
+  </si>
+  <si>
+    <t>41-01591.000</t>
+  </si>
+  <si>
+    <t>41-01592.000</t>
+  </si>
+  <si>
+    <t>41-01593.000</t>
+  </si>
+  <si>
+    <t>41-01627.000</t>
+  </si>
+  <si>
+    <t>VALLEY MINING INC</t>
+  </si>
+  <si>
+    <t>41-01630.000</t>
+  </si>
+  <si>
+    <t>41-01635.000</t>
+  </si>
+  <si>
+    <t>41-01653.000</t>
+  </si>
+  <si>
+    <t>TAYLOR STEVEN J</t>
+  </si>
+  <si>
+    <t>MAIN ST</t>
+  </si>
+  <si>
+    <t>41-01793.000</t>
+  </si>
+  <si>
+    <t>NORTH OAK RESOURCES LLC</t>
+  </si>
+  <si>
+    <t>41-01794.000</t>
+  </si>
+  <si>
+    <t>41-01797.000</t>
+  </si>
+  <si>
+    <t>41-01826.000</t>
+  </si>
+  <si>
+    <t>HOFFMAN CHERYL L</t>
+  </si>
+  <si>
+    <t>41-01876.000</t>
+  </si>
+  <si>
+    <t>ROBINSON GREGG F TRUSTEE &amp; KRISTINE SOKOLL</t>
+  </si>
+  <si>
+    <t>41-01878.000</t>
+  </si>
+  <si>
+    <t>41-01994.000</t>
+  </si>
+  <si>
+    <t>LIPSITZ RUTHANN B</t>
+  </si>
+  <si>
+    <t>41-02069.000</t>
+  </si>
+  <si>
+    <t>JOHNSON BRIAN &amp; TOBIAS WEISEND &amp; SETH WEISEND</t>
+  </si>
+  <si>
+    <t>41-02318.000</t>
+  </si>
+  <si>
+    <t>MARKOVICH MICHAEL L &amp; ANGELA SURV</t>
+  </si>
+  <si>
+    <t>41-02370.000</t>
+  </si>
+  <si>
+    <t>FISHER LANCE D &amp; AMANDA K SURV ETAL</t>
+  </si>
+  <si>
+    <t>4103402</t>
+  </si>
+  <si>
+    <t>MORRIS HARRY</t>
+  </si>
+  <si>
+    <t>60780 MORRIS LANE</t>
+  </si>
+  <si>
+    <t>4103448</t>
+  </si>
+  <si>
+    <t>PORTER CAROLYN</t>
+  </si>
+  <si>
+    <t>59701 SOMERTON HWY</t>
+  </si>
+  <si>
+    <t>4104787</t>
+  </si>
+  <si>
+    <t>LEEK SHANE</t>
+  </si>
+  <si>
+    <t>59491 WRIGHT RD</t>
+  </si>
+  <si>
+    <t>4105268</t>
+  </si>
+  <si>
+    <t>CARPENTER CHARLEY</t>
+  </si>
+  <si>
+    <t>58973 BARNESVILLE WATERWORKS RD</t>
+  </si>
+  <si>
+    <t>4105280</t>
+  </si>
+  <si>
+    <t>SHOWALTER TIMOTHY J</t>
+  </si>
+  <si>
+    <t>59705 GOBBLERS KNOB RD</t>
+  </si>
+  <si>
+    <t>4105338</t>
+  </si>
+  <si>
+    <t>GALLAGHER ROBERT A &amp; WENDY L H OMOL-GALLAGHER</t>
+  </si>
+  <si>
+    <t>4105345</t>
+  </si>
+  <si>
+    <t>KEISER NADINE</t>
+  </si>
+  <si>
+    <t>36700 CHESTNUT RIDGE ROAD</t>
+  </si>
+  <si>
+    <t>4105666</t>
+  </si>
+  <si>
+    <t>BROWN TONI L</t>
+  </si>
+  <si>
+    <t>60410 HALL-BOSTON RD</t>
+  </si>
+  <si>
+    <t>4200187</t>
+  </si>
+  <si>
+    <t>ROCKWELL HANNAH M</t>
+  </si>
+  <si>
+    <t>851 WARREN AVE</t>
+  </si>
+  <si>
+    <t>42-00197.000</t>
+  </si>
+  <si>
+    <t>WILES FRANK</t>
+  </si>
+  <si>
+    <t>715 BOND AVE</t>
+  </si>
+  <si>
+    <t>42-00317.000</t>
+  </si>
+  <si>
+    <t>CAMPBELL OCTA L</t>
+  </si>
+  <si>
+    <t>HIGHLAND AVE</t>
+  </si>
+  <si>
+    <t>42-00318.000</t>
+  </si>
+  <si>
+    <t>42-00319.000</t>
+  </si>
+  <si>
+    <t>42-00320.000</t>
+  </si>
+  <si>
+    <t>42-00334.000</t>
+  </si>
+  <si>
+    <t>CARPENTER RICK &amp; CINDY</t>
+  </si>
+  <si>
+    <t>615 S CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>42-00340.000</t>
+  </si>
+  <si>
+    <t>BELMONT COUNTY LAND REUTILIZATION CORPORATION</t>
+  </si>
+  <si>
+    <t>353 CHURCH ST</t>
+  </si>
+  <si>
+    <t>4200348</t>
+  </si>
+  <si>
+    <t>CARPENTER WILLIAM</t>
+  </si>
+  <si>
+    <t>175 KENNARD AVE</t>
+  </si>
+  <si>
+    <t>42-00442.000</t>
+  </si>
+  <si>
+    <t>SAMPSON JAMIE L &amp; MICHEALE DIANN</t>
+  </si>
+  <si>
+    <t>CHURCH ST</t>
+  </si>
+  <si>
+    <t>42-00469.000</t>
+  </si>
+  <si>
+    <t>WHITE KATHERINE</t>
+  </si>
+  <si>
+    <t>331 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>42-00490.000</t>
+  </si>
+  <si>
+    <t>TERRETT RENTAL PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>201 CHERRY ST</t>
+  </si>
+  <si>
+    <t>42-00491.000</t>
+  </si>
+  <si>
+    <t>42-00553.000</t>
+  </si>
+  <si>
+    <t>DEAL BONNIE J</t>
+  </si>
+  <si>
+    <t>320 W WALNUT ST</t>
+  </si>
+  <si>
+    <t>42-00558.000</t>
+  </si>
+  <si>
+    <t>DECKER DAVID A</t>
+  </si>
+  <si>
+    <t>HILLES ST</t>
+  </si>
+  <si>
+    <t>42-00706.001</t>
+  </si>
+  <si>
+    <t>216 N BROADWAY ST</t>
+  </si>
+  <si>
+    <t>4200809</t>
+  </si>
+  <si>
+    <t>VANFOSSEN CHERYL</t>
+  </si>
+  <si>
+    <t>528 WILEY AVE</t>
+  </si>
+  <si>
+    <t>42-00820.000</t>
+  </si>
+  <si>
+    <t>BUTLER JEREMY L</t>
+  </si>
+  <si>
+    <t>346 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>42-00827.000</t>
+  </si>
+  <si>
+    <t>SCHNEGG TIFFANY</t>
+  </si>
+  <si>
+    <t>226 MORGANTOWN AVE</t>
+  </si>
+  <si>
+    <t>42-00840.000</t>
+  </si>
+  <si>
+    <t>DIMITRO VICKI SUE</t>
+  </si>
+  <si>
+    <t>231 HUNTS AVE</t>
+  </si>
+  <si>
+    <t>42-00861.000</t>
+  </si>
+  <si>
+    <t>GIESEY BILLIE JEAN &amp; WILLIAM DARRELL GROVES</t>
+  </si>
+  <si>
+    <t>249 S BROADWAY ST</t>
+  </si>
+  <si>
+    <t>42-00877.000</t>
+  </si>
+  <si>
+    <t>MILHOAN RICHARD W</t>
+  </si>
+  <si>
+    <t>CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>42-00878.000</t>
+  </si>
+  <si>
+    <t>SYCAMORE ST</t>
+  </si>
+  <si>
+    <t>42-00936.000</t>
+  </si>
+  <si>
+    <t>ARCHER KIMBERLY D</t>
+  </si>
+  <si>
+    <t>310 W SOUTH ST</t>
+  </si>
+  <si>
+    <t>42-00964.000</t>
+  </si>
+  <si>
+    <t>KIRK JACOB</t>
+  </si>
+  <si>
+    <t>338 S BROADWAY ST</t>
+  </si>
+  <si>
+    <t>42-00971.000</t>
+  </si>
+  <si>
+    <t>BOLES JAMES M</t>
+  </si>
+  <si>
+    <t>228 HUNTS AVE</t>
+  </si>
+  <si>
+    <t>42-00984.000</t>
+  </si>
+  <si>
+    <t>HARRIS ALAN JR</t>
+  </si>
+  <si>
+    <t>333 S CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>42-00991.001</t>
+  </si>
+  <si>
+    <t>DOSSON ROY E &amp; EILEEN SURV</t>
+  </si>
+  <si>
+    <t>KENNARD AVE</t>
+  </si>
+  <si>
+    <t>42-01044.000</t>
+  </si>
+  <si>
+    <t>MCCORT ARLENE</t>
+  </si>
+  <si>
+    <t>220 HENDERSON ST</t>
+  </si>
+  <si>
+    <t>4201144</t>
+  </si>
+  <si>
+    <t>KING CARLA MARIE</t>
+  </si>
+  <si>
+    <t>109 1/2 FOWLER SQ</t>
+  </si>
+  <si>
+    <t>42-01319.000</t>
+  </si>
+  <si>
+    <t>NZIVO GEORGE KASOA &amp; KATIE M KASOA SURV</t>
+  </si>
+  <si>
+    <t>OHIO ST</t>
+  </si>
+  <si>
+    <t>42-01670.000</t>
   </si>
   <si>
     <t>STEPHENS MARY ANNE</t>
   </si>
   <si>
-    <t>SR 800</t>
-[...553 lines deleted...]
-  <si>
     <t>179 WARREN AVE</t>
   </si>
   <si>
-    <t>42-01671.000</t>
-[...10 lines deleted...]
-  <si>
     <t>4201691</t>
   </si>
   <si>
     <t>POWELL FRED J</t>
   </si>
   <si>
     <t>307 MULBERRY ST</t>
   </si>
   <si>
     <t>42-01830.000</t>
   </si>
   <si>
     <t>FERRELLI JOHN N</t>
   </si>
   <si>
     <t>219 HUNTS AVE</t>
   </si>
   <si>
     <t>42-01884.000</t>
   </si>
   <si>
     <t>SAFFELL ROBERT G &amp; GENEVIEVE D</t>
   </si>
   <si>
     <t>428 E CHURCH ST</t>
   </si>
   <si>
-    <t>42-01916.004</t>
-[...7 lines deleted...]
-  <si>
     <t>42-01943.000</t>
   </si>
   <si>
     <t>LOY AARON JR</t>
   </si>
   <si>
     <t>217 HUNTS AVE</t>
   </si>
   <si>
     <t>42-01947.000</t>
   </si>
   <si>
     <t>515 W MAIN ST</t>
   </si>
   <si>
     <t>4202035</t>
   </si>
   <si>
     <t>SWALLIE DAVID L</t>
   </si>
   <si>
     <t>148 KENNARD AVE</t>
   </si>
   <si>
     <t>42-02088.000</t>
   </si>
   <si>
     <t>HAGAN AMANDA M &amp; GARY L SURV</t>
   </si>
   <si>
     <t>217 COLE ST</t>
   </si>
   <si>
-    <t>42-02101.000</t>
-[...22 lines deleted...]
-  <si>
     <t>4202209</t>
   </si>
   <si>
     <t>WADE BRUCE E &amp; JACQUELINE E</t>
   </si>
   <si>
     <t>34570 LEATHERWOOD RD</t>
   </si>
   <si>
-    <t>42-02270.001</t>
-[...13 lines deleted...]
-  <si>
     <t>42-02326.000</t>
   </si>
   <si>
     <t>LEEK RUSSELL E</t>
   </si>
   <si>
     <t>202 WALTON AVE</t>
   </si>
   <si>
     <t>42-02441.000</t>
   </si>
   <si>
     <t>MANFRIN DOUG A</t>
   </si>
   <si>
     <t>330 S BROADWAY ST</t>
-  </si>
-[...10 lines deleted...]
-    <t>42-02503.000</t>
   </si>
   <si>
     <t>4202593</t>
   </si>
   <si>
     <t>FITCH DAVID R II &amp; AMANDA</t>
   </si>
   <si>
     <t>219 HENDERSON ST LOT 3</t>
   </si>
   <si>
     <t>42-02645.000</t>
   </si>
   <si>
     <t>POWELL FRED &amp; TAMMY SURV</t>
   </si>
   <si>
     <t>42-02706.001</t>
   </si>
   <si>
     <t>528 WILEY ST</t>
   </si>
   <si>
     <t>42-02813.000</t>
   </si>
@@ -1171,3600 +1030,3220 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F176" headerRowCount="1">
-  <autoFilter ref="A1:F176"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F157" headerRowCount="1">
+  <autoFilter ref="A1:F157"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7814&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20566&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19366&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70655&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72881&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63913&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10978&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80951&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7814&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20566&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70655&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72881&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63913&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10978&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80951&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F176"/>
+  <dimension ref="A1:F157"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="51.08456039428711" customWidth="1"/>
     <col min="3" max="3" width="18.167438507080078" customWidth="1"/>
     <col min="4" max="4" width="35.59331130981445" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1074.21</v>
+        <v>1095.69</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>183.96</v>
+        <v>110.28</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>108.12</v>
+        <v>2309.8</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>2264.51</v>
+        <v>42.42</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>41.59</v>
+        <v>843.74</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>827.2</v>
+        <v>79.85</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>78.28</v>
+        <v>295.83</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>290.03</v>
+        <v>91.36</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E10" s="2">
-        <v>89.57</v>
+        <v>147.23</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E11" s="2">
-        <v>144.34</v>
+        <v>437.6</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" s="2">
-        <v>429.02</v>
+        <v>606.95</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>1095.05</v>
+        <v>173.87</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E14" s="2">
-        <v>255.86</v>
+        <v>401.82</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E15" s="2">
-        <v>90.1</v>
+        <v>280.34</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="E16" s="2">
-        <v>7205.96</v>
+        <v>438.17</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E17" s="2">
-        <v>170.46</v>
+        <v>216.35</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E18" s="2">
-        <v>393.94</v>
+        <v>10086.8</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E19" s="2">
-        <v>274.83</v>
+        <v>347.34</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E20" s="2">
-        <v>429.58</v>
+        <v>61.68</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="E21" s="2">
-        <v>212.11</v>
+        <v>76.39</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E22" s="2">
-        <v>9889.01</v>
+        <v>32.13</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E23" s="2">
-        <v>340.54</v>
+        <v>371.99</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E24" s="2">
-        <v>60.47</v>
+        <v>286.33</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E25" s="2">
-        <v>74.89</v>
+        <v>3709.83</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="E26" s="2">
-        <v>31.5</v>
+        <v>2425.47</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="E27" s="2">
-        <v>364.7</v>
+        <v>3484.78</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E28" s="2">
-        <v>280.71</v>
+        <v>2453.06</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E29" s="2">
-        <v>3637.09</v>
+        <v>3521.14</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E30" s="2">
-        <v>2377.92</v>
+        <v>4260.53</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E31" s="2">
-        <v>3416.44</v>
+        <v>758.07</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E32" s="2">
-        <v>2404.95</v>
+        <v>2413.62</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E33" s="2">
-        <v>3452.1</v>
+        <v>70.07</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E34" s="2">
-        <v>4176.99</v>
+        <v>310.66</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E35" s="2">
-        <v>743.2</v>
+        <v>374.52</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E36" s="2">
-        <v>2366.3</v>
+        <v>386.55</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E37" s="2">
-        <v>68.7</v>
+        <v>511.33</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E38" s="2">
-        <v>304.57</v>
+        <v>10539.77</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E39" s="2">
-        <v>367.18</v>
+        <v>3968.63</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E40" s="2">
-        <v>378.97</v>
+        <v>548.18</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="E41" s="2">
-        <v>501.3</v>
+        <v>10.38</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E42" s="2">
-        <v>10333.1</v>
+        <v>1.93</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E43" s="2">
-        <v>3890.81</v>
+        <v>0.53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E44" s="2">
-        <v>537.44</v>
+        <v>1.05</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="E45" s="2">
-        <v>10.22</v>
+        <v>0.64</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E46" s="2">
-        <v>1.89</v>
+        <v>0.78</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E47" s="2">
-        <v>0.52</v>
+        <v>0.78</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E48" s="2">
-        <v>1.03</v>
+        <v>4.13</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E49" s="2">
-        <v>0.63</v>
+        <v>137.26</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E50" s="2">
-        <v>0.76</v>
+        <v>4.08</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E51" s="2">
-        <v>0.76</v>
+        <v>34.48</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E52" s="2">
-        <v>4.05</v>
+        <v>24.02</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>52</v>
+        <v>102</v>
       </c>
       <c r="E53" s="2">
-        <v>134.55</v>
+        <v>206.12</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>4</v>
+        <v>345.33</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>33.8</v>
+        <v>1039.3</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E56" s="2">
-        <v>23.55</v>
+        <v>596.31</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="E57" s="2">
-        <v>398.16</v>
+        <v>5704.04</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" s="2">
-        <v>338.56</v>
+        <v>265.34</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" s="2">
-        <v>1018.92</v>
+        <v>125.41</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="2">
-        <v>584.6</v>
+        <v>47.47</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C61" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" s="2">
-        <v>5592.2</v>
+        <v>1487.09</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E62" s="2">
-        <v>260.14</v>
+        <v>470.5</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E63" s="2">
-        <v>122.96</v>
+        <v>470.5</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="E64" s="2">
-        <v>46.55</v>
+        <v>470.5</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="E65" s="2">
-        <v>1457.93</v>
+        <v>470.21</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="E66" s="2">
-        <v>461.28</v>
+        <v>970.7</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="E67" s="2">
-        <v>461.28</v>
+        <v>7026.84</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E68" s="2">
-        <v>461.28</v>
+        <v>113.63</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E69" s="2">
-        <v>460.99</v>
+        <v>1302.63</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E70" s="2">
-        <v>951.67</v>
+        <v>1025.82</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E71" s="2">
-        <v>6889.05</v>
+        <v>523.97</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E72" s="2">
-        <v>111.39</v>
+        <v>34.62</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" s="2">
-        <v>1277.09</v>
+        <v>7460.82</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B74" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E74" s="2">
-        <v>1005.71</v>
+        <v>767.58</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E75" s="2">
-        <v>513.7</v>
+        <v>368.16</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E76" s="2">
-        <v>33.94</v>
+        <v>263.9</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="2">
-        <v>7314.54</v>
+        <v>158.12</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="C78" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E78" s="2">
-        <v>752.52</v>
+        <v>672.22</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C79" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E79" s="2">
-        <v>450.37</v>
+        <v>211.56</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E80" s="2">
-        <v>360.94</v>
+        <v>194.85</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E81" s="2">
-        <v>1341.27</v>
+        <v>104.27</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B82" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C82" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E82" s="2">
-        <v>258.72</v>
+        <v>164.62</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B83" s="0" t="s">
+      <c r="C83" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C83" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E83" s="2">
-        <v>155.02</v>
+        <v>1717.47</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="2">
-        <v>659.04</v>
+        <v>143.11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="C85" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>207.41</v>
+        <v>17467.98</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="C86" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>1210.94</v>
+        <v>2808.62</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="2">
-        <v>191.03</v>
+        <v>35.16</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>102.22</v>
+        <v>202.1</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>199</v>
       </c>
       <c r="E89" s="2">
-        <v>161.39</v>
+        <v>52.99</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E90" s="2">
-        <v>1683.8</v>
+        <v>96.83</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>205</v>
       </c>
       <c r="E91" s="2">
-        <v>140.3</v>
+        <v>548.38</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>208</v>
       </c>
       <c r="E92" s="2">
-        <v>17125.48</v>
+        <v>705.36</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>211</v>
       </c>
       <c r="E93" s="2">
-        <v>2753.55</v>
+        <v>4304.92</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E94" s="2">
-        <v>34.46</v>
+        <v>1396.22</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>217</v>
       </c>
       <c r="E95" s="2">
-        <v>298.14</v>
+        <v>8.77</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B96" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>51.95</v>
+        <v>741.91</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="B97" s="0" t="s">
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" s="2">
-        <v>94.93</v>
+        <v>260.49</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B98" s="0" t="s">
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="C98" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" s="2">
-        <v>1485.67</v>
+        <v>1145.3</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>228</v>
       </c>
       <c r="E99" s="2">
-        <v>537.62</v>
+        <v>2209.83</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>42</v>
+        <v>230</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="E100" s="2">
-        <v>7945.99</v>
+        <v>1239.01</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E101" s="2">
-        <v>0.8</v>
+        <v>810.65</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E102" s="2">
-        <v>691.54</v>
+        <v>119.34</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="E103" s="2">
-        <v>4220.51</v>
+        <v>26.98</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>241</v>
       </c>
       <c r="E104" s="2">
-        <v>1368.84</v>
+        <v>181.48</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="E105" s="2">
-        <v>4767.88</v>
+        <v>135.01</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="B106" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="B106" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>247</v>
+        <v>40</v>
       </c>
       <c r="E106" s="2">
-        <v>8.6</v>
+        <v>0.78</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>160</v>
+        <v>245</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>249</v>
+        <v>40</v>
       </c>
       <c r="E107" s="2">
-        <v>727.36</v>
+        <v>0.78</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>252</v>
+        <v>40</v>
       </c>
       <c r="E108" s="2">
-        <v>255.38</v>
+        <v>0.78</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>255</v>
+        <v>40</v>
       </c>
       <c r="E109" s="2">
-        <v>1122.84</v>
+        <v>0.78</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E110" s="2">
-        <v>37.68</v>
+        <v>333.06</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>258</v>
+        <v>40</v>
       </c>
       <c r="E111" s="2">
-        <v>3212</v>
+        <v>0.78</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>258</v>
+        <v>40</v>
       </c>
       <c r="E112" s="2">
-        <v>5688.06</v>
+        <v>0.06</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>263</v>
+        <v>40</v>
       </c>
       <c r="E113" s="2">
-        <v>64.64</v>
+        <v>0.78</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>266</v>
+        <v>40</v>
       </c>
       <c r="E114" s="2">
-        <v>2166.5</v>
+        <v>0.78</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>269</v>
+        <v>40</v>
       </c>
       <c r="E115" s="2">
-        <v>190</v>
+        <v>0.78</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>271</v>
+        <v>40</v>
       </c>
       <c r="E116" s="2">
-        <v>985.14</v>
+        <v>0.78</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>274</v>
+        <v>40</v>
       </c>
       <c r="E117" s="2">
-        <v>1214.72</v>
+        <v>0.78</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>276</v>
+        <v>259</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>277</v>
+        <v>40</v>
       </c>
       <c r="E118" s="2">
-        <v>794.76</v>
+        <v>0.78</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>278</v>
+        <v>265</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>280</v>
+        <v>40</v>
       </c>
       <c r="E119" s="2">
-        <v>1237.7</v>
+        <v>0.78</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>281</v>
+        <v>266</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>280</v>
+        <v>40</v>
       </c>
       <c r="E120" s="2">
-        <v>1168.36</v>
+        <v>0.78</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>282</v>
+        <v>267</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>284</v>
+        <v>40</v>
       </c>
       <c r="E121" s="2">
-        <v>117</v>
+        <v>0.78</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>285</v>
+        <v>268</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>286</v>
+        <v>259</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>235</v>
+        <v>40</v>
       </c>
       <c r="E122" s="2">
-        <v>26.45</v>
+        <v>0.78</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>287</v>
+        <v>269</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>178</v>
+        <v>259</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>288</v>
+        <v>40</v>
       </c>
       <c r="E123" s="2">
-        <v>177.92</v>
+        <v>0.78</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>289</v>
+        <v>270</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>290</v>
+        <v>259</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>252</v>
+        <v>40</v>
       </c>
       <c r="E124" s="2">
-        <v>132.37</v>
+        <v>0.78</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>292</v>
+        <v>259</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E125" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>292</v>
+        <v>259</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E126" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>295</v>
+        <v>259</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E127" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>296</v>
+        <v>274</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>297</v>
+        <v>259</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E128" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>298</v>
+        <v>275</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>299</v>
+        <v>259</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="E129" s="2">
-        <v>326.52</v>
+        <v>0.78</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>302</v>
+        <v>259</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E130" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>303</v>
+        <v>277</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>304</v>
+        <v>278</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>52</v>
+        <v>208</v>
       </c>
       <c r="E131" s="2">
-        <v>0.06</v>
+        <v>269.16</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>305</v>
+        <v>279</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>306</v>
+        <v>259</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E132" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>307</v>
+        <v>280</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>306</v>
+        <v>259</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E133" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>308</v>
+        <v>281</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>306</v>
+        <v>259</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E134" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>309</v>
+        <v>282</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>306</v>
+        <v>283</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E135" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>310</v>
+        <v>284</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>306</v>
+        <v>283</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E136" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>311</v>
+        <v>285</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>306</v>
+        <v>283</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E137" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>312</v>
+        <v>286</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>306</v>
+        <v>283</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E138" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>313</v>
+        <v>287</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>52</v>
+        <v>289</v>
       </c>
       <c r="E139" s="2">
-        <v>0.76</v>
+        <v>169.87</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>314</v>
+        <v>290</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E140" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>315</v>
+        <v>292</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E141" s="2">
-        <v>0.76</v>
+        <v>5.2</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>316</v>
+        <v>294</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E142" s="2">
-        <v>0.76</v>
+        <v>24.12</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>317</v>
+        <v>296</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E143" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>318</v>
+        <v>297</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E144" s="2">
-        <v>0.76</v>
+        <v>10.48</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>319</v>
+        <v>299</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E145" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>320</v>
+        <v>301</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E146" s="2">
-        <v>0.76</v>
+        <v>4.03</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>321</v>
+        <v>302</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E147" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>322</v>
+        <v>304</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E148" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>323</v>
+        <v>305</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E149" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>324</v>
+        <v>306</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>325</v>
+        <v>303</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>235</v>
+        <v>40</v>
       </c>
       <c r="E150" s="2">
-        <v>263.88</v>
+        <v>0.78</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>326</v>
+        <v>307</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>306</v>
+        <v>278</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="E151" s="2">
-        <v>0.76</v>
+        <v>246.22</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>327</v>
+        <v>308</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>52</v>
+        <v>310</v>
       </c>
       <c r="E152" s="2">
-        <v>0.76</v>
+        <v>197.21</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>52</v>
+        <v>313</v>
       </c>
       <c r="E153" s="2">
-        <v>0.76</v>
+        <v>2.73</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>52</v>
+        <v>310</v>
       </c>
       <c r="E154" s="2">
-        <v>0.76</v>
+        <v>316.89</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>52</v>
+        <v>143</v>
       </c>
       <c r="E155" s="2">
-        <v>0.76</v>
+        <v>2.73</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>332</v>
+        <v>318</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>52</v>
+        <v>320</v>
       </c>
       <c r="E156" s="2">
-        <v>0.76</v>
+        <v>3.16</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>52</v>
+        <v>323</v>
       </c>
       <c r="E157" s="2">
-        <v>0.76</v>
+        <v>56.18</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>10</v>
-[...378 lines deleted...]
-      <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -4882,51 +4361,32 @@
     <hyperlink ref="F133" r:id="rId133"/>
     <hyperlink ref="F134" r:id="rId134"/>
     <hyperlink ref="F135" r:id="rId135"/>
     <hyperlink ref="F136" r:id="rId136"/>
     <hyperlink ref="F137" r:id="rId137"/>
     <hyperlink ref="F138" r:id="rId138"/>
     <hyperlink ref="F139" r:id="rId139"/>
     <hyperlink ref="F140" r:id="rId140"/>
     <hyperlink ref="F141" r:id="rId141"/>
     <hyperlink ref="F142" r:id="rId142"/>
     <hyperlink ref="F143" r:id="rId143"/>
     <hyperlink ref="F144" r:id="rId144"/>
     <hyperlink ref="F145" r:id="rId145"/>
     <hyperlink ref="F146" r:id="rId146"/>
     <hyperlink ref="F147" r:id="rId147"/>
     <hyperlink ref="F148" r:id="rId148"/>
     <hyperlink ref="F149" r:id="rId149"/>
     <hyperlink ref="F150" r:id="rId150"/>
     <hyperlink ref="F151" r:id="rId151"/>
     <hyperlink ref="F152" r:id="rId152"/>
     <hyperlink ref="F153" r:id="rId153"/>
     <hyperlink ref="F154" r:id="rId154"/>
     <hyperlink ref="F155" r:id="rId155"/>
     <hyperlink ref="F156" r:id="rId156"/>
     <hyperlink ref="F157" r:id="rId157"/>
-    <hyperlink ref="F158" r:id="rId158"/>
-[...17 lines deleted...]
-    <hyperlink ref="F176" r:id="rId176"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>