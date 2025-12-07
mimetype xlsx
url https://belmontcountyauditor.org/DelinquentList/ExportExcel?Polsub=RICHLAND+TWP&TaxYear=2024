--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -5,286 +5,232 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="632" uniqueCount="632">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="594" uniqueCount="594">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>30-00025.000</t>
   </si>
   <si>
     <t>DRUZIN COLE</t>
   </si>
   <si>
     <t>BELLAIRE LSD</t>
   </si>
   <si>
     <t>64457 SAND HILL RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>30-00101.000</t>
   </si>
   <si>
     <t>CLARK KEVIN A &amp; LYNN R SURV</t>
   </si>
   <si>
     <t>PATCH ST</t>
   </si>
   <si>
     <t>30-00103.000</t>
   </si>
   <si>
     <t>CLARK KEVIN A &amp; LYNN K SURV</t>
   </si>
   <si>
-    <t>30-00104.001</t>
-[...7 lines deleted...]
-  <si>
     <t>30-00122.000</t>
   </si>
   <si>
     <t>FULLER CHARLES R JR</t>
   </si>
   <si>
     <t>51511 MCGILTON RD</t>
   </si>
   <si>
-    <t>30-00152.000</t>
-[...7 lines deleted...]
-  <si>
     <t>30-00161.000</t>
   </si>
   <si>
     <t>KLEE RUTH</t>
   </si>
   <si>
     <t>52796 STEWARTSVILLE-NEFFS</t>
   </si>
   <si>
     <t>30-00189.000</t>
   </si>
   <si>
     <t>MYERS DONNA M &amp; JOHN SURV</t>
   </si>
   <si>
     <t>65771 WILLOW GROVE RD</t>
   </si>
   <si>
     <t>30-00229.000</t>
   </si>
   <si>
     <t>PROGER ALEX Z &amp; MARY E</t>
   </si>
   <si>
     <t>63850 PROGER DR</t>
   </si>
   <si>
-    <t>30-00237.000</t>
-[...7 lines deleted...]
-  <si>
     <t>30-00242.000</t>
   </si>
   <si>
     <t>BLON SALLY D</t>
   </si>
   <si>
     <t>64050 BLON DR</t>
   </si>
   <si>
     <t>30-00243.000</t>
   </si>
   <si>
     <t>R SR #149</t>
   </si>
   <si>
-    <t>30-00321.000</t>
-[...7 lines deleted...]
-  <si>
     <t>30-00470.000</t>
   </si>
   <si>
     <t>COOGAN ALEX</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
   <si>
     <t>30-00594.000</t>
   </si>
   <si>
     <t>CLARK YANCEY J &amp; LISA A</t>
   </si>
   <si>
     <t>30-00596.000</t>
   </si>
   <si>
     <t>3001791</t>
   </si>
   <si>
     <t>CHURCH DAVID E &amp; ALLEN LAURA</t>
   </si>
   <si>
     <t>63636 BOYD RIDGE RD</t>
   </si>
   <si>
     <t>3001848</t>
   </si>
   <si>
     <t>LEONARD JOHN I &amp; MOLLY</t>
   </si>
   <si>
     <t>51903 KEY BELLAIRE RD</t>
   </si>
   <si>
     <t>3004453</t>
   </si>
   <si>
     <t>USENICK MISTY</t>
   </si>
   <si>
     <t>62083 CUMBERLAND RUN RD</t>
   </si>
   <si>
-    <t>3005670</t>
-[...7 lines deleted...]
-  <si>
     <t>3006521</t>
   </si>
   <si>
     <t>3006629</t>
   </si>
   <si>
     <t>ANTHONY FRY</t>
   </si>
   <si>
     <t>62635 CUMBERLAND RUN RD</t>
   </si>
   <si>
     <t>3006699</t>
   </si>
   <si>
     <t>MARLING RAYMOND</t>
   </si>
   <si>
     <t>51113 GLENCOE-STEWART RD</t>
   </si>
   <si>
     <t>30-90055.000</t>
   </si>
   <si>
     <t>ROVER PIPELINE LLC</t>
   </si>
   <si>
-    <t>0707285</t>
-[...2 lines deleted...]
-    <t>BLON ROBERT J</t>
+    <t>32-00015.000</t>
+  </si>
+  <si>
+    <t>GODWIN WILLIAM H</t>
   </si>
   <si>
     <t>ST. CLAIRSVILLE-RICHLAND CSD</t>
   </si>
   <si>
-    <t>50759 ST RT 149</t>
-[...7 lines deleted...]
-  <si>
     <t>CH 3</t>
   </si>
   <si>
     <t>32-00098.000</t>
   </si>
   <si>
     <t>MCGARRY WILLIAM JR</t>
   </si>
   <si>
     <t>69690 MAIN ST BANNOCK</t>
   </si>
   <si>
     <t>3200168</t>
   </si>
   <si>
     <t>BURKHART CARL C</t>
   </si>
   <si>
     <t>70521 MAYNARD RD LOT 21</t>
   </si>
   <si>
     <t>32-00186.000</t>
   </si>
   <si>
     <t>FUNKHOUSER SHERRIE LYNN &amp; TIMOTHY COE SURV</t>
@@ -325,59 +271,50 @@
   <si>
     <t>CLARK RODNEY J</t>
   </si>
   <si>
     <t>47438 NATIONAL RD</t>
   </si>
   <si>
     <t>32-00402.000</t>
   </si>
   <si>
     <t>MYERS CHARLES F JR</t>
   </si>
   <si>
     <t>63450 MAIN ST GLENCOE</t>
   </si>
   <si>
     <t>32-00465.000</t>
   </si>
   <si>
     <t>TUCKER SHARI ANN</t>
   </si>
   <si>
     <t>50096 FOURTH ST</t>
   </si>
   <si>
-    <t>32-00497.000</t>
-[...7 lines deleted...]
-  <si>
     <t>32-00503.004</t>
   </si>
   <si>
     <t>DAVID OWEN GERALD &amp; BRITTANY DEANN SURV</t>
   </si>
   <si>
     <t>MAGEE RD</t>
   </si>
   <si>
     <t>32-00520.000</t>
   </si>
   <si>
     <t>MEAGER PAUL</t>
   </si>
   <si>
     <t>REGOLI RD</t>
   </si>
   <si>
     <t>32-00609.000</t>
   </si>
   <si>
     <t>JEFFERS PAMELA LOCKE &amp; MICHAELF SURV</t>
   </si>
   <si>
     <t>69426 BARTON RD</t>
@@ -439,56 +376,50 @@
   <si>
     <t>HOMEAMERICAN CREDIT INC</t>
   </si>
   <si>
     <t>50972 GLENCOE RD</t>
   </si>
   <si>
     <t>32-00923.000</t>
   </si>
   <si>
     <t>BURDINE BRANDY S</t>
   </si>
   <si>
     <t>55125 4TH ST</t>
   </si>
   <si>
     <t>32-00969.000</t>
   </si>
   <si>
     <t>SENAKIEVICH ROGER L SR &amp; MARLENE J SURV</t>
   </si>
   <si>
     <t>ALLEY STREET</t>
   </si>
   <si>
-    <t>32-00970.000</t>
-[...4 lines deleted...]
-  <si>
     <t>32-01096.000</t>
   </si>
   <si>
     <t>USENICK LAWRENCE</t>
   </si>
   <si>
     <t>32-01097.000</t>
   </si>
   <si>
     <t>USENICK LAWRENCCE</t>
   </si>
   <si>
     <t>GLENCOE STEWARTSVILLE RD</t>
   </si>
   <si>
     <t>32-01098.000</t>
   </si>
   <si>
     <t>50675 REGOLI RD</t>
   </si>
   <si>
     <t>3201150</t>
   </si>
   <si>
     <t>DUFFEY GEORGE G</t>
@@ -571,59 +502,50 @@
   <si>
     <t>LALLONE ANNE TRACEY</t>
   </si>
   <si>
     <t>51986 BLUE SPRUCE DR</t>
   </si>
   <si>
     <t>32-01407.001</t>
   </si>
   <si>
     <t>THE EXPERIENCE MINISTRY INC</t>
   </si>
   <si>
     <t>47998 WATSON RD</t>
   </si>
   <si>
     <t>32-01421.000</t>
   </si>
   <si>
     <t>ROCK HILL BUILDERS AND CONSTRUCTION LTD</t>
   </si>
   <si>
     <t>0 WREN DR</t>
   </si>
   <si>
-    <t>32-01454.002</t>
-[...7 lines deleted...]
-  <si>
     <t>3201489</t>
   </si>
   <si>
     <t>47442 NATIONAL RD</t>
   </si>
   <si>
     <t>32-01492.003</t>
   </si>
   <si>
     <t>HELMS DENNIS P &amp; JOYCE A SURV</t>
   </si>
   <si>
     <t>LLOYDSVILLE BANNOCK RD</t>
   </si>
   <si>
     <t>32-01492.004</t>
   </si>
   <si>
     <t>32-01492.008</t>
   </si>
   <si>
     <t>HELMS DENNIS &amp; JOYCE SURV</t>
   </si>
   <si>
     <t>32-01492.009</t>
@@ -646,59 +568,50 @@
   <si>
     <t>PASSMORE WILBUR</t>
   </si>
   <si>
     <t>T 257</t>
   </si>
   <si>
     <t>32-01767.016</t>
   </si>
   <si>
     <t>PERZANOWSKI BENEDICT J &amp; KATHRYN J SURV</t>
   </si>
   <si>
     <t>MORIAH DR</t>
   </si>
   <si>
     <t>32-01773.056</t>
   </si>
   <si>
     <t>FLOR LAWRENCE ANTHONY II &amp; ALYSON J SCHEIDLER SURV</t>
   </si>
   <si>
     <t>HIDDEN SPRINGS DR</t>
   </si>
   <si>
-    <t>32-01825.001</t>
-[...7 lines deleted...]
-  <si>
     <t>32-01847.000</t>
   </si>
   <si>
     <t>32-01942.000</t>
   </si>
   <si>
     <t>DUDEK PAMELA ETAL</t>
   </si>
   <si>
     <t>32-01943.000</t>
   </si>
   <si>
     <t>32-01944.000</t>
   </si>
   <si>
     <t>32-01945.000</t>
   </si>
   <si>
     <t>32-01946.000</t>
   </si>
   <si>
     <t>3201963</t>
   </si>
   <si>
     <t>GIANNANGELI KATHY C &amp; BURDENE CARA</t>
@@ -742,158 +655,146 @@
   <si>
     <t>32-02058.000</t>
   </si>
   <si>
     <t>32-02070.000</t>
   </si>
   <si>
     <t>32-02223.001</t>
   </si>
   <si>
     <t>BALCAR MARK</t>
   </si>
   <si>
     <t>NATIONAL RD</t>
   </si>
   <si>
     <t>32-02228.000</t>
   </si>
   <si>
     <t>OMNI ENERGY GROUP LLC</t>
   </si>
   <si>
     <t>67860 PICKERING RD</t>
   </si>
   <si>
-    <t>32-02435.000</t>
-[...5 lines deleted...]
-    <t>32-02436.000</t>
+    <t>32-02446.000</t>
+  </si>
+  <si>
+    <t>BELL SUSAN J</t>
+  </si>
+  <si>
+    <t>63534 MAIN ST GLENCOE</t>
+  </si>
+  <si>
+    <t>32-02450.000</t>
+  </si>
+  <si>
+    <t>HORNYAK NETA</t>
+  </si>
+  <si>
+    <t>63469 MAIN ST GLENCOE</t>
+  </si>
+  <si>
+    <t>32-02451.000</t>
+  </si>
+  <si>
+    <t>MAIN ST</t>
+  </si>
+  <si>
+    <t>32-02481.000</t>
+  </si>
+  <si>
+    <t>TANNER DENNIS L</t>
+  </si>
+  <si>
+    <t>32-02482.000</t>
+  </si>
+  <si>
+    <t>32-02483.000</t>
+  </si>
+  <si>
+    <t>32-02499.000</t>
+  </si>
+  <si>
+    <t>GORDON BILLIE JO</t>
+  </si>
+  <si>
+    <t>32-02500.000</t>
+  </si>
+  <si>
+    <t>32-02501.000</t>
+  </si>
+  <si>
+    <t>63517 MAIN ST GLENCOE</t>
+  </si>
+  <si>
+    <t>32-02502.000</t>
+  </si>
+  <si>
+    <t>32-02512.000</t>
+  </si>
+  <si>
+    <t>63537 MAIN ST GLENCOE</t>
+  </si>
+  <si>
+    <t>32-02513.000</t>
+  </si>
+  <si>
+    <t>32-02524.000</t>
+  </si>
+  <si>
+    <t>TANNER DENNIS L &amp; TAMMY S GRAY SURV</t>
+  </si>
+  <si>
+    <t>MAIN STREET</t>
+  </si>
+  <si>
+    <t>32-02525.000</t>
+  </si>
+  <si>
+    <t>63460 MAIN ST GLENCOE</t>
+  </si>
+  <si>
+    <t>32-02526.000</t>
+  </si>
+  <si>
+    <t>32-02528.000</t>
+  </si>
+  <si>
+    <t>63475 MAIN ST GLENCOE</t>
+  </si>
+  <si>
+    <t>32-02530.000</t>
+  </si>
+  <si>
+    <t>GODWIN WILLIAM H &amp; TERESA A SURV</t>
   </si>
   <si>
     <t>BELLAIRE PIKE RD</t>
   </si>
   <si>
-    <t>32-02437.000</t>
-[...94 lines deleted...]
-  <si>
     <t>32-02531.000</t>
   </si>
   <si>
     <t>32-02532.000</t>
   </si>
   <si>
     <t>32-02533.000</t>
   </si>
   <si>
     <t>32-02536.000</t>
   </si>
   <si>
     <t>BARATIE KEITH &amp; KAREN SUE ELLEN NEFF SURV</t>
   </si>
   <si>
     <t>63665 OAK ST GLENCOE</t>
   </si>
   <si>
     <t>32-02547.000</t>
   </si>
   <si>
     <t>63543 MAIN ST GLENCOE</t>
   </si>
   <si>
     <t>32-02555.000</t>
@@ -964,59 +865,50 @@
   <si>
     <t>KROL DYLAN</t>
   </si>
   <si>
     <t>68254 MEADOW AVE</t>
   </si>
   <si>
     <t>32-03037.000</t>
   </si>
   <si>
     <t>COFFIELD JESSE E &amp; BONNIE A SURV</t>
   </si>
   <si>
     <t>32-03038.000</t>
   </si>
   <si>
     <t>JOHNSON DR</t>
   </si>
   <si>
     <t>32-03039.000</t>
   </si>
   <si>
     <t>49314 JOHNSON DR</t>
   </si>
   <si>
-    <t>32-03165.000</t>
-[...7 lines deleted...]
-  <si>
     <t>32-03379.000</t>
   </si>
   <si>
     <t>NEFERTITI TRUST</t>
   </si>
   <si>
     <t>66095 WILLOW GROVE RD</t>
   </si>
   <si>
     <t>32-03380.000</t>
   </si>
   <si>
     <t>PRIVATE DRIVE</t>
   </si>
   <si>
     <t>32-03381.000</t>
   </si>
   <si>
     <t>32-03535.000</t>
   </si>
   <si>
     <t>ENDSLEY COREY J &amp; ALISHA F</t>
   </si>
   <si>
     <t>32-03536.000</t>
@@ -1552,59 +1444,50 @@
   <si>
     <t>34-01196.000</t>
   </si>
   <si>
     <t>NEWELL AVE</t>
   </si>
   <si>
     <t>34-01263.000</t>
   </si>
   <si>
     <t>GORDON HEATHER MARKLAND</t>
   </si>
   <si>
     <t>108 TAYLOR LANE</t>
   </si>
   <si>
     <t>34-01439.000</t>
   </si>
   <si>
     <t>FINNEY KATHERINE MACKENZIE</t>
   </si>
   <si>
     <t>148 S MARIETTA ST</t>
   </si>
   <si>
-    <t>34-01585.000</t>
-[...7 lines deleted...]
-  <si>
     <t>34-01598.000</t>
   </si>
   <si>
     <t>DEMETER DOREEN M</t>
   </si>
   <si>
     <t>ELM ST</t>
   </si>
   <si>
     <t>3401831</t>
   </si>
   <si>
     <t>DOTY REBECCA</t>
   </si>
   <si>
     <t xml:space="preserve">216 YOUNG LANE  LOT 27</t>
   </si>
   <si>
     <t>3401888</t>
   </si>
   <si>
     <t>SHAFFER WILLIAM A</t>
   </si>
   <si>
     <t xml:space="preserve">218 YOUNG LANE  LOT 13</t>
@@ -1643,50 +1526,53 @@
     <t>JEFFERS WILLIAM H</t>
   </si>
   <si>
     <t>YOUNG AVE</t>
   </si>
   <si>
     <t>34-02085.000</t>
   </si>
   <si>
     <t>YOUNG LANE</t>
   </si>
   <si>
     <t>34-02129.000</t>
   </si>
   <si>
     <t>COBB LAVONNE</t>
   </si>
   <si>
     <t>STEWART ST</t>
   </si>
   <si>
     <t>34-02130.000</t>
   </si>
   <si>
     <t>34-02544.001</t>
+  </si>
+  <si>
+    <t>ELLIS LINDA S</t>
   </si>
   <si>
     <t>SHEPARD AVE</t>
   </si>
   <si>
     <t>34-02609.000</t>
   </si>
   <si>
     <t>UNITED STATES POSTAL SERVICE THE</t>
   </si>
   <si>
     <t>254 W MAIN ST</t>
   </si>
   <si>
     <t>34-02733.000</t>
   </si>
   <si>
     <t>SAMUEL MERCY</t>
   </si>
   <si>
     <t>34-02768.000</t>
   </si>
   <si>
     <t>DRENNAN BARBARA A TRUSTEE</t>
   </si>
@@ -1954,5540 +1840,5240 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F273" headerRowCount="1">
-  <autoFilter ref="A1:F273"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F258" headerRowCount="1">
+  <autoFilter ref="A1:F258"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9989&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41756&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58962&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80155&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42308&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32533&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4754&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46928&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80882&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78049&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66320&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9989&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41756&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80155&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42308&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32533&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46928&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80882&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78049&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66320&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F273"/>
+  <dimension ref="A1:F258"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="55.16965866088867" customWidth="1"/>
     <col min="3" max="3" width="28.846193313598633" customWidth="1"/>
     <col min="4" max="4" width="38.789363861083984" customWidth="1"/>
     <col min="5" max="5" width="12.877167701721191" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>2410.66</v>
+        <v>2169.14</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>332.68</v>
+        <v>339.34</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>72.91</v>
+        <v>74.37</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2">
-        <v>288.73</v>
+        <v>4848.02</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2">
-        <v>4752.96</v>
+        <v>2100.35</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="2">
-        <v>637.43</v>
+        <v>630.03</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>2059.17</v>
+        <v>271.76</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="2">
-        <v>617.68</v>
+        <v>584.23</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E10" s="2">
-        <v>266.43</v>
+        <v>7.21</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E11" s="2">
-        <v>11.32</v>
+        <v>91.79</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E12" s="2">
-        <v>572.78</v>
+        <v>31.44</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E13" s="2">
-        <v>7.07</v>
+        <v>8.06</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E14" s="2">
-        <v>12012.86</v>
+        <v>386.9</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E15" s="2">
-        <v>89.99</v>
+        <v>189.45</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="2">
-        <v>30.82</v>
+        <v>318.07</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="2">
-        <v>7.91</v>
+        <v>393.33</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E18" s="2">
-        <v>379.31</v>
+        <v>1778.26</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E19" s="2">
-        <v>185.73</v>
+        <v>2169.07</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="E20" s="2">
-        <v>311.83</v>
+        <v>326515.13</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>112.03</v>
+        <v>45.85</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>385.63</v>
+        <v>388.95</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="2">
-        <v>1743.39</v>
+        <v>50.07</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="2">
-        <v>2126.54</v>
+        <v>730.87</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="E25" s="2">
-        <v>320112.87</v>
+        <v>1322.05</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E26" s="2">
-        <v>1157.23</v>
+        <v>19.12</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="2">
-        <v>44.95</v>
+        <v>240.32</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E28" s="2">
-        <v>381.33</v>
+        <v>4.17</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E29" s="2">
-        <v>49.1</v>
+        <v>10745.54</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="2">
-        <v>816.54</v>
+        <v>4.99</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="2">
-        <v>1296.13</v>
+        <v>2477.56</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E32" s="2">
-        <v>18.75</v>
+        <v>5.64</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E33" s="2">
-        <v>235.61</v>
+        <v>327.26</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E34" s="2">
-        <v>4.09</v>
+        <v>8.49</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="E35" s="2">
-        <v>10534.89</v>
+        <v>766.47</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="B36" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E36" s="2">
-        <v>139.89</v>
+        <v>350.26</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E37" s="2">
-        <v>3831.77</v>
+        <v>16.78</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="E38" s="2">
-        <v>2428.98</v>
+        <v>8.94</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E39" s="2">
-        <v>5.53</v>
+        <v>1022.12</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E40" s="2">
-        <v>320.84</v>
+        <v>342.92</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E41" s="2">
-        <v>8.32</v>
+        <v>249.06</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>47</v>
+        <v>119</v>
       </c>
       <c r="E42" s="2">
-        <v>751.43</v>
+        <v>6206.01</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E43" s="2">
-        <v>343.39</v>
+        <v>3.84</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="E44" s="2">
-        <v>16.45</v>
+        <v>10.37</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E45" s="2">
-        <v>8.76</v>
+        <v>8.09</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" s="2">
-        <v>1002.08</v>
+        <v>530.65</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" s="2">
-        <v>336.2</v>
+        <v>5.22</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="2">
-        <v>244.18</v>
+        <v>295.56</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="2">
-        <v>6084.33</v>
+        <v>1001.25</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E50" s="2">
-        <v>3.76</v>
+        <v>193.7</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="E51" s="2">
-        <v>309.09</v>
+        <v>194.51</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="E52" s="2">
-        <v>10.17</v>
+        <v>80.42</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E53" s="2">
-        <v>7.93</v>
+        <v>267.24</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E54" s="2">
-        <v>520.25</v>
+        <v>111.27</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E55" s="2">
-        <v>5.12</v>
+        <v>1153.51</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E56" s="2">
-        <v>289.76</v>
+        <v>154.95</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E57" s="2">
-        <v>981.62</v>
+        <v>1491.72</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E58" s="2">
-        <v>189.9</v>
+        <v>2166.64</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="B59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E59" s="2">
-        <v>190.7</v>
+        <v>61.56</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>165</v>
+        <v>80</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E60" s="2">
-        <v>78.84</v>
+        <v>2.22</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>169</v>
       </c>
       <c r="E61" s="2">
-        <v>262</v>
+        <v>35.84</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E62" s="2">
-        <v>109.09</v>
+        <v>82.86</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="E63" s="2">
-        <v>1130.89</v>
+        <v>9.88</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="E64" s="2">
-        <v>151.93</v>
+        <v>98.35</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E65" s="2">
-        <v>1462.47</v>
+        <v>27.39</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="E66" s="2">
-        <v>2124.16</v>
+        <v>123.48</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E67" s="2">
-        <v>60.36</v>
+        <v>11.06</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E68" s="2">
-        <v>1147.96</v>
+        <v>75.63</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>192</v>
+        <v>106</v>
       </c>
       <c r="E69" s="2">
-        <v>2.18</v>
+        <v>26.17</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>195</v>
+        <v>35</v>
       </c>
       <c r="E70" s="2">
-        <v>35.14</v>
+        <v>5.97</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>195</v>
+        <v>35</v>
       </c>
       <c r="E71" s="2">
-        <v>81.24</v>
+        <v>109.11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>195</v>
+        <v>35</v>
       </c>
       <c r="E72" s="2">
-        <v>9.69</v>
+        <v>1729.74</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>195</v>
+        <v>35</v>
       </c>
       <c r="E73" s="2">
-        <v>96.42</v>
+        <v>1729.74</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>203</v>
+        <v>35</v>
       </c>
       <c r="E74" s="2">
-        <v>26.86</v>
+        <v>3048.85</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="E75" s="2">
-        <v>121.06</v>
+        <v>41.18</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>209</v>
+        <v>35</v>
       </c>
       <c r="E76" s="2">
-        <v>10.86</v>
+        <v>2666.23</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>212</v>
+        <v>35</v>
       </c>
       <c r="E77" s="2">
-        <v>74.14</v>
+        <v>5.29</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>215</v>
+        <v>35</v>
       </c>
       <c r="E78" s="2">
-        <v>4385.28</v>
+        <v>132</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>126</v>
+        <v>198</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="E79" s="2">
-        <v>25.66</v>
+        <v>2237.55</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E80" s="2">
-        <v>5.85</v>
+        <v>1721.24</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E81" s="2">
-        <v>106.97</v>
+        <v>1726.78</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>220</v>
+        <v>207</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E82" s="2">
-        <v>1695.83</v>
+        <v>92.74</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>221</v>
+        <v>208</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E83" s="2">
-        <v>1695.83</v>
+        <v>261.62</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>222</v>
+        <v>209</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E84" s="2">
-        <v>2989.06</v>
+        <v>1825.1</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="E85" s="2">
-        <v>40.37</v>
+        <v>8.81</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>47</v>
+        <v>215</v>
       </c>
       <c r="E86" s="2">
-        <v>2613.96</v>
+        <v>1893.48</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>47</v>
+        <v>218</v>
       </c>
       <c r="E87" s="2">
-        <v>5.19</v>
+        <v>181.17</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>47</v>
+        <v>221</v>
       </c>
       <c r="E88" s="2">
-        <v>129.43</v>
+        <v>490.08</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="E89" s="2">
-        <v>2193.67</v>
+        <v>166.88</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="E90" s="2">
-        <v>1687.49</v>
+        <v>16.6</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="E91" s="2">
-        <v>1692.92</v>
+        <v>27.67</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="E92" s="2">
-        <v>90.92</v>
+        <v>35.24</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="E93" s="2">
-        <v>256.5</v>
+        <v>10.37</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="E94" s="2">
-        <v>1789.33</v>
+        <v>3.84</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="E95" s="2">
-        <v>8.63</v>
+        <v>54.74</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="E96" s="2">
-        <v>1856.36</v>
+        <v>10.37</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>73</v>
+        <v>229</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="E97" s="2">
-        <v>30.77</v>
+        <v>39.34</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>73</v>
+        <v>229</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>248</v>
+        <v>223</v>
       </c>
       <c r="E98" s="2">
-        <v>121.98</v>
+        <v>8.94</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>73</v>
+        <v>238</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="E99" s="2">
-        <v>30.77</v>
+        <v>525.28</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="E100" s="2">
-        <v>177.62</v>
+        <v>5322.89</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="E101" s="2">
-        <v>480.48</v>
+        <v>263.36</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>254</v>
+        <v>225</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="E102" s="2">
-        <v>163.61</v>
+        <v>2694.84</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="E103" s="2">
-        <v>16.27</v>
+        <v>674.28</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="E104" s="2">
-        <v>27.13</v>
+        <v>642.83</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="E105" s="2">
-        <v>34.55</v>
+        <v>10376.96</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="E106" s="2">
-        <v>10.17</v>
+        <v>628.12</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>263</v>
+        <v>252</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="E107" s="2">
-        <v>3.76</v>
+        <v>1544.67</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>263</v>
+        <v>105</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
       <c r="E108" s="2">
-        <v>53.67</v>
+        <v>39.34</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E109" s="2">
-        <v>10.17</v>
+        <v>990.51</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>269</v>
+        <v>239</v>
       </c>
       <c r="E110" s="2">
-        <v>38.57</v>
+        <v>350.3</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="B111" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D111" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C111" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E111" s="2">
-        <v>8.76</v>
+        <v>319.36</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="E112" s="2">
-        <v>514.98</v>
+        <v>319.36</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="E113" s="2">
-        <v>5218.51</v>
+        <v>558.47</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="E114" s="2">
-        <v>258.17</v>
+        <v>867.21</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="E115" s="2">
-        <v>2642.01</v>
+        <v>257</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>248</v>
+        <v>276</v>
       </c>
       <c r="E116" s="2">
-        <v>661.06</v>
+        <v>65.31</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>248</v>
+        <v>279</v>
       </c>
       <c r="E117" s="2">
-        <v>630.22</v>
+        <v>20232.6</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>248</v>
+        <v>35</v>
       </c>
       <c r="E118" s="2">
-        <v>10173.46</v>
+        <v>18.01</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D119" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="B119" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E119" s="2">
-        <v>615.8</v>
+        <v>157.8</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B120" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D120" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C120" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E120" s="2">
-        <v>1514.38</v>
+        <v>1488.85</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B121" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="B121" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>288</v>
       </c>
       <c r="E121" s="2">
-        <v>38.57</v>
+        <v>49.62</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B122" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D122" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="C122" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E122" s="2">
-        <v>971.08</v>
+        <v>21.8</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>273</v>
+        <v>290</v>
       </c>
       <c r="E123" s="2">
-        <v>343.43</v>
+        <v>14.28</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>296</v>
+        <v>35</v>
       </c>
       <c r="E124" s="2">
-        <v>313.09</v>
+        <v>9.17</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>296</v>
+        <v>35</v>
       </c>
       <c r="E125" s="2">
-        <v>313.09</v>
+        <v>9.17</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>300</v>
+        <v>35</v>
       </c>
       <c r="E126" s="2">
-        <v>547.52</v>
+        <v>17.87</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="E127" s="2">
-        <v>850.21</v>
+        <v>418.11</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="E128" s="2">
-        <v>251.95</v>
+        <v>1638.78</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="E129" s="2">
-        <v>64.03</v>
+        <v>13.98</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="E130" s="2">
-        <v>19835.89</v>
+        <v>207.64</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>314</v>
+        <v>205</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E131" s="2">
-        <v>17.66</v>
+        <v>332.41</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>314</v>
+        <v>205</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>316</v>
+        <v>35</v>
       </c>
       <c r="E132" s="2">
-        <v>154.71</v>
+        <v>3840.41</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>314</v>
+        <v>134</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="E133" s="2">
-        <v>1459.66</v>
+        <v>31.39</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>320</v>
+        <v>205</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>321</v>
+        <v>35</v>
       </c>
       <c r="E134" s="2">
-        <v>591.84</v>
+        <v>231.79</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>323</v>
+        <v>205</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>324</v>
+        <v>35</v>
       </c>
       <c r="E135" s="2">
-        <v>48.65</v>
+        <v>460.37</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>323</v>
+        <v>205</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>326</v>
+        <v>35</v>
       </c>
       <c r="E136" s="2">
-        <v>21.37</v>
+        <v>3663.38</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>323</v>
+        <v>225</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>326</v>
+        <v>223</v>
       </c>
       <c r="E137" s="2">
-        <v>14</v>
+        <v>4.63</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>328</v>
+        <v>316</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>329</v>
+        <v>225</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="E138" s="2">
-        <v>8.99</v>
+        <v>4.63</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>329</v>
+        <v>225</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="E139" s="2">
-        <v>8.99</v>
+        <v>4.63</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>329</v>
+        <v>225</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>47</v>
+        <v>319</v>
       </c>
       <c r="E140" s="2">
-        <v>17.52</v>
+        <v>5.85</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>332</v>
+        <v>320</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>333</v>
+        <v>225</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>334</v>
+        <v>319</v>
       </c>
       <c r="E141" s="2">
-        <v>409.91</v>
+        <v>30.29</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>335</v>
+        <v>321</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>336</v>
+        <v>257</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>337</v>
+        <v>223</v>
       </c>
       <c r="E142" s="2">
-        <v>1606.67</v>
+        <v>149.33</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>338</v>
+        <v>322</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>339</v>
+        <v>220</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>340</v>
+        <v>223</v>
       </c>
       <c r="E143" s="2">
-        <v>13.71</v>
+        <v>5.85</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>341</v>
+        <v>323</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>342</v>
+        <v>220</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>343</v>
+        <v>223</v>
       </c>
       <c r="E144" s="2">
-        <v>203.57</v>
+        <v>5.85</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>344</v>
+        <v>324</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>234</v>
+        <v>325</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E145" s="2">
-        <v>325.9</v>
+        <v>0.03</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>345</v>
+        <v>326</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>234</v>
+        <v>327</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E146" s="2">
-        <v>3765.1</v>
+        <v>34</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>346</v>
+        <v>328</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>157</v>
+        <v>329</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>347</v>
+        <v>35</v>
       </c>
       <c r="E147" s="2">
-        <v>30.77</v>
+        <v>479.59</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>234</v>
+        <v>331</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E148" s="2">
-        <v>227.24</v>
+        <v>2.45</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>349</v>
+        <v>332</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>234</v>
+        <v>333</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E149" s="2">
-        <v>451.34</v>
+        <v>2.45</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>350</v>
+        <v>334</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>234</v>
+        <v>335</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E150" s="2">
-        <v>3591.55</v>
+        <v>0.04</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>351</v>
+        <v>336</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>259</v>
+        <v>337</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>257</v>
+        <v>35</v>
       </c>
       <c r="E151" s="2">
-        <v>4.54</v>
+        <v>2.93</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>259</v>
+        <v>339</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>257</v>
+        <v>340</v>
       </c>
       <c r="E152" s="2">
-        <v>4.54</v>
+        <v>962.55</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>353</v>
+        <v>341</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>259</v>
+        <v>342</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>257</v>
+        <v>343</v>
       </c>
       <c r="E153" s="2">
-        <v>4.54</v>
+        <v>108.21</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>259</v>
+        <v>345</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>355</v>
+        <v>35</v>
       </c>
       <c r="E154" s="2">
-        <v>5.73</v>
+        <v>0.71</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>259</v>
+        <v>345</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>355</v>
+        <v>35</v>
       </c>
       <c r="E155" s="2">
-        <v>29.7</v>
+        <v>0.71</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>290</v>
+        <v>345</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>257</v>
+        <v>35</v>
       </c>
       <c r="E156" s="2">
-        <v>146.42</v>
+        <v>0.71</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>254</v>
+        <v>345</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>257</v>
+        <v>35</v>
       </c>
       <c r="E157" s="2">
-        <v>5.73</v>
+        <v>0.71</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>254</v>
+        <v>345</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>257</v>
+        <v>35</v>
       </c>
       <c r="E158" s="2">
-        <v>5.73</v>
+        <v>0.71</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E159" s="2">
-        <v>0.03</v>
+        <v>7.15</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E160" s="2">
-        <v>33.33</v>
+        <v>0.71</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>47</v>
+        <v>356</v>
       </c>
       <c r="E161" s="2">
-        <v>470.19</v>
+        <v>95.07</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E162" s="2">
-        <v>2.4</v>
+        <v>2.45</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>47</v>
+        <v>361</v>
       </c>
       <c r="E163" s="2">
-        <v>2.4</v>
+        <v>786.94</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E164" s="2">
-        <v>0.04</v>
+        <v>2.45</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E165" s="2">
-        <v>2.87</v>
+        <v>0.32</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>376</v>
+        <v>35</v>
       </c>
       <c r="E166" s="2">
-        <v>943.68</v>
+        <v>0.49</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>379</v>
+        <v>35</v>
       </c>
       <c r="E167" s="2">
-        <v>106.08</v>
+        <v>2.45</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E168" s="2">
-        <v>0.7</v>
+        <v>38.6</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="E169" s="2">
-        <v>0.7</v>
+        <v>1479.79</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E170" s="2">
-        <v>0.7</v>
+        <v>7.03</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>47</v>
+        <v>378</v>
       </c>
       <c r="E171" s="2">
-        <v>0.7</v>
+        <v>70.83</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E172" s="2">
-        <v>0.7</v>
+        <v>375.45</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E173" s="2">
-        <v>7.01</v>
+        <v>84.33</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>47</v>
+        <v>384</v>
       </c>
       <c r="E174" s="2">
-        <v>0.7</v>
+        <v>705.53</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>392</v>
+        <v>35</v>
       </c>
       <c r="E175" s="2">
-        <v>93.2</v>
+        <v>12.59</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>47</v>
+        <v>389</v>
       </c>
       <c r="E176" s="2">
-        <v>2.4</v>
+        <v>13436.1</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="E177" s="2">
-        <v>771.5</v>
+        <v>104.31</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>47</v>
+        <v>395</v>
       </c>
       <c r="E178" s="2">
-        <v>2.4</v>
+        <v>930.75</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>47</v>
+        <v>398</v>
       </c>
       <c r="E179" s="2">
-        <v>0.31</v>
+        <v>736.18</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>47</v>
+        <v>401</v>
       </c>
       <c r="E180" s="2">
-        <v>0.48</v>
+        <v>3684.22</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D181" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="B181" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E181" s="2">
-        <v>2.4</v>
+        <v>107.65</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B182" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="B182" s="0" t="s">
+      <c r="C182" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D182" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="C182" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E182" s="2">
-        <v>37.84</v>
+        <v>516.34</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>408</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>409</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>102</v>
+        <v>410</v>
       </c>
       <c r="E183" s="2">
-        <v>1526.82</v>
+        <v>14151.89</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>47</v>
+        <v>413</v>
       </c>
       <c r="E184" s="2">
-        <v>6.89</v>
+        <v>1800.4</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E185" s="2">
-        <v>69.44</v>
+        <v>897.26</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>416</v>
+        <v>360</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>47</v>
+        <v>418</v>
       </c>
       <c r="E186" s="2">
-        <v>368.09</v>
+        <v>25.61</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>47</v>
+        <v>180</v>
       </c>
       <c r="E187" s="2">
-        <v>82.69</v>
+        <v>2.73</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="E188" s="2">
-        <v>691.69</v>
+        <v>8.73</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>422</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>47</v>
+        <v>425</v>
       </c>
       <c r="E189" s="2">
-        <v>12.34</v>
+        <v>8.73</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>425</v>
+        <v>90</v>
       </c>
       <c r="E190" s="2">
-        <v>13172.66</v>
+        <v>8.73</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>428</v>
+        <v>35</v>
       </c>
       <c r="E191" s="2">
-        <v>102.26</v>
+        <v>34.15</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>431</v>
+        <v>35</v>
       </c>
       <c r="E192" s="2">
-        <v>912.5</v>
+        <v>41.1</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>434</v>
+        <v>35</v>
       </c>
       <c r="E193" s="2">
-        <v>721.76</v>
+        <v>41.1</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>437</v>
+        <v>35</v>
       </c>
       <c r="E194" s="2">
-        <v>3611.97</v>
+        <v>23.6</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="E195" s="2">
-        <v>105.54</v>
+        <v>10</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>442</v>
+        <v>56</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>443</v>
+        <v>35</v>
       </c>
       <c r="E196" s="2">
-        <v>506.22</v>
+        <v>2607838.77</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="E197" s="2">
-        <v>13874.4</v>
+        <v>19.6</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="E198" s="2">
-        <v>1765.1</v>
+        <v>815.44</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="E199" s="2">
-        <v>879.67</v>
+        <v>4540.42</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>396</v>
+        <v>448</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="E200" s="2">
-        <v>25.1</v>
+        <v>2417.8</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>206</v>
+        <v>452</v>
       </c>
       <c r="E201" s="2">
-        <v>2.68</v>
+        <v>19021.23</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="E202" s="2">
-        <v>8.56</v>
+        <v>645.93</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="B203" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D203" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="C203" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E203" s="2">
-        <v>8.56</v>
+        <v>1133.38</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>111</v>
+        <v>461</v>
       </c>
       <c r="E204" s="2">
-        <v>8.56</v>
+        <v>692.5</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D205" s="0" t="s">
         <v>464</v>
       </c>
-      <c r="B205" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E205" s="2">
-        <v>33.49</v>
+        <v>1515.44</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>466</v>
       </c>
-      <c r="B206" s="0" t="s">
+      <c r="C206" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D206" s="0" t="s">
         <v>467</v>
       </c>
-      <c r="C206" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E206" s="2">
-        <v>40.28</v>
+        <v>825.36</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>468</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>47</v>
+        <v>470</v>
       </c>
       <c r="E207" s="2">
-        <v>40.28</v>
+        <v>2111.89</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="B208" s="0" t="s">
         <v>469</v>
       </c>
-      <c r="B208" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>47</v>
+        <v>472</v>
       </c>
       <c r="E208" s="2">
-        <v>23.14</v>
+        <v>347.9</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="E209" s="2">
-        <v>9.81</v>
+        <v>902.55</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>71</v>
+        <v>477</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>47</v>
+        <v>478</v>
       </c>
       <c r="E210" s="2">
-        <v>2556704.68</v>
+        <v>2464.63</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="E211" s="2">
-        <v>19.22</v>
+        <v>607.07</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="E212" s="2">
-        <v>799.45</v>
+        <v>320.85</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E213" s="2">
-        <v>4451.4</v>
+        <v>240</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="E214" s="2">
-        <v>2370.4</v>
+        <v>263.32</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E215" s="2">
-        <v>22428.99</v>
+        <v>39.03</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="E216" s="2">
-        <v>633.26</v>
+        <v>107.78</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="E217" s="2">
-        <v>1111.15</v>
+        <v>83.95</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="E218" s="2">
-        <v>1178.92</v>
+        <v>93.55</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="E219" s="2">
-        <v>1485.73</v>
+        <v>56.19</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>503</v>
+        <v>35</v>
       </c>
       <c r="E220" s="2">
-        <v>809.17</v>
+        <v>106.43</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="E221" s="2">
-        <v>2070.48</v>
+        <v>141.93</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E222" s="2">
-        <v>341.08</v>
+        <v>8.73</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>511</v>
+        <v>35</v>
       </c>
       <c r="E223" s="2">
-        <v>884.85</v>
+        <v>0.78</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>514</v>
+        <v>35</v>
       </c>
       <c r="E224" s="2">
-        <v>2416.3</v>
+        <v>0.78</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>517</v>
+        <v>35</v>
       </c>
       <c r="E225" s="2">
-        <v>26.82</v>
+        <v>4.46</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>518</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>519</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D226" s="0" t="s">
         <v>520</v>
       </c>
       <c r="E226" s="2">
-        <v>595.17</v>
+        <v>54.93</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>521</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>523</v>
+        <v>35</v>
       </c>
       <c r="E227" s="2">
-        <v>314.55</v>
+        <v>0.78</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="B228" s="0" t="s">
         <v>524</v>
       </c>
-      <c r="B228" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>526</v>
+        <v>35</v>
       </c>
       <c r="E228" s="2">
-        <v>235.3</v>
+        <v>4.46</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>529</v>
+        <v>35</v>
       </c>
       <c r="E229" s="2">
-        <v>258.16</v>
+        <v>4.46</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>532</v>
+        <v>35</v>
       </c>
       <c r="E230" s="2">
-        <v>38.27</v>
+        <v>0.78</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>535</v>
+        <v>35</v>
       </c>
       <c r="E231" s="2">
-        <v>105.66</v>
+        <v>0.78</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>538</v>
+        <v>35</v>
       </c>
       <c r="E232" s="2">
-        <v>82.31</v>
+        <v>0.78</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>540</v>
+        <v>35</v>
       </c>
       <c r="E233" s="2">
-        <v>91.71</v>
+        <v>0.78</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>543</v>
+        <v>35</v>
       </c>
       <c r="E234" s="2">
-        <v>55.09</v>
+        <v>0.78</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>544</v>
+        <v>534</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E235" s="2">
-        <v>104.34</v>
+        <v>0.78</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>484</v>
+        <v>537</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>546</v>
+        <v>35</v>
       </c>
       <c r="E236" s="2">
-        <v>139.15</v>
+        <v>0.78</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="E237" s="2">
-        <v>8.56</v>
+        <v>107.71</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>47</v>
+        <v>543</v>
       </c>
       <c r="E238" s="2">
-        <v>0.76</v>
+        <v>103.58</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>47</v>
+        <v>546</v>
       </c>
       <c r="E239" s="2">
-        <v>0.76</v>
+        <v>170.51</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>47</v>
+        <v>549</v>
       </c>
       <c r="E240" s="2">
-        <v>4.37</v>
+        <v>139.64</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="E241" s="2">
-        <v>53.85</v>
+        <v>2947.8</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>47</v>
+        <v>555</v>
       </c>
       <c r="E242" s="2">
-        <v>0.76</v>
+        <v>135.28</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>47</v>
+        <v>558</v>
       </c>
       <c r="E243" s="2">
-        <v>4.37</v>
+        <v>10560.6</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>47</v>
+        <v>561</v>
       </c>
       <c r="E244" s="2">
-        <v>4.37</v>
+        <v>3296.08</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D245" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="B245" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E245" s="2">
-        <v>0.76</v>
+        <v>1514.36</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="B246" s="0" t="s">
         <v>566</v>
       </c>
-      <c r="B246" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>47</v>
+        <v>567</v>
       </c>
       <c r="E246" s="2">
-        <v>0.76</v>
+        <v>89.73</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>47</v>
+        <v>570</v>
       </c>
       <c r="E247" s="2">
-        <v>0.76</v>
+        <v>1885.61</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>47</v>
+        <v>573</v>
       </c>
       <c r="E248" s="2">
-        <v>0.76</v>
+        <v>354.13</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>47</v>
+        <v>576</v>
       </c>
       <c r="E249" s="2">
-        <v>0.76</v>
+        <v>72.85</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>47</v>
+        <v>579</v>
       </c>
       <c r="E250" s="2">
-        <v>0.76</v>
+        <v>0.12</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>47</v>
+        <v>582</v>
       </c>
       <c r="E251" s="2">
-        <v>0.76</v>
+        <v>72.85</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>74</v>
+        <v>585</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="E252" s="2">
-        <v>105.59</v>
+        <v>510.86</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>580</v>
+        <v>205</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>74</v>
+        <v>585</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>581</v>
+        <v>35</v>
       </c>
       <c r="E253" s="2">
-        <v>101.55</v>
+        <v>3589.54</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>583</v>
+        <v>205</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>74</v>
+        <v>585</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>584</v>
+        <v>35</v>
       </c>
       <c r="E254" s="2">
-        <v>167.16</v>
+        <v>3913.15</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C255" s="0" t="s">
         <v>585</v>
       </c>
-      <c r="B255" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D255" s="0" t="s">
-        <v>587</v>
+        <v>35</v>
       </c>
       <c r="E255" s="2">
-        <v>136.9</v>
+        <v>3827.23</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>74</v>
+        <v>585</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>590</v>
+        <v>35</v>
       </c>
       <c r="E256" s="2">
-        <v>2890.01</v>
+        <v>1781.1</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>592</v>
+        <v>205</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>74</v>
+        <v>585</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>593</v>
+        <v>35</v>
       </c>
       <c r="E257" s="2">
-        <v>132.63</v>
+        <v>33.35</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>595</v>
+        <v>205</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>74</v>
+        <v>585</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>596</v>
+        <v>35</v>
       </c>
       <c r="E258" s="2">
-        <v>10353.5</v>
+        <v>7.48</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>10</v>
-[...298 lines deleted...]
-      <c r="F273" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -7706,47 +7292,32 @@
     <hyperlink ref="F234" r:id="rId234"/>
     <hyperlink ref="F235" r:id="rId235"/>
     <hyperlink ref="F236" r:id="rId236"/>
     <hyperlink ref="F237" r:id="rId237"/>
     <hyperlink ref="F238" r:id="rId238"/>
     <hyperlink ref="F239" r:id="rId239"/>
     <hyperlink ref="F240" r:id="rId240"/>
     <hyperlink ref="F241" r:id="rId241"/>
     <hyperlink ref="F242" r:id="rId242"/>
     <hyperlink ref="F243" r:id="rId243"/>
     <hyperlink ref="F244" r:id="rId244"/>
     <hyperlink ref="F245" r:id="rId245"/>
     <hyperlink ref="F246" r:id="rId246"/>
     <hyperlink ref="F247" r:id="rId247"/>
     <hyperlink ref="F248" r:id="rId248"/>
     <hyperlink ref="F249" r:id="rId249"/>
     <hyperlink ref="F250" r:id="rId250"/>
     <hyperlink ref="F251" r:id="rId251"/>
     <hyperlink ref="F252" r:id="rId252"/>
     <hyperlink ref="F253" r:id="rId253"/>
     <hyperlink ref="F254" r:id="rId254"/>
     <hyperlink ref="F255" r:id="rId255"/>
     <hyperlink ref="F256" r:id="rId256"/>
     <hyperlink ref="F257" r:id="rId257"/>
     <hyperlink ref="F258" r:id="rId258"/>
-    <hyperlink ref="F259" r:id="rId259"/>
-[...13 lines deleted...]
-    <hyperlink ref="F273" r:id="rId273"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>