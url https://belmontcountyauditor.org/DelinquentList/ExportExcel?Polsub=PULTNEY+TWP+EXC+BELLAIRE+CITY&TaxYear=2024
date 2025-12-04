--- v0 (2025-10-09)
+++ v1 (2025-12-04)
@@ -5,304 +5,256 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="541" uniqueCount="541">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="474">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>26-00014.000</t>
   </si>
   <si>
     <t>ARNETT CLIFFORD</t>
   </si>
   <si>
     <t>BELLAIRE LSD</t>
   </si>
   <si>
     <t>55203 KEY-BELLAIRE RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>26-00032.000</t>
-[...10 lines deleted...]
-  <si>
     <t>26-00038.000</t>
   </si>
   <si>
     <t>BAILEY MARGARET L</t>
   </si>
   <si>
     <t>SHIELDS RD</t>
   </si>
   <si>
     <t>26-00039.000</t>
   </si>
   <si>
     <t>BEHIND SHIELDS RD</t>
   </si>
   <si>
-    <t>26-00077.000</t>
-[...2 lines deleted...]
-    <t>BELARDO AMOS</t>
+    <t>26-00082.000</t>
+  </si>
+  <si>
+    <t>BELL EMERY D III ETAL 8</t>
+  </si>
+  <si>
+    <t>65753 W ECHO RD</t>
+  </si>
+  <si>
+    <t>26-00083.000</t>
+  </si>
+  <si>
+    <t>ECHO RD</t>
+  </si>
+  <si>
+    <t>26-00084.000</t>
+  </si>
+  <si>
+    <t>65751 W ECHO RD</t>
+  </si>
+  <si>
+    <t>26-00123.000</t>
+  </si>
+  <si>
+    <t>PALENICEK JOHN P</t>
+  </si>
+  <si>
+    <t>KOTERA RD</t>
+  </si>
+  <si>
+    <t>26-00126.000</t>
+  </si>
+  <si>
+    <t>WILLIAMS RUTH</t>
+  </si>
+  <si>
+    <t>62775 CEMENT MILL RD</t>
+  </si>
+  <si>
+    <t>26-00158.000</t>
+  </si>
+  <si>
+    <t>HIXENBAUGH DEAN</t>
+  </si>
+  <si>
+    <t>54091 ST JOE DR</t>
+  </si>
+  <si>
+    <t>26-00182.000</t>
+  </si>
+  <si>
+    <t>SIMPSON JEFFREY W</t>
+  </si>
+  <si>
+    <t>63696 OLD WINDING HILL RD</t>
+  </si>
+  <si>
+    <t>26-00250.000</t>
+  </si>
+  <si>
+    <t>COAL INC</t>
+  </si>
+  <si>
+    <t>ST RT 7</t>
+  </si>
+  <si>
+    <t>26-00260.000</t>
+  </si>
+  <si>
+    <t>WALLACE DARLENE A &amp; PENNY J BRIGGS</t>
+  </si>
+  <si>
+    <t>64958 SHIELDS HOLLOW RD</t>
+  </si>
+  <si>
+    <t>26-00297.000</t>
+  </si>
+  <si>
+    <t>MCGARRY WILLIAM JR</t>
   </si>
   <si>
     <t>OFF SR 7</t>
   </si>
   <si>
-    <t>26-00082.000</t>
-[...47 lines deleted...]
-    <t>26-00173.000</t>
+    <t>26-00304.000</t>
+  </si>
+  <si>
+    <t>DAILEY SEVENA ANGELENE</t>
+  </si>
+  <si>
+    <t>CEMETERY RD</t>
+  </si>
+  <si>
+    <t>26-00310.000</t>
+  </si>
+  <si>
+    <t>DANLEY WILBERT L &amp; SHIRLEY ASURV</t>
+  </si>
+  <si>
+    <t>63562 OLD WINDING HILL RD</t>
+  </si>
+  <si>
+    <t>26-00311.000</t>
+  </si>
+  <si>
+    <t>DANLEY WILBERT L &amp; SHIRLEY AS</t>
+  </si>
+  <si>
+    <t>63584 OLD WINDING HILL RD</t>
+  </si>
+  <si>
+    <t>26-00328.000</t>
   </si>
   <si>
     <t>SPANO GEORGE DARRIN</t>
   </si>
   <si>
-    <t>JUST OFF RT 44</t>
-[...79 lines deleted...]
-  <si>
     <t>57077 WINDING HILL</t>
   </si>
   <si>
     <t>26-00329.000</t>
   </si>
   <si>
     <t>DECKER DAVID A</t>
   </si>
   <si>
     <t>INDIAN RUN RD</t>
   </si>
   <si>
     <t>26-00350.000</t>
   </si>
   <si>
     <t>HAYNES WANDA ROSE</t>
   </si>
   <si>
     <t>FULTON HILL RD</t>
   </si>
   <si>
     <t>26-00367.000</t>
   </si>
   <si>
     <t>VOIGHT BRIANNA</t>
   </si>
   <si>
     <t>57120 JORDAN RUN RD</t>
   </si>
   <si>
     <t>26-00375.000</t>
   </si>
   <si>
     <t>BECK KATELYNN</t>
   </si>
   <si>
     <t>65196 SCHOOL ST</t>
   </si>
   <si>
-    <t>26-00423.000</t>
-[...7 lines deleted...]
-  <si>
     <t>26-00443.001</t>
   </si>
   <si>
     <t>SIMPSON JEFFREY</t>
   </si>
   <si>
     <t>OLD WINDING HILL RD</t>
   </si>
   <si>
     <t>26-00454.000</t>
   </si>
   <si>
     <t>BELL EMERY D III &amp; CHRISTINA D SURV</t>
   </si>
   <si>
     <t>65741 W ECHO RD</t>
   </si>
   <si>
     <t>26-00484.000</t>
   </si>
   <si>
     <t>NATION FRED T JR &amp; SONYA K SURV</t>
   </si>
   <si>
     <t>54338 MAIN ST ST JOE</t>
@@ -670,62 +622,50 @@
   <si>
     <t>ARCHER TAYLOR</t>
   </si>
   <si>
     <t>WINDING HILL DR</t>
   </si>
   <si>
     <t>26-01155.000</t>
   </si>
   <si>
     <t>SECHREST WILLIAM T &amp; EULA L</t>
   </si>
   <si>
     <t>CR 4</t>
   </si>
   <si>
     <t>26-01193.000</t>
   </si>
   <si>
     <t>KENNEDY JOHN M</t>
   </si>
   <si>
     <t>65361 MCCURDY RD</t>
   </si>
   <si>
-    <t>26-01273.000</t>
-[...10 lines deleted...]
-  <si>
     <t>26-01318.000</t>
   </si>
   <si>
     <t>LOLLATHIN HEIDI</t>
   </si>
   <si>
     <t>ROBINSON AVE</t>
   </si>
   <si>
     <t>26-01323.000</t>
   </si>
   <si>
     <t>DRUZIN COLE</t>
   </si>
   <si>
     <t>54928 WINDING HILL RD</t>
   </si>
   <si>
     <t>26-01343.000</t>
   </si>
   <si>
     <t>UNTERZUBER ROBERT J</t>
   </si>
   <si>
     <t>64459 ROCK HOLLOW RD</t>
@@ -763,59 +703,50 @@
   <si>
     <t>WALLACE SUSAN ELAINE</t>
   </si>
   <si>
     <t>57118 HIGH RIDGE RD</t>
   </si>
   <si>
     <t>26-01447.000</t>
   </si>
   <si>
     <t>LYNCH CARL</t>
   </si>
   <si>
     <t>65009 SHIELDS HOLLOW RD</t>
   </si>
   <si>
     <t>26-01455.000</t>
   </si>
   <si>
     <t>HELMS LISA D</t>
   </si>
   <si>
     <t>CR 3 TWP RD 323</t>
   </si>
   <si>
-    <t>26-01479.000</t>
-[...7 lines deleted...]
-  <si>
     <t>26-01497.000</t>
   </si>
   <si>
     <t>NOLAN TERRI</t>
   </si>
   <si>
     <t>65485 MCGREGOR HILL RD</t>
   </si>
   <si>
     <t>26-01507.017</t>
   </si>
   <si>
     <t>REGER RICHARD J &amp; ALICIA M LAZIC SURV</t>
   </si>
   <si>
     <t>CR 46</t>
   </si>
   <si>
     <t>26-01626.000</t>
   </si>
   <si>
     <t>LUERMANN MATHEW &amp; JAIME SURV</t>
   </si>
   <si>
     <t>53520 TROUGH RUN RD</t>
@@ -853,65 +784,50 @@
   <si>
     <t>SR #149</t>
   </si>
   <si>
     <t>26-01684.020</t>
   </si>
   <si>
     <t>26-01684.029</t>
   </si>
   <si>
     <t>THREE HILLS DR</t>
   </si>
   <si>
     <t>26-01693.000</t>
   </si>
   <si>
     <t>LOMBARDI JESSE</t>
   </si>
   <si>
     <t>57329 HOSPITAL RD</t>
   </si>
   <si>
     <t>26-01693.009</t>
   </si>
   <si>
-    <t>26-01704.000</t>
-[...13 lines deleted...]
-  <si>
     <t>2601785</t>
   </si>
   <si>
     <t>ROBB GEORGE &amp; REBEKAH E PALMER</t>
   </si>
   <si>
     <t>53781 KEY BELLAIRE RD</t>
   </si>
   <si>
     <t>26-01873.000</t>
   </si>
   <si>
     <t>PATTERSON JEFFREY</t>
   </si>
   <si>
     <t>53365 PIKE ST</t>
   </si>
   <si>
     <t>26-01889.000</t>
   </si>
   <si>
     <t>GRESS GAIL M</t>
   </si>
   <si>
     <t>T 308</t>
@@ -952,56 +868,50 @@
   <si>
     <t>26-01938.001</t>
   </si>
   <si>
     <t>26TH ST</t>
   </si>
   <si>
     <t>26-01948.000</t>
   </si>
   <si>
     <t>SCHMIDT EVELYN J ETAL 2</t>
   </si>
   <si>
     <t>26-01957.000</t>
   </si>
   <si>
     <t>GODAWAY PATRICIA A ETAL</t>
   </si>
   <si>
     <t>26-01977.000</t>
   </si>
   <si>
     <t>SUMMERS GEORGE</t>
   </si>
   <si>
-    <t>26-01996.000</t>
-[...4 lines deleted...]
-  <si>
     <t>26-02000.000</t>
   </si>
   <si>
     <t>YONYON NICK</t>
   </si>
   <si>
     <t>26-02012.000</t>
   </si>
   <si>
     <t>DAVENPORT BENJAMIN W &amp; AMY L SURV</t>
   </si>
   <si>
     <t>54100 ST MARYS AVE</t>
   </si>
   <si>
     <t>26-02013.000</t>
   </si>
   <si>
     <t>ST MARY AVE</t>
   </si>
   <si>
     <t>26-02024.000</t>
   </si>
   <si>
     <t>MCKINLEY WILLIAM C &amp; CHERISH L SURV</t>
@@ -1069,71 +979,50 @@
   <si>
     <t>26-02341.000</t>
   </si>
   <si>
     <t>MCCORKLE RANDALL G</t>
   </si>
   <si>
     <t>56140 1ST ST BROOKFIELD</t>
   </si>
   <si>
     <t>26-02362.000</t>
   </si>
   <si>
     <t>DEVAULT ISAAC</t>
   </si>
   <si>
     <t>TOAD HOLLOW</t>
   </si>
   <si>
     <t>26-02363.000</t>
   </si>
   <si>
     <t>56380 1ST ST BROOKFIELD</t>
   </si>
   <si>
-    <t>26-02428.000</t>
-[...19 lines deleted...]
-  <si>
     <t>2602475</t>
   </si>
   <si>
     <t>MYERS SR RONALD J</t>
   </si>
   <si>
     <t>65260 OLD MOSS RUN ROAD</t>
   </si>
   <si>
     <t>2602492</t>
   </si>
   <si>
     <t>SEITA VALERIE K</t>
   </si>
   <si>
     <t>53599 STEWARTSVILLE</t>
   </si>
   <si>
     <t>26-02494.000</t>
   </si>
   <si>
     <t>PORTER MAX &amp; PENNY SURV</t>
   </si>
   <si>
     <t>54930 MCCLAINVILLE RD</t>
@@ -1183,59 +1072,50 @@
   <si>
     <t>FINNEY TRACY KAY &amp; JEFFERY H SURV</t>
   </si>
   <si>
     <t>53951 PIKE ST</t>
   </si>
   <si>
     <t>26-02631.000</t>
   </si>
   <si>
     <t>LONG JOSEPH E</t>
   </si>
   <si>
     <t>53925 PIKE ST</t>
   </si>
   <si>
     <t>26-02669.000</t>
   </si>
   <si>
     <t>UNITED STATES POSTAL SERVICE</t>
   </si>
   <si>
     <t>PIKE ST</t>
   </si>
   <si>
-    <t>26-02675.000</t>
-[...7 lines deleted...]
-  <si>
     <t>26-02760.000</t>
   </si>
   <si>
     <t>65252 BROOK AVE</t>
   </si>
   <si>
     <t>26-02761.000</t>
   </si>
   <si>
     <t>65254 BROOK AVE</t>
   </si>
   <si>
     <t>26-02791.000</t>
   </si>
   <si>
     <t>GIFFEN ST</t>
   </si>
   <si>
     <t>26-02792.000</t>
   </si>
   <si>
     <t>26-02795.000</t>
   </si>
   <si>
     <t>54081 KIDD ST</t>
@@ -1246,170 +1126,110 @@
   <si>
     <t>54118 KIDD ST</t>
   </si>
   <si>
     <t>26-02797.000</t>
   </si>
   <si>
     <t>54077 KIDD ST</t>
   </si>
   <si>
     <t>26-02798.000</t>
   </si>
   <si>
     <t>26-02799.000</t>
   </si>
   <si>
     <t>54124 KIDD ST</t>
   </si>
   <si>
     <t>26-02804.000</t>
   </si>
   <si>
     <t>54100 KIDD ST</t>
   </si>
   <si>
-    <t>26-02807.000</t>
-[...7 lines deleted...]
-  <si>
     <t>26-02815.000</t>
   </si>
   <si>
     <t>PIETRZAK BERTHA</t>
   </si>
   <si>
     <t>64898 GIFFEN ST</t>
   </si>
   <si>
-    <t>26-02994.000</t>
-[...31 lines deleted...]
-  <si>
     <t>26-03024.000</t>
   </si>
   <si>
     <t>CHASE WAYNE P &amp; CYNTHIA M SURV</t>
   </si>
   <si>
     <t>BETH DR</t>
   </si>
   <si>
     <t>26-03026.000</t>
   </si>
   <si>
     <t>MASSE CAROL C</t>
   </si>
   <si>
     <t>26-03078.000</t>
   </si>
   <si>
-    <t>HALL VERNON L &amp; AMANDA L SURV</t>
+    <t>PICKENS CAMMIE C</t>
   </si>
   <si>
     <t>54263 FULTON HILL RD</t>
   </si>
   <si>
     <t>26-03099.000</t>
   </si>
   <si>
     <t>WEST WHEELING</t>
   </si>
   <si>
     <t>26-03143.000</t>
   </si>
   <si>
     <t>BOMMER CHARLES</t>
   </si>
   <si>
     <t>62280 HAWTHORNE HILL RD</t>
   </si>
   <si>
-    <t>26-03148.000</t>
-[...7 lines deleted...]
-  <si>
     <t>26-03169.000</t>
   </si>
   <si>
     <t>SCHRAMM HOWARD</t>
   </si>
   <si>
     <t>65300 INDIAN RUN RD</t>
   </si>
   <si>
     <t>26-03177.000</t>
   </si>
   <si>
-    <t>26-03206.000</t>
-[...7 lines deleted...]
-  <si>
     <t>2603476</t>
   </si>
   <si>
     <t>26-03720.001</t>
   </si>
   <si>
     <t>PINTARICH JOHN P SR &amp; PRISCILLA MAE SURV</t>
   </si>
   <si>
     <t>26-03729.000</t>
   </si>
   <si>
     <t>PINTARICH JOHN P</t>
   </si>
   <si>
     <t>65976 W ECHO RD</t>
   </si>
   <si>
     <t>26-03733.000</t>
   </si>
   <si>
     <t>EDEN ANTHONY PAUL</t>
   </si>
   <si>
     <t>26-03734.009</t>
@@ -1490,71 +1310,50 @@
     <t>26-04533.000</t>
   </si>
   <si>
     <t>26-04548.000</t>
   </si>
   <si>
     <t>DIMMICK MICHAEL &amp; ANNMARIE</t>
   </si>
   <si>
     <t>26-04549.000</t>
   </si>
   <si>
     <t>HARRISON ST</t>
   </si>
   <si>
     <t>26-04550.000</t>
   </si>
   <si>
     <t>MARY ST</t>
   </si>
   <si>
     <t>26-04551.000</t>
   </si>
   <si>
     <t>26-04552.000</t>
-  </si>
-[...19 lines deleted...]
-    <t>26-04591.000</t>
   </si>
   <si>
     <t>26-04629.000</t>
   </si>
   <si>
     <t>WALATKA TERESA J &amp; JONATHAN K WALATKA ETAL</t>
   </si>
   <si>
     <t>KILGORE RD</t>
   </si>
   <si>
     <t>26-04631.000</t>
   </si>
   <si>
     <t>26-04734.000</t>
   </si>
   <si>
     <t>PACIFICO THOMAS J &amp; DANEE L SURV</t>
   </si>
   <si>
     <t>SANDHILL RD</t>
   </si>
   <si>
     <t>2605277</t>
   </si>
@@ -1681,4540 +1480,3800 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F223" headerRowCount="1">
-  <autoFilter ref="A1:F223"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F186" headerRowCount="1">
+  <autoFilter ref="A1:F186"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16242&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19402&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39622&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48068&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32155&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26035&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57478&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39242&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17467&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=83563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72799&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16242&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19402&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39622&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48068&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26035&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57478&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=83563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72799&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F223"/>
+  <dimension ref="A1:F186"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="58.166221618652344" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="29.906091690063477" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>2642.19</v>
+        <v>2695.03</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>1643.84</v>
+        <v>122.4</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E4" s="2">
-        <v>350.43</v>
+        <v>500.06</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E5" s="2">
-        <v>120</v>
+        <v>192.61</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" s="2">
-        <v>490.25</v>
+        <v>103.8</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="2">
-        <v>537.39</v>
+        <v>301.59</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="2">
-        <v>188.83</v>
+        <v>913.53</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E9" s="2">
-        <v>101.77</v>
+        <v>12109.06</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E10" s="2">
-        <v>295.68</v>
+        <v>8339.8</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E11" s="2">
-        <v>895.6</v>
+        <v>1918.95</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E12" s="2">
-        <v>11871.6</v>
+        <v>770.3</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>8176.29</v>
+        <v>2484.26</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>1124.33</v>
+        <v>687.66</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E15" s="2">
-        <v>42.66</v>
+        <v>117.8</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E16" s="2">
-        <v>203.09</v>
+        <v>1971.42</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E17" s="2">
-        <v>1881.33</v>
+        <v>5849.34</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="E18" s="2">
-        <v>755.19</v>
+        <v>3413.59</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E19" s="2">
-        <v>2435.55</v>
+        <v>432.33</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="E20" s="2">
-        <v>674.17</v>
+        <v>767.35</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E21" s="2">
-        <v>115.49</v>
+        <v>2428.68</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E22" s="2">
-        <v>1932.78</v>
+        <v>1641.23</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E23" s="2">
-        <v>5734.65</v>
+        <v>13.1</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E24" s="2">
-        <v>3346.66</v>
+        <v>92.2</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="E25" s="2">
-        <v>423.85</v>
+        <v>146.27</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E26" s="2">
-        <v>752.32</v>
+        <v>3983.46</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E27" s="2">
-        <v>2381.07</v>
+        <v>8046.22</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="E28" s="2">
-        <v>1609.05</v>
+        <v>52.75</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E29" s="2">
-        <v>76.88</v>
+        <v>3749.47</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E30" s="2">
-        <v>12.84</v>
+        <v>252.9</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E31" s="2">
-        <v>90.39</v>
+        <v>115.48</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>143.4</v>
+        <v>2708.36</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>3905.38</v>
+        <v>5693.76</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>7888.45</v>
+        <v>74.72</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E35" s="2">
-        <v>51.71</v>
+        <v>396.55</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="E36" s="2">
-        <v>3675.95</v>
+        <v>4838.25</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="E37" s="2">
-        <v>247.94</v>
+        <v>387.36</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="E38" s="2">
-        <v>113.21</v>
+        <v>46.16</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="E39" s="2">
-        <v>2655.26</v>
+        <v>198.53</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="E40" s="2">
-        <v>5582.14</v>
+        <v>532.18</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="E41" s="2">
-        <v>73.25</v>
+        <v>293.93</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E42" s="2">
-        <v>388.77</v>
+        <v>1217.28</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="E43" s="2">
-        <v>4743.37</v>
+        <v>9759.46</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E44" s="2">
-        <v>379.77</v>
+        <v>166.11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E45" s="2">
-        <v>45.25</v>
+        <v>130.68</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E46" s="2">
-        <v>194.64</v>
+        <v>327.8</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E47" s="2">
-        <v>521.73</v>
+        <v>2416.83</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E48" s="2">
-        <v>288.17</v>
+        <v>250.78</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>142</v>
+        <v>75</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E49" s="2">
-        <v>1193.42</v>
+        <v>222.92</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B50" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="2">
-        <v>9568.1</v>
+        <v>1200.61</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="E51" s="2">
-        <v>162.84</v>
+        <v>237.94</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E52" s="2">
-        <v>128.12</v>
+        <v>576.74</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="E53" s="2">
-        <v>321.37</v>
+        <v>5.15</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E54" s="2">
-        <v>2369.45</v>
+        <v>71.76</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E55" s="2">
-        <v>245.87</v>
+        <v>3457.29</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>91</v>
+        <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="E56" s="2">
-        <v>218.55</v>
+        <v>1549.59</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="E57" s="2">
-        <v>1177.07</v>
+        <v>201.62</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E58" s="2">
-        <v>233.27</v>
+        <v>5735.44</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E59" s="2">
-        <v>565.44</v>
+        <v>1576.04</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E60" s="2">
-        <v>5.05</v>
+        <v>2804.96</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E61" s="2">
-        <v>70.35</v>
+        <v>2338.28</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E62" s="2">
-        <v>3389.5</v>
+        <v>918.24</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E63" s="2">
-        <v>1519.2</v>
+        <v>124.85</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E64" s="2">
-        <v>197.66</v>
+        <v>2516.76</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E65" s="2">
-        <v>5622.98</v>
+        <v>486.35</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E66" s="2">
-        <v>1545.17</v>
+        <v>135.09</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E67" s="2">
-        <v>2749.96</v>
+        <v>760.62</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="E68" s="2">
-        <v>2292.43</v>
+        <v>3088.53</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E69" s="2">
-        <v>900.21</v>
+        <v>1667.04</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E70" s="2">
-        <v>122.39</v>
+        <v>319.08</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="E71" s="2">
-        <v>2467.43</v>
+        <v>10.63</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E72" s="2">
-        <v>476.82</v>
+        <v>2619.87</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="E73" s="2">
-        <v>132.44</v>
+        <v>4947.77</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E74" s="2">
-        <v>745.66</v>
+        <v>7854.97</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="E75" s="2">
-        <v>3027.97</v>
+        <v>13426.93</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E76" s="2">
-        <v>1634.36</v>
+        <v>2394.39</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="E77" s="2">
-        <v>56.46</v>
+        <v>4029.26</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="E78" s="2">
-        <v>158.89</v>
+        <v>41.04</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="E79" s="2">
-        <v>312.82</v>
+        <v>396.47</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="E80" s="2">
-        <v>105.15</v>
+        <v>153.42</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="E81" s="2">
-        <v>2568.51</v>
+        <v>384.26</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="E82" s="2">
-        <v>4850.75</v>
+        <v>4606.98</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="E83" s="2">
-        <v>7700.95</v>
+        <v>1349.84</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="E84" s="2">
-        <v>13163.69</v>
+        <v>3245.32</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E85" s="2">
-        <v>2347.45</v>
+        <v>193.96</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="E86" s="2">
-        <v>3950.27</v>
+        <v>153.26</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>251</v>
+        <v>94</v>
       </c>
       <c r="E87" s="2">
-        <v>40.23</v>
+        <v>2793.25</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>254</v>
       </c>
       <c r="E88" s="2">
-        <v>534.09</v>
+        <v>71.03</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>256</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>257</v>
       </c>
       <c r="E89" s="2">
-        <v>388.7</v>
+        <v>726.93</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E90" s="2">
-        <v>150.41</v>
+        <v>1502.06</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="B91" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E91" s="2">
-        <v>376.73</v>
+        <v>2103.8</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="B92" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E92" s="2">
-        <v>4516.65</v>
+        <v>5699.53</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>1323.37</v>
+        <v>2.93</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="B94" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E94" s="2">
-        <v>3181.69</v>
+        <v>479.85</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="E95" s="2">
-        <v>190.16</v>
+        <v>235.01</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>274</v>
+        <v>187</v>
       </c>
       <c r="E96" s="2">
-        <v>150.26</v>
+        <v>288.4</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>110</v>
+        <v>278</v>
       </c>
       <c r="E97" s="2">
-        <v>2738.48</v>
+        <v>254.71</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>273</v>
+        <v>186</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="E98" s="2">
-        <v>69.63</v>
+        <v>18.72</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>280</v>
+        <v>58</v>
       </c>
       <c r="E99" s="2">
-        <v>712.68</v>
+        <v>8.46</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>280</v>
+        <v>187</v>
       </c>
       <c r="E100" s="2">
-        <v>1472.61</v>
+        <v>59.7</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>284</v>
+        <v>187</v>
       </c>
       <c r="E101" s="2">
-        <v>64.96</v>
+        <v>127.81</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>286</v>
+        <v>187</v>
       </c>
       <c r="E102" s="2">
-        <v>241.63</v>
+        <v>6.14</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="E103" s="2">
-        <v>2062.53</v>
+        <v>5018.12</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="B104" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E104" s="2">
-        <v>5587.78</v>
+        <v>273.22</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E105" s="2">
-        <v>2.87</v>
+        <v>105</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E106" s="2">
-        <v>470.44</v>
+        <v>485.96</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E107" s="2">
-        <v>230.4</v>
+        <v>1006.72</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>203</v>
+        <v>305</v>
       </c>
       <c r="E108" s="2">
-        <v>282.74</v>
+        <v>320.98</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="B109" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E109" s="2">
-        <v>249.72</v>
+        <v>2936.05</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>202</v>
+        <v>309</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>308</v>
+        <v>254</v>
       </c>
       <c r="E110" s="2">
-        <v>18.35</v>
+        <v>185.53</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="B111" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="B111" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>71</v>
+        <v>254</v>
       </c>
       <c r="E111" s="2">
-        <v>8.29</v>
+        <v>297.46</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>203</v>
+        <v>254</v>
       </c>
       <c r="E112" s="2">
-        <v>58.54</v>
+        <v>74.61</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>314</v>
+        <v>250</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>203</v>
+        <v>254</v>
       </c>
       <c r="E113" s="2">
-        <v>125.29</v>
+        <v>6.73</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>316</v>
+        <v>250</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>203</v>
+        <v>254</v>
       </c>
       <c r="E114" s="2">
-        <v>105.44</v>
+        <v>19.43</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>318</v>
+        <v>250</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>203</v>
+        <v>254</v>
       </c>
       <c r="E115" s="2">
-        <v>6.02</v>
+        <v>22.75</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>320</v>
+        <v>250</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>321</v>
+        <v>254</v>
       </c>
       <c r="E116" s="2">
-        <v>4919.72</v>
+        <v>10.09</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="E117" s="2">
-        <v>267.86</v>
+        <v>695.11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="E118" s="2">
-        <v>102.94</v>
+        <v>3947.48</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="E119" s="2">
-        <v>476.43</v>
+        <v>4790.23</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="E120" s="2">
-        <v>986.98</v>
+        <v>1535.81</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="E121" s="2">
-        <v>314.69</v>
+        <v>619.63</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="E122" s="2">
-        <v>2878.48</v>
+        <v>1333.33</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>277</v>
+        <v>335</v>
       </c>
       <c r="E123" s="2">
-        <v>181.9</v>
+        <v>288.73</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>277</v>
+        <v>337</v>
       </c>
       <c r="E124" s="2">
-        <v>291.63</v>
+        <v>858.16</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>339</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>277</v>
+        <v>340</v>
       </c>
       <c r="E125" s="2">
-        <v>73.14</v>
+        <v>899.21</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B126" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="B126" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>277</v>
+        <v>343</v>
       </c>
       <c r="E126" s="2">
-        <v>6.6</v>
+        <v>225.61</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>273</v>
+        <v>342</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>277</v>
+        <v>345</v>
       </c>
       <c r="E127" s="2">
-        <v>19.05</v>
+        <v>50.27</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>273</v>
+        <v>347</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>277</v>
+        <v>348</v>
       </c>
       <c r="E128" s="2">
-        <v>22.3</v>
+        <v>338.05</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>273</v>
+        <v>350</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>277</v>
+        <v>351</v>
       </c>
       <c r="E129" s="2">
-        <v>9.89</v>
+        <v>1247.42</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="E130" s="2">
-        <v>681.48</v>
+        <v>2.73</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>350</v>
+        <v>39</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="E131" s="2">
-        <v>3870.09</v>
+        <v>5759.83</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>350</v>
+        <v>39</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="E132" s="2">
-        <v>4696.31</v>
+        <v>657.5</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>355</v>
+        <v>84</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E133" s="2">
-        <v>738.52</v>
+        <v>180.98</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>358</v>
+        <v>84</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E134" s="2">
-        <v>949.72</v>
+        <v>180.98</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>358</v>
+        <v>84</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="E135" s="2">
-        <v>623.44</v>
+        <v>5479.78</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>362</v>
+        <v>84</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E136" s="2">
-        <v>1505.68</v>
+        <v>172.85</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>365</v>
+        <v>90</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E137" s="2">
-        <v>607.48</v>
+        <v>724.36</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>368</v>
+        <v>84</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="E138" s="2">
-        <v>1307.19</v>
+        <v>225.35</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="B139" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E139" s="2">
-        <v>283.07</v>
+        <v>11113.37</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>371</v>
+        <v>84</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="E140" s="2">
-        <v>841.33</v>
+        <v>172.85</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="B141" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E141" s="2">
-        <v>881.58</v>
+        <v>169.91</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="B142" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E142" s="2">
-        <v>221.19</v>
+        <v>38.36</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="E143" s="2">
-        <v>49.28</v>
+        <v>21.64</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="B144" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E144" s="2">
-        <v>331.42</v>
+        <v>6043.11</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>388</v>
+        <v>187</v>
       </c>
       <c r="E145" s="2">
-        <v>1222.96</v>
+        <v>466.24</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="E146" s="2">
-        <v>2.68</v>
+        <v>781.02</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="E147" s="2">
-        <v>5411.55</v>
+        <v>8484.54</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>54</v>
+        <v>390</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>396</v>
+        <v>58</v>
       </c>
       <c r="E148" s="2">
-        <v>5646.9</v>
+        <v>16.04</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>54</v>
+        <v>135</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>398</v>
+        <v>136</v>
       </c>
       <c r="E149" s="2">
-        <v>644.62</v>
+        <v>91.71</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>100</v>
+        <v>395</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="E150" s="2">
-        <v>177.43</v>
+        <v>25.91</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>100</v>
+        <v>397</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="E151" s="2">
-        <v>177.43</v>
+        <v>284.63</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>403</v>
+        <v>94</v>
       </c>
       <c r="E152" s="2">
-        <v>5372.35</v>
+        <v>666.43</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>405</v>
+        <v>354</v>
       </c>
       <c r="E153" s="2">
-        <v>169.46</v>
+        <v>29.98</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>106</v>
+        <v>403</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="E154" s="2">
-        <v>710.14</v>
+        <v>906.5</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>100</v>
+        <v>406</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>400</v>
+        <v>187</v>
       </c>
       <c r="E155" s="2">
-        <v>220.92</v>
+        <v>43.48</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="B156" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E156" s="2">
-        <v>10895.47</v>
+        <v>1195.25</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="B157" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="B157" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>412</v>
+        <v>187</v>
       </c>
       <c r="E157" s="2">
-        <v>169.46</v>
+        <v>7.78</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>415</v>
+        <v>187</v>
       </c>
       <c r="E158" s="2">
-        <v>367.09</v>
+        <v>6.53</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>417</v>
+        <v>400</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>418</v>
+        <v>187</v>
       </c>
       <c r="E159" s="2">
-        <v>166.57</v>
+        <v>69.35</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>300</v>
+        <v>415</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>420</v>
+        <v>187</v>
       </c>
       <c r="E160" s="2">
-        <v>173.49</v>
+        <v>86.63</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>300</v>
+        <v>417</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>420</v>
+        <v>187</v>
       </c>
       <c r="E161" s="2">
-        <v>173.49</v>
+        <v>16.61</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>300</v>
+        <v>419</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>420</v>
+        <v>398</v>
       </c>
       <c r="E162" s="2">
-        <v>173.49</v>
+        <v>1277.77</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>300</v>
+        <v>421</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>420</v>
+        <v>187</v>
       </c>
       <c r="E163" s="2">
-        <v>173.49</v>
+        <v>0.02</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>300</v>
+        <v>423</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>420</v>
+        <v>187</v>
       </c>
       <c r="E164" s="2">
-        <v>217.66</v>
+        <v>3.11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B165" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="B165" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>420</v>
+        <v>187</v>
       </c>
       <c r="E165" s="2">
-        <v>180.71</v>
+        <v>0.89</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>300</v>
+        <v>425</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>420</v>
+        <v>187</v>
       </c>
       <c r="E166" s="2">
-        <v>2800.06</v>
+        <v>4.23</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>300</v>
+        <v>428</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>420</v>
+        <v>293</v>
       </c>
       <c r="E167" s="2">
-        <v>173.49</v>
+        <v>109.55</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="B168" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="E168" s="2">
-        <v>173.49</v>
+        <v>29.28</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>300</v>
+        <v>428</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="E169" s="2">
-        <v>87.27</v>
+        <v>17.89</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="B170" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E170" s="2">
-        <v>37.61</v>
+        <v>22.75</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>434</v>
+        <v>290</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>432</v>
+        <v>293</v>
       </c>
       <c r="E171" s="2">
-        <v>21.22</v>
+        <v>6.73</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>436</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>437</v>
       </c>
       <c r="E172" s="2">
-        <v>5924.62</v>
+        <v>261.94</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>438</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>203</v>
+        <v>437</v>
       </c>
       <c r="E173" s="2">
-        <v>457.08</v>
+        <v>23.01</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="B174" s="0" t="s">
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="0" t="s">
         <v>441</v>
       </c>
-      <c r="C174" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E174" s="2">
-        <v>765.71</v>
+        <v>13.87</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="B175" s="0" t="s">
         <v>443</v>
       </c>
-      <c r="B175" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>445</v>
+        <v>76</v>
       </c>
       <c r="E175" s="2">
-        <v>89.43</v>
+        <v>1864.97</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>448</v>
+        <v>139</v>
       </c>
       <c r="E176" s="2">
-        <v>8318.18</v>
+        <v>202.52</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>447</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>71</v>
+        <v>448</v>
       </c>
       <c r="E177" s="2">
-        <v>15.73</v>
+        <v>964.3</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B178" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="B178" s="0" t="s">
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C178" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E178" s="2">
-        <v>2159.87</v>
+        <v>795.15</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B179" s="0" t="s">
         <v>453</v>
       </c>
-      <c r="B179" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>152</v>
+        <v>454</v>
       </c>
       <c r="E179" s="2">
-        <v>89.91</v>
+        <v>1070.06</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>27</v>
+        <v>457</v>
       </c>
       <c r="E180" s="2">
-        <v>25.4</v>
+        <v>8.73</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>458</v>
+        <v>354</v>
       </c>
       <c r="E181" s="2">
-        <v>279.05</v>
+        <v>72.85</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>110</v>
+        <v>462</v>
       </c>
       <c r="E182" s="2">
-        <v>653.37</v>
+        <v>72.85</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>387</v>
+        <v>464</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>391</v>
+        <v>465</v>
       </c>
       <c r="E183" s="2">
-        <v>29.39</v>
+        <v>8.73</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="E184" s="2">
-        <v>888.72</v>
+        <v>6.73</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="E185" s="2">
-        <v>42.61</v>
+        <v>516416.72</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>8</v>
+        <v>473</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>469</v>
+        <v>187</v>
       </c>
       <c r="E186" s="2">
-        <v>1171.8</v>
+        <v>0.03</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>10</v>
-[...738 lines deleted...]
-      <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -6361,69 +5420,32 @@
     <hyperlink ref="F162" r:id="rId162"/>
     <hyperlink ref="F163" r:id="rId163"/>
     <hyperlink ref="F164" r:id="rId164"/>
     <hyperlink ref="F165" r:id="rId165"/>
     <hyperlink ref="F166" r:id="rId166"/>
     <hyperlink ref="F167" r:id="rId167"/>
     <hyperlink ref="F168" r:id="rId168"/>
     <hyperlink ref="F169" r:id="rId169"/>
     <hyperlink ref="F170" r:id="rId170"/>
     <hyperlink ref="F171" r:id="rId171"/>
     <hyperlink ref="F172" r:id="rId172"/>
     <hyperlink ref="F173" r:id="rId173"/>
     <hyperlink ref="F174" r:id="rId174"/>
     <hyperlink ref="F175" r:id="rId175"/>
     <hyperlink ref="F176" r:id="rId176"/>
     <hyperlink ref="F177" r:id="rId177"/>
     <hyperlink ref="F178" r:id="rId178"/>
     <hyperlink ref="F179" r:id="rId179"/>
     <hyperlink ref="F180" r:id="rId180"/>
     <hyperlink ref="F181" r:id="rId181"/>
     <hyperlink ref="F182" r:id="rId182"/>
     <hyperlink ref="F183" r:id="rId183"/>
     <hyperlink ref="F184" r:id="rId184"/>
     <hyperlink ref="F185" r:id="rId185"/>
     <hyperlink ref="F186" r:id="rId186"/>
-    <hyperlink ref="F187" r:id="rId187"/>
-[...35 lines deleted...]
-    <hyperlink ref="F223" r:id="rId223"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>