--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -5,94 +5,85 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2433" uniqueCount="2433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2301" uniqueCount="2301">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>18-00187.000</t>
   </si>
   <si>
     <t>ELS LENDER LLC</t>
   </si>
   <si>
     <t>BELLAIRE LSD</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>55-00020.000</t>
-[...7 lines deleted...]
-  <si>
     <t>55-00195.000</t>
   </si>
   <si>
     <t>BARNES KRISTIE L &amp; STEPHEN A GIFFIN ETAL</t>
   </si>
   <si>
     <t>66997 KIRKWOOD HGTS RD</t>
   </si>
   <si>
     <t>5500765</t>
   </si>
   <si>
     <t>GIFFIN LINDA &amp; CHESTER</t>
   </si>
   <si>
     <t>5504792</t>
   </si>
   <si>
     <t>TOMICH DUSTIN C</t>
   </si>
   <si>
     <t>67019 KIRKWOOD HGTS</t>
   </si>
   <si>
     <t>5506044</t>
@@ -253,95 +244,83 @@
   <si>
     <t>SHRIEVE SAMUEL J J</t>
   </si>
   <si>
     <t>HOWARD ST</t>
   </si>
   <si>
     <t>22-00107.000</t>
   </si>
   <si>
     <t>FRIEDRICHS ELWOOD A &amp; PEARL MSURV</t>
   </si>
   <si>
     <t>324 BENNETT ST</t>
   </si>
   <si>
     <t>22-00108.000</t>
   </si>
   <si>
     <t>PASQUARIELLO JOSEPH PAUL</t>
   </si>
   <si>
     <t>322 BENNETT ST</t>
   </si>
   <si>
-    <t>22-00117.000</t>
-[...7 lines deleted...]
-  <si>
     <t>22-00150.000</t>
   </si>
   <si>
     <t>RICHARDSON MICHAEL</t>
   </si>
   <si>
     <t>36 OAK ST</t>
   </si>
   <si>
     <t>22-00151.000</t>
   </si>
   <si>
     <t>OAK ST</t>
   </si>
   <si>
     <t>22-00164.000</t>
   </si>
   <si>
-    <t>CLOWER WILLIAM C &amp; MARJORIE L</t>
+    <t>SANCARD PROPERTIES LLC</t>
   </si>
   <si>
     <t>HILL ALLEY</t>
   </si>
   <si>
     <t>22-00165.000</t>
   </si>
   <si>
     <t>22-00166.000</t>
   </si>
   <si>
     <t>274 LOMBARDY HGTS</t>
   </si>
   <si>
-    <t>22-00167.000</t>
-[...1 lines deleted...]
-  <si>
     <t>22-00190.000</t>
   </si>
   <si>
     <t>CONWAY NAOMI</t>
   </si>
   <si>
     <t>102 LAIPPLE ST (US #250)</t>
   </si>
   <si>
     <t>22-00203.000</t>
   </si>
   <si>
     <t>GELLNER KIMBERLY R</t>
   </si>
   <si>
     <t>1043 HOWARD ST</t>
   </si>
   <si>
     <t>22-00204.000</t>
   </si>
   <si>
     <t>PLANTS GERALDINE E</t>
   </si>
   <si>
     <t>28 OLD CADIZ RD</t>
@@ -367,59 +346,50 @@
   <si>
     <t>REED ALVIN CASEY &amp; KATHY LYNNSURV</t>
   </si>
   <si>
     <t>118 CHASE ST</t>
   </si>
   <si>
     <t>22-00221.000</t>
   </si>
   <si>
     <t>COYNE JERRY W ETAL</t>
   </si>
   <si>
     <t>CHASE ST</t>
   </si>
   <si>
     <t>22-00228.000</t>
   </si>
   <si>
     <t>MCGARRY WILLIAM JR</t>
   </si>
   <si>
     <t>163 BENCH ST</t>
   </si>
   <si>
-    <t>22-00232.000</t>
-[...7 lines deleted...]
-  <si>
     <t>22-00233.000</t>
   </si>
   <si>
     <t>VALDIVIEZ JEREMY C</t>
   </si>
   <si>
     <t>16 MANN ST</t>
   </si>
   <si>
     <t>22-00238.000</t>
   </si>
   <si>
     <t>WHITLATCH CHARLES JR</t>
   </si>
   <si>
     <t>170 COUNTY RD</t>
   </si>
   <si>
     <t>22-00240.000</t>
   </si>
   <si>
     <t>PALMER THOMAS G &amp; BRENDA L SURV</t>
   </si>
   <si>
     <t>104 5TH ST</t>
@@ -430,59 +400,50 @@
   <si>
     <t>RAYL KELLY</t>
   </si>
   <si>
     <t>34 LOMBARDY HGTS</t>
   </si>
   <si>
     <t>22-00252.000</t>
   </si>
   <si>
     <t>CARROTHERS ROGER L &amp; DIANE</t>
   </si>
   <si>
     <t>RT #250</t>
   </si>
   <si>
     <t>22-00254.000</t>
   </si>
   <si>
     <t>HARMON EDNA J</t>
   </si>
   <si>
     <t>16 OAK ST</t>
   </si>
   <si>
-    <t>22-00268.000</t>
-[...7 lines deleted...]
-  <si>
     <t>22-00275.000</t>
   </si>
   <si>
     <t>DREWETT JOSEPH WILLIAM &amp; LINDAK</t>
   </si>
   <si>
     <t>3 WEST ST</t>
   </si>
   <si>
     <t>22-00283.000</t>
   </si>
   <si>
     <t>RUTAN SHERRI J ETAL 2</t>
   </si>
   <si>
     <t>200 SCOTTS LANE</t>
   </si>
   <si>
     <t>22-00292.000</t>
   </si>
   <si>
     <t>MYERS WILLIAM JOHN</t>
   </si>
   <si>
     <t>406 1/2 MARION ST</t>
@@ -565,51 +526,51 @@
   <si>
     <t>22-00329.000</t>
   </si>
   <si>
     <t>22-00335.000</t>
   </si>
   <si>
     <t>WEAVER JASON MATHEW</t>
   </si>
   <si>
     <t>202 SCOTTS LANE</t>
   </si>
   <si>
     <t>22-00373.000</t>
   </si>
   <si>
     <t>TURNER BOBBYE F</t>
   </si>
   <si>
     <t>199 KENNON ST</t>
   </si>
   <si>
     <t>22-00374.000</t>
   </si>
   <si>
-    <t>ARMBRUSTER CARL M &amp; MILDRED JSURV</t>
+    <t>DANEHART JO ANN</t>
   </si>
   <si>
     <t>MINELLEN DR</t>
   </si>
   <si>
     <t>22-00376.000</t>
   </si>
   <si>
     <t>1 / 2 KENNON ST</t>
   </si>
   <si>
     <t>22-00389.000</t>
   </si>
   <si>
     <t>RESIDENTIAL EQUITY FUNDING INC</t>
   </si>
   <si>
     <t>403 JACQUETTE ST</t>
   </si>
   <si>
     <t>22-00392.000</t>
   </si>
   <si>
     <t>HYNES JAMES</t>
   </si>
@@ -664,69 +625,63 @@
   <si>
     <t>824 HOWARD ST</t>
   </si>
   <si>
     <t>22-00430.000</t>
   </si>
   <si>
     <t>GOLIATH REALTY &amp; INVESTMENT LLC</t>
   </si>
   <si>
     <t>321 WHITELY ST</t>
   </si>
   <si>
     <t>22-00436.000</t>
   </si>
   <si>
     <t>WILLIAMS AMANDA &amp; WILLIAM SURV</t>
   </si>
   <si>
     <t>47 MANN ST</t>
   </si>
   <si>
     <t>22-00440.000</t>
   </si>
   <si>
-    <t>BLAKE ALLEN RAY</t>
+    <t>JLH REVOCABLE LIVING TRUST</t>
   </si>
   <si>
     <t>922 HOWARD ST</t>
   </si>
   <si>
     <t>22-00441.000</t>
   </si>
   <si>
     <t>22-00448.000</t>
   </si>
   <si>
-    <t>HARVEY AMSA M</t>
-[...5 lines deleted...]
-    <t>JACQUETT</t>
+    <t>ASCENT RESOURCES - UTICA LLC</t>
   </si>
   <si>
     <t>22-00453.000</t>
   </si>
   <si>
     <t>WILLIAMS MARGARET A</t>
   </si>
   <si>
     <t>618 BENNETT ST</t>
   </si>
   <si>
     <t>22-00475.000</t>
   </si>
   <si>
     <t>MCCONNAUGHY JOHN J</t>
   </si>
   <si>
     <t>BENCH ST</t>
   </si>
   <si>
     <t>22-00476.000</t>
   </si>
   <si>
     <t>COOGAN ALEX</t>
   </si>
@@ -814,59 +769,50 @@
   <si>
     <t>BENNINGTON MICHELLE L</t>
   </si>
   <si>
     <t>425 BENNETT ST</t>
   </si>
   <si>
     <t>22-00526.000</t>
   </si>
   <si>
     <t>BROWN GARY R</t>
   </si>
   <si>
     <t>601 BENNETT ST</t>
   </si>
   <si>
     <t>22-00536.000</t>
   </si>
   <si>
     <t>ROUSE TERESA ROSE MONIQUE</t>
   </si>
   <si>
     <t>628 BENNETT ST</t>
   </si>
   <si>
-    <t>22-00553.000</t>
-[...7 lines deleted...]
-  <si>
     <t>22-00567.000</t>
   </si>
   <si>
     <t>KING CLAUDE C</t>
   </si>
   <si>
     <t>22-00578.000</t>
   </si>
   <si>
     <t>HANNAHS AMBER D</t>
   </si>
   <si>
     <t>6 OLD CADIZ RD</t>
   </si>
   <si>
     <t>22-00591.000</t>
   </si>
   <si>
     <t>WEBER CODY</t>
   </si>
   <si>
     <t>405 JACQUETTE ST</t>
   </si>
   <si>
     <t>22-00593.000</t>
@@ -928,53 +874,50 @@
   <si>
     <t>22-00654.000</t>
   </si>
   <si>
     <t>LUCARELLI MICHELLE &amp; ROBERT M BENNINGTON SURV</t>
   </si>
   <si>
     <t>516 HOWARD ST</t>
   </si>
   <si>
     <t>22-00655.000</t>
   </si>
   <si>
     <t>MULTI FAMILY PURCHASES LLC</t>
   </si>
   <si>
     <t>22-00663.001</t>
   </si>
   <si>
     <t>22-00669.000</t>
   </si>
   <si>
     <t>22-00671.000</t>
   </si>
   <si>
-    <t>LYLE NELLIE A</t>
-[...1 lines deleted...]
-  <si>
     <t>123 WEST ST</t>
   </si>
   <si>
     <t>22-00680.000</t>
   </si>
   <si>
     <t>JEPSON LORI</t>
   </si>
   <si>
     <t>28 MANN ST</t>
   </si>
   <si>
     <t>22-00689.000</t>
   </si>
   <si>
     <t>LYLE RICHARD W</t>
   </si>
   <si>
     <t>KENNAN ST</t>
   </si>
   <si>
     <t>22-00709.000</t>
   </si>
   <si>
     <t>KALINOWSKI ROBERT E JR</t>
@@ -982,53 +925,50 @@
   <si>
     <t>666 MAIN ST</t>
   </si>
   <si>
     <t>22-00714.000</t>
   </si>
   <si>
     <t>JORDAN DONNA J</t>
   </si>
   <si>
     <t>PRIVATE RD</t>
   </si>
   <si>
     <t>22-00718.000</t>
   </si>
   <si>
     <t>MASSEY SHAWN &amp; DIANA SURV</t>
   </si>
   <si>
     <t>630 BENNETT ST</t>
   </si>
   <si>
     <t>22-00720.000</t>
   </si>
   <si>
-    <t>CLOWER WILLIAM C</t>
-[...1 lines deleted...]
-  <si>
     <t>22-00721.000</t>
   </si>
   <si>
     <t>22-00722.000</t>
   </si>
   <si>
     <t>22-00730.000</t>
   </si>
   <si>
     <t>519 WHITELY ST</t>
   </si>
   <si>
     <t>22-00737.000</t>
   </si>
   <si>
     <t>RIGGLE CHARLES WILLIAM</t>
   </si>
   <si>
     <t>158 1ST ST</t>
   </si>
   <si>
     <t>22-00738.000</t>
   </si>
   <si>
     <t>MILEN MARY</t>
@@ -1342,53 +1282,50 @@
   <si>
     <t>50 OAK ST</t>
   </si>
   <si>
     <t>22-00989.000</t>
   </si>
   <si>
     <t>CONNOR CHARLOTTE A &amp; ERIC ALAN HERSEY</t>
   </si>
   <si>
     <t>18 OLD CADIZ RD</t>
   </si>
   <si>
     <t>22-00990.000</t>
   </si>
   <si>
     <t>SIMMS JANE PRICE</t>
   </si>
   <si>
     <t>22-00991.000</t>
   </si>
   <si>
     <t>22-00998.000</t>
   </si>
   <si>
-    <t>SMITH MARY ELLEN</t>
-[...1 lines deleted...]
-  <si>
     <t>704 BENNETT ST</t>
   </si>
   <si>
     <t>22-01020.000</t>
   </si>
   <si>
     <t>IRVIN KENNETH R</t>
   </si>
   <si>
     <t>419 WHITELY ST</t>
   </si>
   <si>
     <t>22-01033.000</t>
   </si>
   <si>
     <t>OATES TOMMY</t>
   </si>
   <si>
     <t>36 OLD CADIZ PIKE</t>
   </si>
   <si>
     <t>22-01040.000</t>
   </si>
   <si>
     <t>STRONG MARGARET ETAL</t>
@@ -1567,62 +1504,56 @@
   <si>
     <t>22-01254.000</t>
   </si>
   <si>
     <t>MCCONN DELBERT R. &amp; JANICE</t>
   </si>
   <si>
     <t>511 LINCOLN AVE</t>
   </si>
   <si>
     <t>22-01309.000</t>
   </si>
   <si>
     <t>MASTERS AIMEE F</t>
   </si>
   <si>
     <t>311 BENNETT ST</t>
   </si>
   <si>
     <t>22-01315.000</t>
   </si>
   <si>
     <t>PALMER B.M.</t>
   </si>
   <si>
-    <t>22-01457.000</t>
+    <t>22-01458.000</t>
   </si>
   <si>
     <t>WAMSLEY KRISTEN M &amp; ROBERT L BRIGHT JR</t>
   </si>
   <si>
-    <t>57605 WILLOW AVE</t>
-[...4 lines deleted...]
-  <si>
     <t>WILLOW ST</t>
   </si>
   <si>
     <t>22-01459.000</t>
   </si>
   <si>
     <t>22-01460.000</t>
   </si>
   <si>
     <t>R. WILLOW ST</t>
   </si>
   <si>
     <t>22-01470.000</t>
   </si>
   <si>
     <t>WHEELER JOSEPH R &amp; JULIA SURV</t>
   </si>
   <si>
     <t>67686 KIRKWOOD HGTS RD</t>
   </si>
   <si>
     <t>22-01499.000</t>
   </si>
   <si>
     <t>ELLSWORTH WILLIAM B &amp; DIANA MSURV</t>
@@ -1708,143 +1639,101 @@
   <si>
     <t>STREIGHT VICTORIA A &amp; ROY E DUFF JR</t>
   </si>
   <si>
     <t>6 S PATTERSON</t>
   </si>
   <si>
     <t>23-00075.000</t>
   </si>
   <si>
     <t>SOCHOR FRANK J JR</t>
   </si>
   <si>
     <t>22 MAPLE ST</t>
   </si>
   <si>
     <t>23-00090.000</t>
   </si>
   <si>
     <t>HOSKINSON LESLIE R</t>
   </si>
   <si>
     <t>18 DRIGGS LANE BROOKSIDE</t>
   </si>
   <si>
-    <t>23-00096.000</t>
-[...7 lines deleted...]
-  <si>
     <t>23-00153.000</t>
   </si>
   <si>
     <t>JACKSON HERMAN A</t>
   </si>
   <si>
     <t>16 BROOKSIDE AVE</t>
   </si>
   <si>
-    <t>23-00165.000</t>
-[...7 lines deleted...]
-  <si>
     <t>23-00166.000</t>
   </si>
   <si>
     <t>8 ROSS ST</t>
   </si>
   <si>
     <t>23-00212.000</t>
   </si>
   <si>
     <t>REYNOLDS CHARLES D</t>
   </si>
   <si>
     <t>862 NATIONAL RD</t>
   </si>
   <si>
     <t>23-00213.000</t>
   </si>
   <si>
     <t>23-00241.000</t>
   </si>
   <si>
     <t>ANDERSON ERIC &amp; JASMINE SURV</t>
   </si>
   <si>
     <t>14 ELM ST</t>
   </si>
   <si>
-    <t>23-00269.000</t>
-[...7 lines deleted...]
-  <si>
     <t>23-00290.000</t>
   </si>
   <si>
     <t>THORMAN JOHNATHEN &amp; TAYLER</t>
   </si>
   <si>
-    <t>23-00323.001</t>
-[...1 lines deleted...]
-  <si>
     <t>23-00324.000</t>
   </si>
   <si>
     <t>FRANKOVICH DAVID T</t>
   </si>
   <si>
     <t>10 LOCUST AVE</t>
   </si>
   <si>
-    <t>23-00360.000</t>
-[...10 lines deleted...]
-  <si>
     <t>23-00367.000</t>
   </si>
   <si>
     <t>ARTAB LLC</t>
   </si>
   <si>
     <t>890 NATIONAL RD</t>
   </si>
   <si>
     <t>23-60005.000</t>
   </si>
   <si>
     <t>CHURCH OF GOD</t>
   </si>
   <si>
     <t>859 NATIONAL RD</t>
   </si>
   <si>
     <t>56-00006.000</t>
   </si>
   <si>
     <t>VICHICH FRANK J &amp; MABEL C SURV</t>
   </si>
   <si>
     <t>56005 BEALE ST</t>
@@ -1954,59 +1843,50 @@
   <si>
     <t>NISPERLY LAWRENCE &amp; EILLEEN SURV</t>
   </si>
   <si>
     <t>68640 MUTTON HOLLOW RD</t>
   </si>
   <si>
     <t>56-00177.000</t>
   </si>
   <si>
     <t>TAYLOR HELEN</t>
   </si>
   <si>
     <t>68525 MUTTON HOLLOW RD</t>
   </si>
   <si>
     <t>56-00195.000</t>
   </si>
   <si>
     <t>CUNNINGHAM KENNETH L</t>
   </si>
   <si>
     <t>55752 NATIONAL RD</t>
   </si>
   <si>
-    <t>56-00199.000</t>
-[...7 lines deleted...]
-  <si>
     <t>56-00200.000</t>
   </si>
   <si>
     <t>BAYSAL RICHARD D &amp; LORI SHAW BAYSAL SURV</t>
   </si>
   <si>
     <t>55660 NATIONAL RD</t>
   </si>
   <si>
     <t>56-00277.000</t>
   </si>
   <si>
     <t>TAFLAN STEEL INC</t>
   </si>
   <si>
     <t>54368 NATIONAL RD</t>
   </si>
   <si>
     <t>56-00296.001</t>
   </si>
   <si>
     <t>THOMPSON RICHARD P JR ETAL 4 SURV</t>
   </si>
   <si>
     <t>67820 STOP HILL 32</t>
@@ -2206,51 +2086,51 @@
   <si>
     <t>56-00560.000</t>
   </si>
   <si>
     <t>JARVIS ANGELA</t>
   </si>
   <si>
     <t>HANDEL ST</t>
   </si>
   <si>
     <t>56-00561.000</t>
   </si>
   <si>
     <t>67999 HANDEL ST</t>
   </si>
   <si>
     <t>56-00578.000</t>
   </si>
   <si>
     <t>UNITED STATES POSTAL SERVICE</t>
   </si>
   <si>
     <t>56-00645.000</t>
   </si>
   <si>
-    <t>SMITH RICHARD A</t>
+    <t>MILLER ASHLEY N &amp; BRANDON M WEBB</t>
   </si>
   <si>
     <t>56-00646.000</t>
   </si>
   <si>
     <t>56480 S WINNING ST</t>
   </si>
   <si>
     <t>56-00660.000</t>
   </si>
   <si>
     <t>ROSKOVICH MARY</t>
   </si>
   <si>
     <t>56-00661.000</t>
   </si>
   <si>
     <t>56490 S WINNING ST</t>
   </si>
   <si>
     <t>56-00667.000</t>
   </si>
   <si>
     <t>MYERS WENDY D</t>
   </si>
@@ -2332,51 +2212,51 @@
   <si>
     <t>56-00742.000</t>
   </si>
   <si>
     <t>56-00761.000</t>
   </si>
   <si>
     <t>SMITH DERICK J JR</t>
   </si>
   <si>
     <t>67991 MURPHY RD</t>
   </si>
   <si>
     <t>5600817</t>
   </si>
   <si>
     <t>POLLOCK TIFFANY</t>
   </si>
   <si>
     <t>67924 HOOVER DR</t>
   </si>
   <si>
     <t>56-00826.000</t>
   </si>
   <si>
-    <t>CAR AMERICA INC</t>
+    <t>CISSE ALIKALY</t>
   </si>
   <si>
     <t>LANSING LANE</t>
   </si>
   <si>
     <t>56-00935.000</t>
   </si>
   <si>
     <t>NEWKIRK DANA L &amp; STEPHEN L SURV</t>
   </si>
   <si>
     <t>67922 WORLEY AVE</t>
   </si>
   <si>
     <t>56-00936.000</t>
   </si>
   <si>
     <t>WORLEY AVE</t>
   </si>
   <si>
     <t>56-00945.000</t>
   </si>
   <si>
     <t>VALENTINO MARY E</t>
   </si>
@@ -2413,59 +2293,50 @@
   <si>
     <t>5601021</t>
   </si>
   <si>
     <t>GODWIN HEATHER</t>
   </si>
   <si>
     <t>67888 ADAMS AVE</t>
   </si>
   <si>
     <t>5601024</t>
   </si>
   <si>
     <t>HUSVAR JOSEPH</t>
   </si>
   <si>
     <t>67908 NIXON DR</t>
   </si>
   <si>
     <t>56-01116.000</t>
   </si>
   <si>
     <t>ACKERMAN MICHAEL &amp; BONNIE SURV</t>
   </si>
   <si>
-    <t>56-01155.000</t>
-[...7 lines deleted...]
-  <si>
     <t>56-01178.000</t>
   </si>
   <si>
     <t>MYERS TERRY L</t>
   </si>
   <si>
     <t>56005 W 2ND ST</t>
   </si>
   <si>
     <t>56-01204.000</t>
   </si>
   <si>
     <t>BEAL TIMOTHY L &amp; AMANDA L SURV</t>
   </si>
   <si>
     <t>55970 W 2ND ST</t>
   </si>
   <si>
     <t>56-01239.000</t>
   </si>
   <si>
     <t>2 ND ST</t>
   </si>
   <si>
     <t>56-01240.000</t>
@@ -2575,62 +2446,56 @@
   <si>
     <t>56-01446.008</t>
   </si>
   <si>
     <t>55377 ZAWISA DR</t>
   </si>
   <si>
     <t>56-01449.000</t>
   </si>
   <si>
     <t>56001 BEAL ST</t>
   </si>
   <si>
     <t>56-01473.000</t>
   </si>
   <si>
     <t>GRAY SCOTT M</t>
   </si>
   <si>
     <t>56-01475.000</t>
   </si>
   <si>
     <t>56-01477.000</t>
   </si>
   <si>
-    <t>56-01616.000</t>
+    <t>56-01617.000</t>
   </si>
   <si>
     <t>BOKONE STEPHEN N JR</t>
   </si>
   <si>
-    <t>1049 BUCKEYE ST</t>
-[...4 lines deleted...]
-  <si>
     <t>BUCKEYE ST</t>
   </si>
   <si>
     <t>5601620</t>
   </si>
   <si>
     <t>THOMAS EDNA K &amp; NORMA J BENEDETT</t>
   </si>
   <si>
     <t>67928 HOOVER AVE</t>
   </si>
   <si>
     <t>56-01633.000</t>
   </si>
   <si>
     <t>DAY KITRICIA</t>
   </si>
   <si>
     <t>1153 HOWARD ST</t>
   </si>
   <si>
     <t>56-01641.000</t>
   </si>
   <si>
     <t>BARNES KRISTIE L ETAL</t>
@@ -2668,95 +2533,89 @@
   <si>
     <t>56-01742.000</t>
   </si>
   <si>
     <t>OBERDICK MILDRED C</t>
   </si>
   <si>
     <t>57934 KILGORE RD</t>
   </si>
   <si>
     <t>56-01776.000</t>
   </si>
   <si>
     <t>MOORES RUN RD</t>
   </si>
   <si>
     <t>5601778</t>
   </si>
   <si>
     <t>PERKO RAYMOND A</t>
   </si>
   <si>
     <t>68626 HILL ST</t>
   </si>
   <si>
-    <t>56-01782.000</t>
-[...4 lines deleted...]
-  <si>
     <t>56-01783.000</t>
   </si>
   <si>
+    <t>TROYER LESTER L</t>
+  </si>
+  <si>
     <t>56-01785.000</t>
   </si>
   <si>
     <t>MCCUTCHEON JOSEPH A &amp; SHARON C TRUSTEES</t>
   </si>
   <si>
     <t>CR 32</t>
   </si>
   <si>
     <t>56-01794.000</t>
   </si>
   <si>
     <t>WILSON WILLIAM DALE &amp; EVA JEANSURV</t>
   </si>
   <si>
     <t>KILGORE RD</t>
   </si>
   <si>
     <t>56-01795.000</t>
   </si>
   <si>
-    <t>56-01796.000</t>
+    <t>BRANDON MICHAEL</t>
   </si>
   <si>
     <t>56-01797.000</t>
   </si>
   <si>
     <t>56-01798.000</t>
   </si>
   <si>
     <t>57887 KILGORE RD</t>
   </si>
   <si>
-    <t>56-01799.000</t>
-[...1 lines deleted...]
-  <si>
     <t>56-01800.000</t>
   </si>
   <si>
     <t>OTTO AUBREY A</t>
   </si>
   <si>
     <t>56-01801.000</t>
   </si>
   <si>
     <t>56-01802.000</t>
   </si>
   <si>
     <t>56-01803.000</t>
   </si>
   <si>
     <t>57782 MOORES RUN RD</t>
   </si>
   <si>
     <t>56-01823.000</t>
   </si>
   <si>
     <t>56-01828.000</t>
   </si>
   <si>
     <t>HALL RICHARD E</t>
@@ -2767,59 +2626,50 @@
   <si>
     <t>56-01835.000</t>
   </si>
   <si>
     <t>56-01839.000</t>
   </si>
   <si>
     <t>CAMPBELL JIMMY RAY &amp; ANNIE JEAN SURV</t>
   </si>
   <si>
     <t>56-01840.000</t>
   </si>
   <si>
     <t>57881 KILGORE RD</t>
   </si>
   <si>
     <t>56-01842.000</t>
   </si>
   <si>
     <t>LYLE JOHN L &amp; DEBRA A</t>
   </si>
   <si>
     <t>57832 KILGORE RD</t>
   </si>
   <si>
-    <t>56-01843.000</t>
-[...7 lines deleted...]
-  <si>
     <t>56-01845.000</t>
   </si>
   <si>
     <t>LYLE JOHN R &amp; DEBRA A SURV</t>
   </si>
   <si>
     <t>56-01846.000</t>
   </si>
   <si>
     <t>57835 KILGORE RD</t>
   </si>
   <si>
     <t>56-01847.000</t>
   </si>
   <si>
     <t>56-01849.000</t>
   </si>
   <si>
     <t>56-01850.000</t>
   </si>
   <si>
     <t>56-01857.000</t>
   </si>
   <si>
     <t>GONZALEZ JOSHUA D &amp; SHANNON RSURV</t>
@@ -2854,77 +2704,59 @@
   <si>
     <t>1195 MINELLEN DR</t>
   </si>
   <si>
     <t>56-01866.000</t>
   </si>
   <si>
     <t>56-01867.000</t>
   </si>
   <si>
     <t>56-01879.000</t>
   </si>
   <si>
     <t>BONNETTE JOHN DAVID JR</t>
   </si>
   <si>
     <t>56-01881.000</t>
   </si>
   <si>
     <t>56-01883.000</t>
   </si>
   <si>
     <t>56-01885.000</t>
   </si>
   <si>
-    <t>5601922</t>
-[...7 lines deleted...]
-  <si>
     <t>5602620</t>
   </si>
   <si>
     <t>KEEDY JOAN</t>
   </si>
   <si>
     <t>67917 JOHNSON AVE</t>
   </si>
   <si>
-    <t>5602645</t>
-[...7 lines deleted...]
-  <si>
     <t>5602655</t>
   </si>
   <si>
     <t>JACKSON CLIFFORD &amp; SKYLAR</t>
   </si>
   <si>
     <t>67901 HOOVER AVE</t>
   </si>
   <si>
     <t>5602662</t>
   </si>
   <si>
     <t>MONTGOMERY MARLENE AND RONALD &amp; DAWN COFFIELD</t>
   </si>
   <si>
     <t>68315 ADOLPH ST</t>
   </si>
   <si>
     <t>5603169</t>
   </si>
   <si>
     <t>KEMP, BRIAN</t>
   </si>
   <si>
     <t>67905 NIXON AVE</t>
@@ -3226,59 +3058,50 @@
   <si>
     <t>BAIER CARL R JR &amp; BEAULAH B</t>
   </si>
   <si>
     <t>WASHINGTON ST</t>
   </si>
   <si>
     <t>57-00043.000</t>
   </si>
   <si>
     <t>BEESON ADA MAY ETAL</t>
   </si>
   <si>
     <t>BEESON RD</t>
   </si>
   <si>
     <t>57-00047.000</t>
   </si>
   <si>
     <t>BENNETT ROBERT E</t>
   </si>
   <si>
     <t>PARK VIEW</t>
   </si>
   <si>
-    <t>57-00048.000</t>
-[...7 lines deleted...]
-  <si>
     <t>57-00055.000</t>
   </si>
   <si>
     <t>STENGER DOUGLAS R &amp; JAMIE L SURV</t>
   </si>
   <si>
     <t>FERRYVIEW RD</t>
   </si>
   <si>
     <t>57-00103.000</t>
   </si>
   <si>
     <t>CALLARIK JOSEPH</t>
   </si>
   <si>
     <t>BUCKEYE RUN RD</t>
   </si>
   <si>
     <t>57-00153.000</t>
   </si>
   <si>
     <t>SIGON WILLIAM A II &amp; CASSANDRA J SURV</t>
   </si>
   <si>
     <t>SR 250</t>
@@ -3331,59 +3154,50 @@
   <si>
     <t>HEALEY FRANCES M</t>
   </si>
   <si>
     <t>WOODS AVE</t>
   </si>
   <si>
     <t>57-00422.000</t>
   </si>
   <si>
     <t>HOSKINS LAURA L &amp; EVA</t>
   </si>
   <si>
     <t>BROAD BLVD</t>
   </si>
   <si>
     <t>57-00431.000</t>
   </si>
   <si>
     <t>JOHNSON CLARK M &amp; CHARLOTTE</t>
   </si>
   <si>
     <t>WILSON RD</t>
   </si>
   <si>
-    <t>57-00449.000</t>
-[...7 lines deleted...]
-  <si>
     <t>57-00450.000</t>
   </si>
   <si>
     <t>KELLEY ROSE</t>
   </si>
   <si>
     <t>BROAD ST</t>
   </si>
   <si>
     <t>57-00495.000</t>
   </si>
   <si>
     <t>NEAL TANYA &amp; LARAMIE</t>
   </si>
   <si>
     <t>HANSON RD</t>
   </si>
   <si>
     <t>57-00496.000</t>
   </si>
   <si>
     <t>CORN. WILSON &amp; HANSON RD</t>
   </si>
   <si>
     <t>57-00497.000</t>
@@ -3538,125 +3352,107 @@
   <si>
     <t>62-00002.000</t>
   </si>
   <si>
     <t>62-00008.000</t>
   </si>
   <si>
     <t>THOBURN CHRIS R &amp; JENNIFER A SURV ETAL</t>
   </si>
   <si>
     <t>69-00034.000</t>
   </si>
   <si>
     <t>COLLINS TONYA L</t>
   </si>
   <si>
     <t>69-00035.000</t>
   </si>
   <si>
     <t>69-00036.000</t>
   </si>
   <si>
     <t>69-00037.000</t>
   </si>
   <si>
-    <t>69-00038.000</t>
-[...4 lines deleted...]
-  <si>
     <t>69-00039.000</t>
   </si>
   <si>
     <t>69-00040.000</t>
   </si>
   <si>
     <t>69-00133.000</t>
   </si>
   <si>
     <t>WITT MICHELLE S</t>
   </si>
   <si>
     <t>12 PATTERSON RD</t>
   </si>
   <si>
     <t>69-00134.000</t>
   </si>
   <si>
     <t>PATTERSON RD</t>
   </si>
   <si>
     <t>69-00135.000</t>
   </si>
   <si>
-    <t>69-00146.000</t>
-[...1 lines deleted...]
-  <si>
     <t>69-00150.000</t>
   </si>
   <si>
     <t>SEARS CHARLES E ETAL 2</t>
   </si>
   <si>
     <t>69-00151.000</t>
   </si>
   <si>
     <t>69-00152.000</t>
   </si>
   <si>
     <t>BEHIND BENCH ST</t>
   </si>
   <si>
     <t>69-00153.000</t>
   </si>
   <si>
     <t>69-00172.000</t>
   </si>
   <si>
     <t>WEST ALLISON J &amp; DONALD C HENDERSON SURV</t>
   </si>
   <si>
     <t>6 PATTERSON RD</t>
   </si>
   <si>
     <t>69-00173.000</t>
   </si>
   <si>
     <t>69-00174.000</t>
   </si>
   <si>
-    <t>6906205</t>
-[...7 lines deleted...]
-  <si>
     <t>69-99999.999</t>
   </si>
   <si>
     <t>TEST PARCEL</t>
   </si>
   <si>
     <t>PLAY PARCEL</t>
   </si>
   <si>
     <t>20-00052.000</t>
   </si>
   <si>
     <t>CRAWFORD ABIGAIL</t>
   </si>
   <si>
     <t>BUCKEYE LSD (JEFFERSON CO.)</t>
   </si>
   <si>
     <t>DEEP RUN RD</t>
   </si>
   <si>
     <t>20-00055.000</t>
   </si>
   <si>
     <t>KULL SCOTT D &amp; CATHERINE J SURV</t>
@@ -3763,59 +3559,50 @@
   <si>
     <t>20-00529.000</t>
   </si>
   <si>
     <t>REMNANT ASSETS LLC</t>
   </si>
   <si>
     <t>MILLERS SUBDIVISION</t>
   </si>
   <si>
     <t>2004807</t>
   </si>
   <si>
     <t>57677 DEEP RUN ROAD ST</t>
   </si>
   <si>
     <t>2005848</t>
   </si>
   <si>
     <t>CARMALT CHRISTOPHER L &amp; ASHLEY N</t>
   </si>
   <si>
     <t>57919 DEEP RUN ROAD</t>
   </si>
   <si>
-    <t>25-00023.000</t>
-[...7 lines deleted...]
-  <si>
     <t>25-00056.000</t>
   </si>
   <si>
     <t>BOLOCK KURT S</t>
   </si>
   <si>
     <t>615 MARKET ST</t>
   </si>
   <si>
     <t>25-00089.000</t>
   </si>
   <si>
     <t>KAISER EDWARD J &amp; ILA</t>
   </si>
   <si>
     <t>JONES AVE</t>
   </si>
   <si>
     <t>25-00119.000</t>
   </si>
   <si>
     <t>STEWART SHEILA RENEE</t>
   </si>
   <si>
     <t>25-00171.000</t>
@@ -3898,84 +3685,75 @@
   <si>
     <t>RIDGETOP CAPITAL II LP</t>
   </si>
   <si>
     <t>58-00016.000</t>
   </si>
   <si>
     <t>63-00005.000</t>
   </si>
   <si>
     <t>CHANNEL HEIDI S</t>
   </si>
   <si>
     <t>56220 BARNES RD</t>
   </si>
   <si>
     <t>63-00009.001</t>
   </si>
   <si>
     <t>COE JOSEPH &amp; BRANDILYN SCHRAMM</t>
   </si>
   <si>
     <t>GLEN ROBBINS RD - SHORT CREEK RD</t>
   </si>
   <si>
-    <t>63-00051.004</t>
-[...7 lines deleted...]
-  <si>
     <t>21-00014.000</t>
   </si>
   <si>
     <t>TRIGG RAYMOND</t>
   </si>
   <si>
     <t>MARTINS FERRY CSD</t>
   </si>
   <si>
     <t>58859 CREEK RD</t>
   </si>
   <si>
     <t>21-00036.000</t>
   </si>
   <si>
     <t>RUSSELL CHARLOTTE</t>
   </si>
   <si>
     <t>673 CEMETERY RD</t>
   </si>
   <si>
     <t>21-00198.000</t>
   </si>
   <si>
-    <t>STEWART JOSEPH &amp; CHRISTIAN LSURV</t>
+    <t>STEWART JOSEPH</t>
   </si>
   <si>
     <t>9 TH ST</t>
   </si>
   <si>
     <t>21-00230.000</t>
   </si>
   <si>
     <t>RUSSELL TONYA D &amp; DENNIS JR SURV</t>
   </si>
   <si>
     <t>CEMETERY RD</t>
   </si>
   <si>
     <t>21-00352.000</t>
   </si>
   <si>
     <t>MITCHELL MOLLY</t>
   </si>
   <si>
     <t>675 CEMETERY RD</t>
   </si>
   <si>
     <t>21-00477.000</t>
   </si>
@@ -5008,80 +4786,77 @@
   <si>
     <t>1314 INDIANA ST</t>
   </si>
   <si>
     <t>24-01400.000</t>
   </si>
   <si>
     <t>GWINN CECIL W &amp; JEAN A SURV</t>
   </si>
   <si>
     <t>1313 INDIANA ST</t>
   </si>
   <si>
     <t>24-01403.000</t>
   </si>
   <si>
     <t>HUGHES ILEANE W &amp; CATHY LEE WURSTER</t>
   </si>
   <si>
     <t>622 JEFFERSON ST</t>
   </si>
   <si>
     <t>24-01410.000</t>
   </si>
   <si>
-    <t>MCBROOM SUSIE</t>
+    <t>DAVIES JOHN R</t>
   </si>
   <si>
     <t>816 CATAWBA ST</t>
   </si>
   <si>
     <t>24-01412.000</t>
   </si>
   <si>
     <t>CALOVINI RONALD J</t>
   </si>
   <si>
     <t>615 CEMETERY RD</t>
   </si>
   <si>
     <t>24-01419.000</t>
   </si>
   <si>
     <t>GUISTI CRAIG</t>
   </si>
   <si>
     <t>511 UNION ST</t>
   </si>
   <si>
     <t>24-01440.000</t>
   </si>
   <si>
-    <t>EPPLEY RONALD</t>
-[...1 lines deleted...]
-  <si>
     <t>525 N ZANE HWY</t>
   </si>
   <si>
     <t>24-01452.000</t>
   </si>
   <si>
     <t>SMITH FRANK LEE &amp; TARI LINZEY SURV</t>
   </si>
   <si>
     <t>VINE WAY</t>
   </si>
   <si>
     <t>24-01453.000</t>
   </si>
   <si>
     <t>1051 VINE WAY</t>
   </si>
   <si>
     <t>24-01487.000</t>
   </si>
   <si>
     <t>STEWART MARIAN</t>
   </si>
   <si>
     <t>644 CEMETERY RD</t>
@@ -5212,59 +4987,50 @@
   <si>
     <t>24-01700.000</t>
   </si>
   <si>
     <t>310 S 3RD ST</t>
   </si>
   <si>
     <t>24-01725.000</t>
   </si>
   <si>
     <t>SOLTESZ SHIRLEY ANN</t>
   </si>
   <si>
     <t>410 N 8TH ST</t>
   </si>
   <si>
     <t>24-01731.000</t>
   </si>
   <si>
     <t>KUPROWICZ MARGARET B</t>
   </si>
   <si>
     <t>HALMWAY ST</t>
   </si>
   <si>
-    <t>24-01737.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-01743.000</t>
   </si>
   <si>
     <t>ROBISON DIANE DAVIS &amp; PHILLIP L SURV</t>
   </si>
   <si>
     <t>442 N 8TH ST</t>
   </si>
   <si>
     <t>24-01762.000</t>
   </si>
   <si>
     <t>VINCENZO ANGELO D</t>
   </si>
   <si>
     <t>24-01775.000</t>
   </si>
   <si>
     <t>LEDGER WILLIAM</t>
   </si>
   <si>
     <t>VINEWAY DR</t>
   </si>
   <si>
     <t>24-01776.000</t>
@@ -5377,59 +5143,50 @@
   <si>
     <t>24-01926.000</t>
   </si>
   <si>
     <t>24-01927.000</t>
   </si>
   <si>
     <t>1 DON ST</t>
   </si>
   <si>
     <t>24-01928.000</t>
   </si>
   <si>
     <t>24-01929.000</t>
   </si>
   <si>
     <t>24-01949.000</t>
   </si>
   <si>
     <t>GLEAVES EILEEN M</t>
   </si>
   <si>
     <t>507 CLINTON ST</t>
   </si>
   <si>
-    <t>24-01979.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-02006.000</t>
   </si>
   <si>
     <t>SALL MELISSA M &amp; BENJAMIN S SURV</t>
   </si>
   <si>
     <t>24-02007.000</t>
   </si>
   <si>
     <t>SHAW RONALD EUGENE II &amp; STACEY MICHELLE SURV</t>
   </si>
   <si>
     <t>724 GRANT AVE</t>
   </si>
   <si>
     <t>24-02009.000</t>
   </si>
   <si>
     <t>46 N 3RD ST</t>
   </si>
   <si>
     <t>24-02032.000</t>
   </si>
   <si>
     <t>CARNEY MICHAEL</t>
@@ -5578,59 +5335,50 @@
   <si>
     <t>24-02236.000</t>
   </si>
   <si>
     <t>ITALO AMERICAN CITIZENS POLITICAL CLUB</t>
   </si>
   <si>
     <t>712 5TH ST</t>
   </si>
   <si>
     <t>24-02251.000</t>
   </si>
   <si>
     <t>MCKEEVER MARIANN</t>
   </si>
   <si>
     <t>MARIANN DR</t>
   </si>
   <si>
     <t>24-02252.000</t>
   </si>
   <si>
     <t>24-02253.000</t>
   </si>
   <si>
-    <t>24-02276.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-02291.000</t>
   </si>
   <si>
     <t>HERNANDEZ MADDOX J &amp; BARBARA M TRUSTEES</t>
   </si>
   <si>
     <t>837 SEABRIGHTS LANE</t>
   </si>
   <si>
     <t>24-02343.000</t>
   </si>
   <si>
     <t>OTOOLE DOUGLAS A</t>
   </si>
   <si>
     <t>805 GRANT ST</t>
   </si>
   <si>
     <t>24-02362.000</t>
   </si>
   <si>
     <t>WILSON MARC T &amp; BRANDY L SURV</t>
   </si>
   <si>
     <t>703 6TH ST</t>
@@ -5641,92 +5389,89 @@
   <si>
     <t>703 N 6TH ST</t>
   </si>
   <si>
     <t>24-02376.000</t>
   </si>
   <si>
     <t>OTOOLE JO ANN M</t>
   </si>
   <si>
     <t>1120 INDIANA ST</t>
   </si>
   <si>
     <t>24-02386.000</t>
   </si>
   <si>
     <t>BURCH BRUCE ALLEN ETAL 2</t>
   </si>
   <si>
     <t>1508 N 8TH ST</t>
   </si>
   <si>
     <t>24-02423.000</t>
   </si>
   <si>
-    <t>PANDELOS ERNEST M ETALS</t>
+    <t>O.W. JET LLC</t>
   </si>
   <si>
     <t>803 5TH ST</t>
   </si>
   <si>
     <t>24-02424.000</t>
   </si>
   <si>
     <t>624 WASHINGTON ST</t>
   </si>
   <si>
     <t>24-02426.000</t>
   </si>
   <si>
     <t>WEAVER AUSTIN WILLIAM</t>
   </si>
   <si>
     <t>240 N 7TH ST</t>
   </si>
   <si>
     <t>24-02443.000</t>
   </si>
   <si>
     <t>JACQUELINE'S FINANCIAL HOLDINGS AND TRUST LLC</t>
   </si>
   <si>
     <t>537 N 7TH ST</t>
   </si>
   <si>
     <t>24-02456.000</t>
   </si>
   <si>
     <t>411 7TH ST</t>
   </si>
   <si>
     <t>24-02465.000</t>
   </si>
   <si>
-    <t>PARKER &amp; HESSE</t>
-[...1 lines deleted...]
-  <si>
     <t>WALNUT ST</t>
   </si>
   <si>
     <t>24-02473.000</t>
   </si>
   <si>
     <t>PATTERSON STELLA M</t>
   </si>
   <si>
     <t>621 DEHASS ST</t>
   </si>
   <si>
     <t>24-02475.000</t>
   </si>
   <si>
     <t>BURCH JOHN</t>
   </si>
   <si>
     <t>24-02476.000</t>
   </si>
   <si>
     <t>24-02477.000</t>
   </si>
   <si>
     <t>DEATON WILLIAM A</t>
@@ -5902,59 +5647,50 @@
   <si>
     <t>24-02703.000</t>
   </si>
   <si>
     <t>LITWIN RICHARD &amp; MISTY PAUGH SURV</t>
   </si>
   <si>
     <t>539 N 7TH ST</t>
   </si>
   <si>
     <t>24-02706.000</t>
   </si>
   <si>
     <t>TYLER JONATHAN &amp; LINDA</t>
   </si>
   <si>
     <t>609 WASHINGTON ST</t>
   </si>
   <si>
     <t>24-02716.000</t>
   </si>
   <si>
     <t>43 N 3RD ST</t>
   </si>
   <si>
-    <t>24-02726.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-02731.000</t>
   </si>
   <si>
     <t>VANDENBERG LEE</t>
   </si>
   <si>
     <t>1319 TERRACE ST</t>
   </si>
   <si>
     <t>24-02732.000</t>
   </si>
   <si>
     <t>24-02744.000</t>
   </si>
   <si>
     <t>RUSSELL DENNIS L</t>
   </si>
   <si>
     <t>537 5TH ST</t>
   </si>
   <si>
     <t>24-02744.001</t>
   </si>
   <si>
     <t>LEGGETT CHARLES E</t>
@@ -5965,80 +5701,71 @@
   <si>
     <t>24-02749.000</t>
   </si>
   <si>
     <t>WELLS JOHN DALE</t>
   </si>
   <si>
     <t>525 N 7TH ST</t>
   </si>
   <si>
     <t>24-02755.000</t>
   </si>
   <si>
     <t>648 CEMETERY RD</t>
   </si>
   <si>
     <t>24-02756.000</t>
   </si>
   <si>
     <t>911 INDIANA ST</t>
   </si>
   <si>
     <t>24-02780.000</t>
   </si>
   <si>
-    <t>AMERICAN BONDING COMPANY INC</t>
+    <t>D'CAGNA ANDREW</t>
   </si>
   <si>
     <t>432 CEMETARY RD</t>
   </si>
   <si>
     <t>24-02783.000</t>
   </si>
   <si>
     <t>WILLIAMS MICHAEL F</t>
   </si>
   <si>
     <t>443 N ZANE HWY</t>
   </si>
   <si>
     <t>24-02786.000</t>
   </si>
   <si>
     <t>614 CRAWFORD ST</t>
   </si>
   <si>
-    <t>24-02813.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-02819.000</t>
   </si>
   <si>
     <t>SAMUEL KATHY M</t>
   </si>
   <si>
     <t>720 ELLETT ST</t>
   </si>
   <si>
     <t>24-02911.000</t>
   </si>
   <si>
     <t>BLAKE ROBERT T</t>
   </si>
   <si>
     <t>418 N 5TH ST</t>
   </si>
   <si>
     <t>24-02923.000</t>
   </si>
   <si>
     <t>HAUGHT CARRIE S &amp; MICHAEL</t>
   </si>
   <si>
     <t>INDIANA ST</t>
@@ -6181,179 +5908,143 @@
   <si>
     <t>HERFEY ERIC A</t>
   </si>
   <si>
     <t>1 / 2 REAR AETNA ST</t>
   </si>
   <si>
     <t>24-03209.000</t>
   </si>
   <si>
     <t>38 N 3RD ST</t>
   </si>
   <si>
     <t>24-03250.000</t>
   </si>
   <si>
     <t>HANCOCK WADE SB &amp; LORENA D SURV</t>
   </si>
   <si>
     <t>323 N 7TH ST</t>
   </si>
   <si>
     <t>24-03263.000</t>
   </si>
   <si>
-    <t>J &amp; D REAL ESTATE INVESTORS LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>CATAWBA ST</t>
   </si>
   <si>
     <t>24-03280.000</t>
   </si>
   <si>
     <t>TROY SANDRA K</t>
   </si>
   <si>
     <t>408 ELM ST</t>
   </si>
   <si>
     <t>24-03290.000</t>
   </si>
   <si>
     <t>TENDER LOVING CARE REAL ESTATE LLC</t>
   </si>
   <si>
     <t>24-03306.000</t>
   </si>
   <si>
     <t>OHIO VALLEY REAL ESTATE DEVELOPMENT LLC</t>
   </si>
   <si>
     <t>1139 W JEFFERSON ST</t>
   </si>
   <si>
     <t>24-03308.000</t>
   </si>
   <si>
     <t>FORBES MERI-LYNN &amp; RICHARD S DALES</t>
   </si>
   <si>
     <t>534 N 7TH ST</t>
   </si>
   <si>
     <t>24-03325.000</t>
   </si>
   <si>
     <t>RUNYAN KIMBER A</t>
   </si>
   <si>
     <t>907 BROADWAY ST</t>
   </si>
   <si>
-    <t>24-03331.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-03345.000</t>
   </si>
   <si>
     <t>BELMONT COUNTY LAND REUTILIZATION CORPORATION</t>
   </si>
   <si>
     <t>615 WALNUT ST</t>
   </si>
   <si>
     <t>24-03358.000</t>
   </si>
   <si>
     <t>KENDALL LARRY JR</t>
   </si>
   <si>
     <t>540 ZANE HWY</t>
   </si>
   <si>
     <t>24-03372.000</t>
   </si>
   <si>
     <t>MILLS KARLA S</t>
   </si>
   <si>
     <t>526 OHIO AVE</t>
   </si>
   <si>
-    <t>24-03375.000</t>
-[...13 lines deleted...]
-  <si>
     <t>24-03387.000</t>
   </si>
   <si>
     <t>PADGELEK ELIZABETH C</t>
   </si>
   <si>
     <t>1124 BROADWAY ST</t>
   </si>
   <si>
     <t>24-03389.000</t>
   </si>
   <si>
     <t>48 N 3RD ST</t>
   </si>
   <si>
     <t>24-03397.000</t>
   </si>
   <si>
     <t>59 4TH ST</t>
   </si>
   <si>
-    <t>24-03411.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-03419.000</t>
   </si>
   <si>
     <t>KRIARIS DIMITRIOS V &amp; TANYA MATTER KRIARIS SURV</t>
   </si>
   <si>
     <t>512 CATAWBA ST</t>
   </si>
   <si>
     <t>24-03455.000</t>
   </si>
   <si>
     <t>WILLIAMS THOMAS G JR &amp; NANCY JO SURV</t>
   </si>
   <si>
     <t>815 INDIANA ST</t>
   </si>
   <si>
     <t>24-03474.000</t>
   </si>
   <si>
     <t>WILSON CORA</t>
   </si>
   <si>
     <t>525 SHEETS ST</t>
@@ -6406,197 +6097,158 @@
   <si>
     <t>24-03520.000</t>
   </si>
   <si>
     <t>827 WOODS LANE</t>
   </si>
   <si>
     <t>24-03526.000</t>
   </si>
   <si>
     <t>RICHARDS JAMIE N</t>
   </si>
   <si>
     <t>416 N 7TH ST</t>
   </si>
   <si>
     <t>24-03542.000</t>
   </si>
   <si>
     <t>YESENCZKI ELAINE</t>
   </si>
   <si>
     <t>720 PEARL ST</t>
   </si>
   <si>
-    <t>24-03552.000</t>
-[...10 lines deleted...]
-  <si>
     <t>24-03555.000</t>
   </si>
   <si>
     <t>YOUNKINS JERRY A</t>
   </si>
   <si>
     <t>605 CLINTON ST</t>
   </si>
   <si>
     <t>24-03560.000</t>
   </si>
   <si>
     <t>YURKOVITCH LOUIS ALLAN</t>
   </si>
   <si>
     <t>24-03561.000</t>
   </si>
   <si>
     <t>1323 TERRACE ST</t>
   </si>
   <si>
     <t>24-03641.000</t>
   </si>
   <si>
     <t>ZUBOSKI MARY J</t>
   </si>
   <si>
     <t>536 8TH ST</t>
   </si>
   <si>
-    <t>24-03647.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-03659.000</t>
   </si>
   <si>
     <t>DAVID OWEN G &amp; TYLER K</t>
   </si>
   <si>
     <t>JEFFERSON ST</t>
   </si>
   <si>
     <t>24-03691.000</t>
   </si>
   <si>
     <t>EDGE HOLLY P &amp; MONT F JR SURV</t>
   </si>
   <si>
     <t>1300 S ZANE HWY</t>
   </si>
   <si>
     <t>24-03708.000</t>
   </si>
   <si>
     <t>POULAIN HELEN</t>
   </si>
   <si>
     <t>601 GRANT AVE</t>
   </si>
   <si>
     <t>24-03722.000</t>
   </si>
   <si>
     <t>CRUMMITT MICHAEL D JR</t>
   </si>
   <si>
     <t>24-03750.000</t>
   </si>
   <si>
     <t>ITALIO AMERICAN CITIZENS POLITICAL CLUB</t>
   </si>
   <si>
-    <t>24-03770.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-03791.000</t>
   </si>
   <si>
     <t>24-03811.000</t>
   </si>
   <si>
     <t>DUNN CHARLES F JR</t>
   </si>
   <si>
     <t>707 WALNUT ST</t>
   </si>
   <si>
     <t>24-03870.000</t>
   </si>
   <si>
     <t>CITY OF MARTINS FERRY OHIO</t>
   </si>
   <si>
     <t>539 N 5TH ST</t>
   </si>
   <si>
     <t>24-03873.000</t>
   </si>
   <si>
     <t>MILTON HARRY A</t>
   </si>
   <si>
     <t>100 N 5TH ST</t>
   </si>
   <si>
     <t>24-03899.000</t>
   </si>
   <si>
     <t>DAVID OWEN F &amp; TYLER K</t>
   </si>
   <si>
     <t>BROADWAY &amp; JEFFERSON</t>
   </si>
   <si>
-    <t>24-03917.000</t>
-[...7 lines deleted...]
-  <si>
     <t>24-04082.000</t>
   </si>
   <si>
     <t>HUPP ROGER A JR &amp; KIMBERLY M SURV</t>
   </si>
   <si>
     <t>209 S 7TH ST</t>
   </si>
   <si>
     <t>24-04182.000</t>
   </si>
   <si>
     <t>VARNER PATRICK</t>
   </si>
   <si>
     <t>1307 N 8TH ST</t>
   </si>
   <si>
     <t>24-04183.000</t>
   </si>
   <si>
     <t>WAC FUND</t>
   </si>
   <si>
     <t>24-04186.001</t>
@@ -6817,110 +6469,71 @@
   <si>
     <t>59-00088.000</t>
   </si>
   <si>
     <t>GREEN DAVIS RD</t>
   </si>
   <si>
     <t>59-00089.000</t>
   </si>
   <si>
     <t>59-00090.000</t>
   </si>
   <si>
     <t>59-00091.000</t>
   </si>
   <si>
     <t>WESTLAWN AVE</t>
   </si>
   <si>
     <t>59-00092.000</t>
   </si>
   <si>
     <t>59-00093.000</t>
   </si>
   <si>
-    <t>59-00094.000</t>
-[...2 lines deleted...]
-    <t>CAPRITA JAMIE D &amp; SUSAN E SURV</t>
+    <t>59-00126.000</t>
+  </si>
+  <si>
+    <t>CREST ST</t>
+  </si>
+  <si>
+    <t>59-00127.000</t>
+  </si>
+  <si>
+    <t>59-00128.000</t>
+  </si>
+  <si>
+    <t>59-00129.000</t>
+  </si>
+  <si>
+    <t>59-00131.000</t>
   </si>
   <si>
     <t>WASHINGTON BLVD</t>
   </si>
   <si>
-    <t>59-00095.000</t>
-[...49 lines deleted...]
-  <si>
     <t>59-00132.000</t>
   </si>
   <si>
     <t>59-00144.000</t>
   </si>
   <si>
     <t>DILLON JOHN S</t>
   </si>
   <si>
     <t>WEST LAWN AVE</t>
   </si>
   <si>
     <t>59-00148.000</t>
   </si>
   <si>
     <t>57212 WEST LAWN AVE</t>
   </si>
   <si>
     <t>59-00149.000</t>
   </si>
   <si>
     <t>59-00150.000</t>
   </si>
   <si>
     <t>59-00151.000</t>
@@ -7220,59 +6833,50 @@
     <t>56571 COLERAIN PIKE</t>
   </si>
   <si>
     <t>64-00114.000</t>
   </si>
   <si>
     <t>HOLZOPFEL MARK J &amp; LISA A ARNOLD</t>
   </si>
   <si>
     <t>70388 COLERAIN PIKE</t>
   </si>
   <si>
     <t>64-00119.000</t>
   </si>
   <si>
     <t>COLERAIN MARTINS FERRY RD</t>
   </si>
   <si>
     <t>64-00138.000</t>
   </si>
   <si>
     <t>MARSHALL KEVIN M</t>
   </si>
   <si>
     <t>55192 COLERAIN PIKE</t>
-  </si>
-[...7 lines deleted...]
-    <t>55260 COLERAIN MARTINS FE</t>
   </si>
   <si>
     <t>64-00223.000</t>
   </si>
   <si>
     <t>COLERAIN MARTINS FER RD</t>
   </si>
   <si>
     <t>64-00225.000</t>
   </si>
   <si>
     <t>GREEN MICHAEL A</t>
   </si>
   <si>
     <t>55650 COLERAIN MARTINS FE</t>
   </si>
   <si>
     <t>64-00239.000</t>
   </si>
   <si>
     <t>64-00240.000</t>
   </si>
   <si>
     <t>DEVAUL JUSTIN M</t>
   </si>
@@ -7357,70 +6961,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F1015" headerRowCount="1">
-  <autoFilter ref="A1:F1015"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F959" headerRowCount="1">
+  <autoFilter ref="A1:F959"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40510&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8549&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5927&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21887&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4033&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4035&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10288&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37684&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10912&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24033&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39519&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57667&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68402&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47978&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5215&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44049&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53486&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53492&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8014&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4177&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80577&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59698&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79684&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58092&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19535&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78704&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79912&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80698&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4520&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23667&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33852&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5328&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4934&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=510&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19203&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48049&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45704&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=94&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16620&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37903&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57666&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28568&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31809&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47894&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54328&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44486&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44547&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48040&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23622&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32068&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73092&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7894&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7895&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24486&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44522&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51572&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=83834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78883&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40510&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8549&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5927&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21887&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4033&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4035&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10288&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37684&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10912&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24033&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39519&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57667&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68402&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47978&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5215&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44049&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53486&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53492&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8014&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4177&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80577&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59698&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79684&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58092&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19535&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79912&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80698&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4520&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23667&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33852&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5328&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4934&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=510&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19203&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48049&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45704&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=94&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16620&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37903&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57666&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28568&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31809&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54328&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44486&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44547&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48040&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23622&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73092&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24486&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44522&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=83834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78883&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F1015"/>
+  <dimension ref="A1:F959"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="55.52261734008789" customWidth="1"/>
     <col min="3" max="3" width="28.29169273376465" customWidth="1"/>
     <col min="4" max="4" width="34.131351470947266" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -7444,20293 +7048,19173 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
         <v>28.35</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>91.38</v>
+        <v>324.9</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>324.9</v>
+        <v>120.01</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E5" s="2">
-        <v>120.01</v>
+        <v>245.26</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2">
-        <v>245.26</v>
+        <v>827.32</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>827.32</v>
+        <v>259.6</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>259.6</v>
+        <v>23.01</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="E9" s="2">
-        <v>23.01</v>
+        <v>0.89</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="C10" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="2">
-        <v>0.89</v>
+        <v>353.07</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="2">
-        <v>353.07</v>
+        <v>312.6</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="2">
-        <v>312.6</v>
+        <v>244.84</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="2">
-        <v>244.84</v>
+        <v>46.68</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="E14" s="2">
-        <v>46.68</v>
+        <v>0.89</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="2">
         <v>0.89</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2">
         <v>0.89</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E17" s="2">
-        <v>0.89</v>
+        <v>486.23</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="2">
-        <v>486.23</v>
+        <v>9832.35</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="2">
-        <v>9832.35</v>
+        <v>2224.07</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="2">
-        <v>2224.07</v>
+        <v>30848.27</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>30848.27</v>
+        <v>358.86</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="2">
-        <v>358.86</v>
+        <v>2426.02</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="2">
-        <v>2426.02</v>
+        <v>15548.67</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="2">
-        <v>15548.67</v>
+        <v>16572.01</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="2">
-        <v>16572.01</v>
+        <v>344.25</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E26" s="2">
-        <v>344.25</v>
+        <v>16118.12</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="2">
-        <v>16118.12</v>
+        <v>45.76</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E28" s="2">
-        <v>45.76</v>
+        <v>85.76</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B29" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>946.45</v>
+        <v>81.26</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>85.76</v>
+        <v>413.7</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B31" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="2">
-        <v>81.26</v>
+        <v>368.09</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E32" s="2">
-        <v>822.92</v>
+        <v>21740.49</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E33" s="2">
-        <v>777.31</v>
+        <v>12780.47</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="B34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="2">
-        <v>22149.71</v>
+        <v>27844.03</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="E35" s="2">
-        <v>172.39</v>
+        <v>19219.22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E36" s="2">
-        <v>12780.47</v>
+        <v>455.35</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E37" s="2">
-        <v>27844.03</v>
+        <v>5646.23</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E38" s="2">
-        <v>19219.22</v>
+        <v>9120.01</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E39" s="2">
-        <v>455.35</v>
+        <v>10.68</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E40" s="2">
-        <v>5646.23</v>
+        <v>136.24</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E41" s="2">
-        <v>9120.01</v>
+        <v>7871.01</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E42" s="2">
-        <v>10.68</v>
+        <v>11292.4</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E43" s="2">
-        <v>136.24</v>
+        <v>5573.19</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E44" s="2">
-        <v>927.73</v>
+        <v>7354.58</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E45" s="2">
-        <v>7871.01</v>
+        <v>2655</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E46" s="2">
-        <v>11292.4</v>
+        <v>11685.94</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E47" s="2">
-        <v>5573.19</v>
+        <v>6484.3</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E48" s="2">
-        <v>7354.58</v>
+        <v>2095.98</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E49" s="2">
-        <v>2655</v>
+        <v>382.62</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="2">
-        <v>11685.94</v>
+        <v>3204.66</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E51" s="2">
-        <v>6867.23</v>
+        <v>10870.71</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E52" s="2">
-        <v>6484.3</v>
+        <v>96.12</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E53" s="2">
-        <v>2095.98</v>
+        <v>1436.95</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>382.62</v>
+        <v>421.66</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B55" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>3204.66</v>
+        <v>108.16</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C56" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E56" s="2">
-        <v>10870.71</v>
+        <v>759.87</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="B57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>159</v>
+        <v>83</v>
       </c>
       <c r="E57" s="2">
-        <v>96.12</v>
+        <v>605.9</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="B58" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E58" s="2">
-        <v>1436.95</v>
+        <v>7320.75</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>164</v>
+        <v>83</v>
       </c>
       <c r="E59" s="2">
-        <v>421.66</v>
+        <v>455.49</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>164</v>
+        <v>83</v>
       </c>
       <c r="E60" s="2">
-        <v>108.16</v>
+        <v>7.48</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E61" s="2">
-        <v>759.87</v>
+        <v>25061.57</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="E62" s="2">
-        <v>605.9</v>
+        <v>0.78</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="E63" s="2">
-        <v>7320.75</v>
+        <v>19983.05</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>89</v>
+        <v>171</v>
       </c>
       <c r="E64" s="2">
-        <v>455.49</v>
+        <v>1127.67</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>89</v>
+        <v>174</v>
       </c>
       <c r="E65" s="2">
-        <v>7.48</v>
+        <v>103.09</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E66" s="2">
-        <v>25061.57</v>
+        <v>1061.45</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="B67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>89</v>
+        <v>179</v>
       </c>
       <c r="E67" s="2">
-        <v>0.78</v>
+        <v>25040.1</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E68" s="2">
-        <v>19983.05</v>
+        <v>9718.54</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E69" s="2">
-        <v>1127.67</v>
+        <v>3420.97</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E70" s="2">
-        <v>512.31</v>
+        <v>14397.74</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="E71" s="2">
-        <v>1061.45</v>
+        <v>1207.99</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>192</v>
+        <v>174</v>
       </c>
       <c r="E72" s="2">
-        <v>25040.1</v>
+        <v>773.27</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" s="2">
-        <v>9718.54</v>
+        <v>13559.95</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E74" s="2">
-        <v>3420.97</v>
+        <v>371.28</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E75" s="2">
-        <v>14397.74</v>
+        <v>2668.55</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="E76" s="2">
-        <v>1207.99</v>
+        <v>5875.99</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>187</v>
+        <v>204</v>
       </c>
       <c r="E77" s="2">
-        <v>773.27</v>
+        <v>6129.9</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E78" s="2">
-        <v>13559.95</v>
+        <v>6427.15</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>208</v>
+        <v>72</v>
       </c>
       <c r="E79" s="2">
-        <v>371.28</v>
+        <v>1397.81</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>211</v>
+        <v>151</v>
       </c>
       <c r="E80" s="2">
-        <v>2668.55</v>
+        <v>450.11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="C81" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C81" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E81" s="2">
-        <v>5875.99</v>
+        <v>11140.68</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="B82" s="0" t="s">
+      <c r="C82" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C82" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E82" s="2">
-        <v>6129.9</v>
+        <v>10.6</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>220</v>
+        <v>101</v>
       </c>
       <c r="E83" s="2">
-        <v>6836.37</v>
+        <v>94.52</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>219</v>
+        <v>62</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>75</v>
+        <v>220</v>
       </c>
       <c r="E84" s="2">
-        <v>1807.03</v>
+        <v>1672.31</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C85" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>859.33</v>
+        <v>757.27</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E86" s="2">
-        <v>108.61</v>
+        <v>1685.24</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E87" s="2">
-        <v>11140.68</v>
+        <v>4599.47</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E88" s="2">
-        <v>10.6</v>
+        <v>17590.48</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>108</v>
+        <v>235</v>
       </c>
       <c r="E89" s="2">
-        <v>94.52</v>
+        <v>2801.39</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>65</v>
+        <v>237</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E90" s="2">
-        <v>1672.31</v>
+        <v>250.79</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="E91" s="2">
-        <v>757.27</v>
+        <v>4901.81</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="E92" s="2">
-        <v>1685.24</v>
+        <v>3000.16</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="E93" s="2">
-        <v>4599.47</v>
+        <v>399.67</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="E94" s="2">
-        <v>17590.48</v>
+        <v>758.72</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E95" s="2">
-        <v>2801.39</v>
+        <v>13326.8</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>253</v>
+        <v>151</v>
       </c>
       <c r="E96" s="2">
-        <v>250.79</v>
+        <v>1117.72</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E97" s="2">
-        <v>4901.81</v>
+        <v>259.13</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E98" s="2">
-        <v>3000.16</v>
+        <v>16746.72</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>262</v>
+        <v>238</v>
       </c>
       <c r="E99" s="2">
-        <v>399.67</v>
+        <v>417.35</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>264</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>265</v>
       </c>
       <c r="E100" s="2">
-        <v>758.72</v>
+        <v>174.97</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>268</v>
       </c>
       <c r="E101" s="2">
-        <v>13326.8</v>
+        <v>8168.54</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>271</v>
       </c>
       <c r="E102" s="2">
-        <v>2074.2</v>
+        <v>12413.84</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>164</v>
+        <v>274</v>
       </c>
       <c r="E103" s="2">
-        <v>1117.72</v>
+        <v>15077.15</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>275</v>
+        <v>210</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="E104" s="2">
-        <v>259.13</v>
+        <v>806.61</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D105" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="B105" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E105" s="2">
-        <v>16746.72</v>
+        <v>1034.24</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D106" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="B106" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E106" s="2">
-        <v>417.35</v>
+        <v>3522.27</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>283</v>
       </c>
       <c r="E107" s="2">
-        <v>174.97</v>
+        <v>133.66</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>286</v>
+        <v>72</v>
       </c>
       <c r="E108" s="2">
-        <v>8168.54</v>
+        <v>5399.35</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>288</v>
+        <v>54</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>289</v>
+        <v>238</v>
       </c>
       <c r="E109" s="2">
-        <v>12413.84</v>
+        <v>7.48</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>291</v>
+        <v>148</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>292</v>
+        <v>151</v>
       </c>
       <c r="E110" s="2">
-        <v>15077.15</v>
+        <v>960.72</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>291</v>
+        <v>210</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E111" s="2">
-        <v>1215.83</v>
+        <v>1802.63</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>57</v>
+        <v>291</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="E112" s="2">
-        <v>1034.24</v>
+        <v>7575.09</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E113" s="2">
-        <v>3522.27</v>
+        <v>1116.82</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="E114" s="2">
-        <v>133.66</v>
+        <v>9457.98</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>75</v>
+        <v>301</v>
       </c>
       <c r="E115" s="2">
-        <v>5399.35</v>
+        <v>10770.51</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D116" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="B116" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E116" s="2">
-        <v>7.48</v>
+        <v>3881.81</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>161</v>
+        <v>85</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>164</v>
+        <v>86</v>
       </c>
       <c r="E117" s="2">
-        <v>960.72</v>
+        <v>5.78</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>306</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>307</v>
+        <v>85</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>308</v>
+        <v>86</v>
       </c>
       <c r="E118" s="2">
-        <v>2211.85</v>
+        <v>135.99</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>310</v>
+        <v>85</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>311</v>
+        <v>86</v>
       </c>
       <c r="E119" s="2">
-        <v>7575.09</v>
+        <v>11.19</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>313</v>
+        <v>148</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="E120" s="2">
-        <v>1116.82</v>
+        <v>2670.64</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="E121" s="2">
-        <v>9457.98</v>
+        <v>20437.05</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="E122" s="2">
-        <v>10770.51</v>
+        <v>1242.3</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="E123" s="2">
-        <v>3881.81</v>
+        <v>942.06</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>92</v>
+        <v>216</v>
       </c>
       <c r="E124" s="2">
-        <v>415</v>
+        <v>582.98</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>325</v>
+        <v>54</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>92</v>
+        <v>321</v>
       </c>
       <c r="E125" s="2">
-        <v>545.21</v>
+        <v>1034.24</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>92</v>
+        <v>324</v>
       </c>
       <c r="E126" s="2">
-        <v>420.41</v>
+        <v>24190.36</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>161</v>
+        <v>326</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="E127" s="2">
-        <v>2670.64</v>
+        <v>14739.31</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D128" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="B128" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E128" s="2">
-        <v>20437.05</v>
+        <v>3113.26</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D129" s="0" t="s">
         <v>333</v>
       </c>
-      <c r="B129" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E129" s="2">
-        <v>1242.3</v>
+        <v>131.09</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D130" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="B130" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E130" s="2">
-        <v>942.06</v>
+        <v>11538.15</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D131" s="0" t="s">
         <v>339</v>
       </c>
-      <c r="B131" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E131" s="2">
-        <v>582.98</v>
+        <v>1780.01</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>340</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>57</v>
+        <v>341</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>341</v>
+        <v>83</v>
       </c>
       <c r="E132" s="2">
-        <v>1034.24</v>
+        <v>98.39</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>344</v>
+        <v>83</v>
       </c>
       <c r="E133" s="2">
-        <v>24190.36</v>
+        <v>126.16</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>347</v>
+        <v>83</v>
       </c>
       <c r="E134" s="2">
-        <v>14739.31</v>
+        <v>305.93</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="E135" s="2">
-        <v>3113.26</v>
+        <v>3157.06</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>353</v>
+        <v>83</v>
       </c>
       <c r="E136" s="2">
-        <v>131.09</v>
+        <v>572.52</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="E137" s="2">
-        <v>11538.15</v>
+        <v>9986.81</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>359</v>
+        <v>72</v>
       </c>
       <c r="E138" s="2">
-        <v>1780.01</v>
+        <v>1163.55</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>89</v>
+        <v>268</v>
       </c>
       <c r="E139" s="2">
-        <v>98.39</v>
+        <v>763.81</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>89</v>
+        <v>356</v>
       </c>
       <c r="E140" s="2">
-        <v>126.16</v>
+        <v>18301.43</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>89</v>
+        <v>359</v>
       </c>
       <c r="E141" s="2">
-        <v>305.93</v>
+        <v>95.2</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>365</v>
+        <v>238</v>
       </c>
       <c r="E142" s="2">
-        <v>3157.06</v>
+        <v>8219.72</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>361</v>
+        <v>212</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>89</v>
+        <v>238</v>
       </c>
       <c r="E143" s="2">
-        <v>572.52</v>
+        <v>792.54</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>368</v>
+        <v>212</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>369</v>
+        <v>238</v>
       </c>
       <c r="E144" s="2">
-        <v>9986.81</v>
+        <v>792.54</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>75</v>
+        <v>366</v>
       </c>
       <c r="E145" s="2">
-        <v>1163.55</v>
+        <v>898.28</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>286</v>
+        <v>174</v>
       </c>
       <c r="E146" s="2">
-        <v>763.81</v>
+        <v>114.21</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="E147" s="2">
-        <v>18301.43</v>
+        <v>5860.69</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>379</v>
+        <v>174</v>
       </c>
       <c r="E148" s="2">
-        <v>95.2</v>
+        <v>191.23</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>253</v>
+        <v>86</v>
       </c>
       <c r="E149" s="2">
-        <v>8219.72</v>
+        <v>334.36</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>227</v>
+        <v>373</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>253</v>
+        <v>86</v>
       </c>
       <c r="E150" s="2">
-        <v>792.54</v>
+        <v>647.58</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>227</v>
+        <v>376</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="E151" s="2">
-        <v>792.54</v>
+        <v>9486.78</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>385</v>
+        <v>376</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="E152" s="2">
-        <v>898.28</v>
+        <v>16213.65</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>187</v>
+        <v>382</v>
       </c>
       <c r="E153" s="2">
-        <v>114.21</v>
+        <v>442.93</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="E154" s="2">
-        <v>5860.69</v>
+        <v>3429.38</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>187</v>
+        <v>387</v>
       </c>
       <c r="E155" s="2">
-        <v>191.23</v>
+        <v>449.62</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>92</v>
+        <v>390</v>
       </c>
       <c r="E156" s="2">
-        <v>334.36</v>
+        <v>2813</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B157" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D157" s="0" t="s">
         <v>393</v>
       </c>
-      <c r="C157" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E157" s="2">
-        <v>647.58</v>
+        <v>1970</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="B158" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="B158" s="0" t="s">
+      <c r="C158" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D158" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="C158" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E158" s="2">
-        <v>9486.78</v>
+        <v>19593.04</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B159" s="0" t="s">
         <v>398</v>
       </c>
-      <c r="B159" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>399</v>
       </c>
       <c r="E159" s="2">
-        <v>16213.65</v>
+        <v>18949.71</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>400</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>401</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>402</v>
       </c>
       <c r="E160" s="2">
-        <v>442.93</v>
+        <v>325.71</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>403</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E161" s="2">
-        <v>3429.38</v>
+        <v>1353.73</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>407</v>
+        <v>72</v>
       </c>
       <c r="E162" s="2">
-        <v>449.62</v>
+        <v>189.75</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B163" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="B163" s="0" t="s">
+      <c r="C163" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D163" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="C163" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E163" s="2">
-        <v>2813</v>
+        <v>6930.19</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D164" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="B164" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E164" s="2">
-        <v>1970</v>
+        <v>16654.36</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D165" s="0" t="s">
         <v>414</v>
       </c>
-      <c r="B165" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E165" s="2">
-        <v>19593.04</v>
+        <v>6676.33</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D166" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="B166" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E166" s="2">
-        <v>18949.71</v>
+        <v>43306.92</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D167" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="B167" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E167" s="2">
-        <v>325.71</v>
+        <v>26286.96</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>425</v>
+        <v>151</v>
       </c>
       <c r="E168" s="2">
-        <v>1378.73</v>
+        <v>722.87</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>75</v>
+        <v>151</v>
       </c>
       <c r="E169" s="2">
-        <v>214.75</v>
+        <v>722.87</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>428</v>
+        <v>210</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="E170" s="2">
-        <v>6930.19</v>
+        <v>5141.12</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="B171" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D171" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="C171" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E171" s="2">
-        <v>16654.36</v>
+        <v>16062.84</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="E172" s="2">
-        <v>6676.33</v>
+        <v>1347.85</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="E173" s="2">
-        <v>43306.92</v>
+        <v>5.96</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>440</v>
+        <v>72</v>
       </c>
       <c r="E174" s="2">
-        <v>26286.96</v>
+        <v>43.77</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>164</v>
+        <v>439</v>
       </c>
       <c r="E175" s="2">
-        <v>722.87</v>
+        <v>2814.12</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B176" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D176" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="C176" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E176" s="2">
-        <v>722.87</v>
+        <v>3697.86</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B177" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="B177" s="0" t="s">
+      <c r="C177" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D177" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="C177" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E177" s="2">
-        <v>5550.34</v>
+        <v>28834.84</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="B178" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="B178" s="0" t="s">
+      <c r="C178" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D178" s="0" t="s">
         <v>448</v>
       </c>
-      <c r="C178" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E178" s="2">
-        <v>16062.84</v>
+        <v>9216.21</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B179" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="B179" s="0" t="s">
+      <c r="C179" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D179" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C179" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E179" s="2">
-        <v>1347.85</v>
+        <v>827.25</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B180" s="0" t="s">
         <v>453</v>
       </c>
-      <c r="B180" s="0" t="s">
+      <c r="C180" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D180" s="0" t="s">
         <v>454</v>
       </c>
-      <c r="C180" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E180" s="2">
-        <v>5.96</v>
+        <v>1000.88</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B181" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="B181" s="0" t="s">
+      <c r="C181" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D181" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C181" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E181" s="2">
-        <v>43.77</v>
+        <v>13098.74</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
         <v>458</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>459</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>460</v>
       </c>
       <c r="E182" s="2">
-        <v>2814.12</v>
+        <v>11789.76</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>461</v>
       </c>
       <c r="B183" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D183" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="C183" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E183" s="2">
-        <v>3697.86</v>
+        <v>24869.98</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>464</v>
       </c>
-      <c r="B184" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>466</v>
+        <v>151</v>
       </c>
       <c r="E184" s="2">
-        <v>28834.84</v>
+        <v>1359.84</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>468</v>
+        <v>120</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="E185" s="2">
-        <v>9216.21</v>
+        <v>176.87</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>471</v>
+        <v>120</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="E186" s="2">
-        <v>1909.46</v>
+        <v>176.87</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>475</v>
+        <v>182</v>
       </c>
       <c r="E187" s="2">
-        <v>1000.88</v>
+        <v>282.93</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="E188" s="2">
-        <v>13098.74</v>
+        <v>3629.21</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="E189" s="2">
-        <v>11789.76</v>
+        <v>25117.23</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="E190" s="2">
-        <v>24869.98</v>
+        <v>9017.93</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>485</v>
+        <v>470</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>164</v>
+        <v>480</v>
       </c>
       <c r="E191" s="2">
-        <v>1359.84</v>
+        <v>291.39</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>130</v>
+        <v>482</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="E192" s="2">
-        <v>176.87</v>
+        <v>6.28</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>130</v>
+        <v>485</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>489</v>
+        <v>195</v>
       </c>
       <c r="E193" s="2">
-        <v>176.87</v>
+        <v>1394.77</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>195</v>
+        <v>488</v>
       </c>
       <c r="E194" s="2">
-        <v>282.93</v>
+        <v>14514.61</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>491</v>
+        <v>54</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="E195" s="2">
-        <v>3629.21</v>
+        <v>2259.1</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="E196" s="2">
-        <v>25117.23</v>
+        <v>9576</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="E197" s="2">
-        <v>9017.93</v>
+        <v>3626.16</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>501</v>
+        <v>9</v>
       </c>
       <c r="E198" s="2">
-        <v>291.39</v>
+        <v>14875.96</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="E199" s="2">
-        <v>6.28</v>
+        <v>536.2</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>208</v>
+        <v>501</v>
       </c>
       <c r="E200" s="2">
-        <v>1394.77</v>
+        <v>455.36</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="E201" s="2">
-        <v>14514.61</v>
+        <v>455.36</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>57</v>
+        <v>506</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E202" s="2">
-        <v>2259.1</v>
+        <v>186.67</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="E203" s="2">
-        <v>9576</v>
+        <v>1177.11</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>517</v>
+        <v>9</v>
       </c>
       <c r="E204" s="2">
-        <v>3626.16</v>
+        <v>25.3</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E205" s="2">
-        <v>14875.96</v>
+        <v>25.3</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>522</v>
+        <v>9</v>
       </c>
       <c r="E206" s="2">
-        <v>16662.58</v>
+        <v>25.3</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>524</v>
+        <v>9</v>
       </c>
       <c r="E207" s="2">
-        <v>536.2</v>
+        <v>0.08</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="E208" s="2">
-        <v>455.36</v>
+        <v>113.61</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>521</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="E209" s="2">
-        <v>455.36</v>
+        <v>2160.17</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>529</v>
+        <v>48</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="E210" s="2">
-        <v>186.67</v>
+        <v>2.68</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>533</v>
+        <v>9</v>
       </c>
       <c r="E211" s="2">
-        <v>1177.11</v>
+        <v>5.55</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="E212" s="2">
-        <v>25.3</v>
+        <v>8.56</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>9</v>
+        <v>531</v>
       </c>
       <c r="E213" s="2">
-        <v>25.3</v>
+        <v>3.18</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>9</v>
+        <v>534</v>
       </c>
       <c r="E214" s="2">
-        <v>25.3</v>
+        <v>1505.06</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>9</v>
+        <v>537</v>
       </c>
       <c r="E215" s="2">
-        <v>0.08</v>
+        <v>3584.13</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D216" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="B216" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E216" s="2">
-        <v>113.61</v>
+        <v>3834.83</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D217" s="0" t="s">
         <v>543</v>
       </c>
-      <c r="B217" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E217" s="2">
-        <v>2160.17</v>
+        <v>2974.11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="B218" s="0" t="s">
         <v>545</v>
       </c>
-      <c r="B218" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C218" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D218" s="0" t="s">
         <v>546</v>
       </c>
       <c r="E218" s="2">
-        <v>2.68</v>
+        <v>42.82</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B219" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D219" s="0" t="s">
         <v>548</v>
       </c>
-      <c r="C219" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E219" s="2">
-        <v>5.55</v>
+        <v>3000.52</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>550</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>551</v>
       </c>
       <c r="E220" s="2">
-        <v>8.56</v>
+        <v>8284.64</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>552</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>554</v>
+        <v>315</v>
       </c>
       <c r="E221" s="2">
-        <v>3.18</v>
+        <v>345.71</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D222" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="B222" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E222" s="2">
-        <v>1741.83</v>
+        <v>701.33</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>560</v>
+        <v>315</v>
       </c>
       <c r="E223" s="2">
-        <v>3584.13</v>
+        <v>143.39</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="E224" s="2">
-        <v>3834.83</v>
+        <v>61.07</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="E225" s="2">
-        <v>2974.11</v>
+        <v>1665.8</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="E226" s="2">
-        <v>806.4</v>
+        <v>71.43</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="E227" s="2">
-        <v>42.82</v>
+        <v>4086.31</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="E228" s="2">
-        <v>127.05</v>
+        <v>2259.79</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>574</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="E229" s="2">
-        <v>3409.74</v>
+        <v>158.89</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="E230" s="2">
-        <v>8284.64</v>
+        <v>170.99</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B231" s="0" t="s">
         <v>579</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>335</v>
+        <v>580</v>
       </c>
       <c r="E231" s="2">
-        <v>345.71</v>
+        <v>6792.8</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="E232" s="2">
-        <v>701.33</v>
+        <v>759.48</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
       <c r="E233" s="2">
-        <v>22.56</v>
+        <v>806.79</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>335</v>
+        <v>585</v>
       </c>
       <c r="E234" s="2">
-        <v>143.39</v>
+        <v>354.84</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>471</v>
+        <v>587</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>335</v>
+        <v>588</v>
       </c>
       <c r="E235" s="2">
-        <v>968.01</v>
+        <v>3162.65</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>593</v>
+        <v>315</v>
       </c>
       <c r="E236" s="2">
-        <v>61.07</v>
+        <v>27201.99</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>471</v>
+        <v>591</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="E237" s="2">
-        <v>4110</v>
+        <v>25087.86</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>471</v>
+        <v>574</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
       <c r="E238" s="2">
-        <v>10080.1</v>
+        <v>236.24</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="E239" s="2">
-        <v>1665.8</v>
+        <v>390.36</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="E240" s="2">
-        <v>71.43</v>
+        <v>1126.79</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="E241" s="2">
-        <v>4086.31</v>
+        <v>4036.49</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="E242" s="2">
-        <v>2259.79</v>
+        <v>11143.99</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="E243" s="2">
-        <v>158.89</v>
+        <v>12738.68</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="B244" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D244" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="C244" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E244" s="2">
-        <v>170.99</v>
+        <v>3271.09</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="E245" s="2">
-        <v>6792.8</v>
+        <v>531.07</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B246" s="0" t="s">
         <v>616</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="E246" s="2">
-        <v>759.48</v>
+        <v>98.92</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="B247" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="B247" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="E247" s="2">
-        <v>806.79</v>
+        <v>1246.25</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E248" s="2">
-        <v>354.84</v>
+        <v>4967.96</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="E249" s="2">
-        <v>3162.65</v>
+        <v>1130.56</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>335</v>
+        <v>629</v>
       </c>
       <c r="E250" s="2">
-        <v>27201.99</v>
+        <v>2185.48</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="E251" s="2">
-        <v>25087.86</v>
+        <v>5963.66</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>614</v>
+        <v>315</v>
       </c>
       <c r="E252" s="2">
-        <v>236.24</v>
+        <v>26</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>633</v>
+        <v>315</v>
       </c>
       <c r="E253" s="2">
-        <v>390.36</v>
+        <v>1439.53</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E254" s="2">
-        <v>1126.79</v>
+        <v>15788.17</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="E255" s="2">
-        <v>4036.49</v>
+        <v>20663.61</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="E256" s="2">
-        <v>11143.99</v>
+        <v>5866.97</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="E257" s="2">
-        <v>12738.68</v>
+        <v>3975.45</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="E258" s="2">
-        <v>3271.09</v>
+        <v>20295.81</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="E259" s="2">
-        <v>1275.69</v>
+        <v>538.6</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="E260" s="2">
-        <v>64.48</v>
+        <v>2711.19</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="E261" s="2">
-        <v>98.92</v>
+        <v>1127.27</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="E262" s="2">
-        <v>1246.25</v>
+        <v>12.71</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="E263" s="2">
-        <v>4967.96</v>
+        <v>63</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="E264" s="2">
-        <v>1330.56</v>
+        <v>4251.35</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="E265" s="2">
-        <v>2185.48</v>
+        <v>131.19</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="E266" s="2">
-        <v>5963.66</v>
+        <v>2279.39</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>335</v>
+        <v>659</v>
       </c>
       <c r="E267" s="2">
-        <v>26</v>
+        <v>1983.25</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>335</v>
+        <v>679</v>
       </c>
       <c r="E268" s="2">
-        <v>1439.53</v>
+        <v>2464.24</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>678</v>
+        <v>665</v>
       </c>
       <c r="E269" s="2">
-        <v>15788.17</v>
+        <v>2258.2</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="E270" s="2">
-        <v>20663.61</v>
+        <v>10955.08</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="E271" s="2">
-        <v>5866.97</v>
+        <v>281.35</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="B272" s="0" t="s">
         <v>686</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="E272" s="2">
-        <v>3975.45</v>
+        <v>1578.74</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>690</v>
+        <v>315</v>
       </c>
       <c r="E273" s="2">
-        <v>20295.81</v>
+        <v>8.56</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>693</v>
+        <v>662</v>
       </c>
       <c r="E274" s="2">
-        <v>538.6</v>
+        <v>400.53</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>694</v>
       </c>
       <c r="B275" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D275" s="0" t="s">
         <v>695</v>
       </c>
-      <c r="C275" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E275" s="2">
-        <v>2711.19</v>
+        <v>4420.01</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B276" s="0" t="s">
         <v>697</v>
       </c>
-      <c r="B276" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>699</v>
+        <v>662</v>
       </c>
       <c r="E276" s="2">
-        <v>1127.27</v>
+        <v>2292.18</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="E277" s="2">
-        <v>12.71</v>
+        <v>8548.34</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="E278" s="2">
-        <v>63</v>
+        <v>5167.88</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>707</v>
+        <v>218</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="E279" s="2">
-        <v>4251.35</v>
+        <v>49.18</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>710</v>
+        <v>218</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="E280" s="2">
-        <v>131.19</v>
+        <v>570.63</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>713</v>
+        <v>218</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>714</v>
+        <v>315</v>
       </c>
       <c r="E281" s="2">
-        <v>2279.39</v>
+        <v>48.89</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>716</v>
+        <v>218</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>699</v>
+        <v>315</v>
       </c>
       <c r="E282" s="2">
-        <v>1983.25</v>
+        <v>48.89</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>719</v>
+        <v>315</v>
       </c>
       <c r="E283" s="2">
-        <v>2464.24</v>
+        <v>593.6</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>720</v>
+        <v>711</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>721</v>
+        <v>710</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>705</v>
+        <v>315</v>
       </c>
       <c r="E284" s="2">
-        <v>2258.2</v>
+        <v>593.6</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>723</v>
+        <v>218</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>724</v>
+        <v>315</v>
       </c>
       <c r="E285" s="2">
-        <v>10955.08</v>
+        <v>48.89</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>725</v>
+        <v>713</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>726</v>
+        <v>218</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>727</v>
+        <v>315</v>
       </c>
       <c r="E286" s="2">
-        <v>281.35</v>
+        <v>48.89</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>728</v>
+        <v>714</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>726</v>
+        <v>218</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>729</v>
+        <v>315</v>
       </c>
       <c r="E287" s="2">
-        <v>1578.74</v>
+        <v>48.89</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>730</v>
+        <v>715</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>731</v>
+        <v>218</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="E288" s="2">
-        <v>8.56</v>
+        <v>48.89</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>733</v>
+        <v>218</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>702</v>
+        <v>315</v>
       </c>
       <c r="E289" s="2">
-        <v>809.74</v>
+        <v>48.89</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>734</v>
+        <v>717</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>733</v>
+        <v>218</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>735</v>
+        <v>315</v>
       </c>
       <c r="E290" s="2">
-        <v>4829.22</v>
+        <v>48.89</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>736</v>
+        <v>718</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>737</v>
+        <v>218</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>702</v>
+        <v>315</v>
       </c>
       <c r="E291" s="2">
-        <v>2292.18</v>
+        <v>48.89</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>738</v>
+        <v>719</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>737</v>
+        <v>218</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>739</v>
+        <v>315</v>
       </c>
       <c r="E292" s="2">
-        <v>8548.34</v>
+        <v>48.89</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>741</v>
+        <v>218</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>742</v>
+        <v>315</v>
       </c>
       <c r="E293" s="2">
-        <v>5167.88</v>
+        <v>48.89</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>743</v>
+        <v>721</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>744</v>
+        <v>315</v>
       </c>
       <c r="E294" s="2">
-        <v>49.18</v>
+        <v>48.89</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>745</v>
+        <v>722</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>746</v>
+        <v>723</v>
       </c>
       <c r="E295" s="2">
-        <v>570.63</v>
+        <v>48.89</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>747</v>
+        <v>724</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>335</v>
+        <v>725</v>
       </c>
       <c r="E296" s="2">
         <v>48.89</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>748</v>
+        <v>726</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="E297" s="2">
         <v>48.89</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>749</v>
+        <v>727</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>750</v>
+        <v>218</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="E298" s="2">
-        <v>593.6</v>
+        <v>48.89</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>751</v>
+        <v>728</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>750</v>
+        <v>729</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>335</v>
+        <v>730</v>
       </c>
       <c r="E299" s="2">
-        <v>593.6</v>
+        <v>1569.59</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>752</v>
+        <v>731</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>233</v>
+        <v>732</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>335</v>
+        <v>733</v>
       </c>
       <c r="E300" s="2">
-        <v>48.89</v>
+        <v>417.59</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>753</v>
+        <v>734</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>233</v>
+        <v>735</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>335</v>
+        <v>736</v>
       </c>
       <c r="E301" s="2">
-        <v>48.89</v>
+        <v>8.2</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>754</v>
+        <v>737</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>233</v>
+        <v>738</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>335</v>
+        <v>739</v>
       </c>
       <c r="E302" s="2">
-        <v>48.89</v>
+        <v>427.21</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>755</v>
+        <v>740</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>233</v>
+        <v>738</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>335</v>
+        <v>741</v>
       </c>
       <c r="E303" s="2">
-        <v>48.89</v>
+        <v>31.67</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>756</v>
+        <v>742</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>233</v>
+        <v>743</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>335</v>
+        <v>744</v>
       </c>
       <c r="E304" s="2">
-        <v>48.89</v>
+        <v>542.16</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>757</v>
+        <v>745</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>233</v>
+        <v>746</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>335</v>
+        <v>747</v>
       </c>
       <c r="E305" s="2">
-        <v>48.89</v>
+        <v>1320.05</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>758</v>
+        <v>748</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>233</v>
+        <v>749</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>335</v>
+        <v>750</v>
       </c>
       <c r="E306" s="2">
-        <v>48.89</v>
+        <v>2673.36</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>759</v>
+        <v>751</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>233</v>
+        <v>752</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>335</v>
+        <v>753</v>
       </c>
       <c r="E307" s="2">
-        <v>48.89</v>
+        <v>3065.29</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>233</v>
+        <v>755</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>335</v>
+        <v>756</v>
       </c>
       <c r="E308" s="2">
-        <v>48.89</v>
+        <v>126.66</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>233</v>
+        <v>758</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>335</v>
+        <v>759</v>
       </c>
       <c r="E309" s="2">
-        <v>48.89</v>
+        <v>200.18</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>233</v>
+        <v>761</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>763</v>
+        <v>315</v>
       </c>
       <c r="E310" s="2">
-        <v>48.89</v>
+        <v>35.88</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="B311" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="C311" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D311" s="0" t="s">
         <v>764</v>
       </c>
-      <c r="B311" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E311" s="2">
-        <v>48.89</v>
+        <v>4998.49</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B312" s="0" t="s">
         <v>766</v>
       </c>
-      <c r="B312" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>335</v>
+        <v>767</v>
       </c>
       <c r="E312" s="2">
-        <v>48.89</v>
+        <v>258.97</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>233</v>
+        <v>610</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>335</v>
+        <v>769</v>
       </c>
       <c r="E313" s="2">
-        <v>48.89</v>
+        <v>613.03</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>769</v>
+        <v>610</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="E314" s="2">
-        <v>1569.59</v>
+        <v>5671.85</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="E315" s="2">
-        <v>417.59</v>
+        <v>223.47</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D316" s="0" t="s">
         <v>776</v>
       </c>
       <c r="E316" s="2">
-        <v>102.41</v>
+        <v>4052.1</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>777</v>
       </c>
       <c r="B317" s="0" t="s">
         <v>778</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="E317" s="2">
-        <v>427.21</v>
+        <v>7.88</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="B318" s="0" t="s">
         <v>778</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="E318" s="2">
-        <v>31.67</v>
+        <v>544.71</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="B319" s="0" t="s">
         <v>782</v>
       </c>
-      <c r="B319" s="0" t="s">
+      <c r="C319" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D319" s="0" t="s">
         <v>783</v>
       </c>
-      <c r="C319" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E319" s="2">
-        <v>542.16</v>
+        <v>2368.69</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="B320" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C320" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D320" s="0" t="s">
         <v>785</v>
       </c>
-      <c r="B320" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E320" s="2">
-        <v>1320.05</v>
+        <v>8960.29</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="E321" s="2">
-        <v>2673.36</v>
+        <v>699.64</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
       <c r="E322" s="2">
-        <v>3065.29</v>
+        <v>704.96</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="E323" s="2">
-        <v>126.66</v>
+        <v>135.92</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>799</v>
+        <v>774</v>
       </c>
       <c r="E324" s="2">
-        <v>200.18</v>
+        <v>1079.89</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>800</v>
+        <v>794</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>335</v>
+        <v>774</v>
       </c>
       <c r="E325" s="2">
-        <v>35.88</v>
+        <v>1079.89</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>804</v>
+        <v>9</v>
       </c>
       <c r="E326" s="2">
-        <v>161.81</v>
+        <v>203.69</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>805</v>
+        <v>797</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>806</v>
+        <v>798</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>807</v>
+        <v>9</v>
       </c>
       <c r="E327" s="2">
-        <v>4998.49</v>
+        <v>4051.62</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>808</v>
+        <v>799</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>809</v>
+        <v>800</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>810</v>
+        <v>801</v>
       </c>
       <c r="E328" s="2">
-        <v>308.97</v>
+        <v>7626.05</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>811</v>
+        <v>802</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>647</v>
+        <v>803</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>812</v>
+        <v>804</v>
       </c>
       <c r="E329" s="2">
-        <v>613.03</v>
+        <v>34.02</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>813</v>
+        <v>805</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>647</v>
+        <v>803</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>814</v>
+        <v>806</v>
       </c>
       <c r="E330" s="2">
-        <v>5671.85</v>
+        <v>66.52</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>815</v>
+        <v>807</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>816</v>
+        <v>571</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>817</v>
+        <v>808</v>
       </c>
       <c r="E331" s="2">
-        <v>223.47</v>
+        <v>295.08</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>819</v>
+        <v>9</v>
       </c>
       <c r="E332" s="2">
-        <v>4052.1</v>
+        <v>3.48</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>820</v>
+        <v>811</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>821</v>
+        <v>810</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>817</v>
+        <v>9</v>
       </c>
       <c r="E333" s="2">
-        <v>7.88</v>
+        <v>3.97</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>822</v>
+        <v>812</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>821</v>
+        <v>810</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>823</v>
+        <v>9</v>
       </c>
       <c r="E334" s="2">
-        <v>544.71</v>
+        <v>3.97</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>824</v>
+        <v>813</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>825</v>
+        <v>814</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>826</v>
+        <v>815</v>
       </c>
       <c r="E335" s="2">
-        <v>2368.69</v>
+        <v>150.77</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>827</v>
+        <v>816</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>825</v>
+        <v>817</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>828</v>
+        <v>818</v>
       </c>
       <c r="E336" s="2">
-        <v>8960.29</v>
+        <v>120.41</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>829</v>
+        <v>819</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="E337" s="2">
-        <v>699.64</v>
+        <v>21086.07</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>830</v>
+        <v>824</v>
       </c>
       <c r="E338" s="2">
-        <v>704.96</v>
+        <v>785.32</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="E339" s="2">
-        <v>135.92</v>
+        <v>54.69</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>835</v>
+        <v>828</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>836</v>
+        <v>829</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>817</v>
+        <v>830</v>
       </c>
       <c r="E340" s="2">
-        <v>1079.89</v>
+        <v>4065.5</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>837</v>
+        <v>831</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>817</v>
+        <v>833</v>
       </c>
       <c r="E341" s="2">
-        <v>1079.89</v>
+        <v>756.85</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>9</v>
+        <v>836</v>
       </c>
       <c r="E342" s="2">
-        <v>203.69</v>
+        <v>3107.46</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>841</v>
+        <v>54</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="E343" s="2">
-        <v>4051.62</v>
+        <v>280.17</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="E344" s="2">
-        <v>7626.05</v>
+        <v>93.2</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>847</v>
+        <v>838</v>
       </c>
       <c r="E345" s="2">
-        <v>34.02</v>
+        <v>394.7</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="B346" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="C346" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D346" s="0" t="s">
         <v>846</v>
       </c>
-      <c r="C346" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E346" s="2">
-        <v>66.52</v>
+        <v>8.22</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>608</v>
+        <v>848</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="E347" s="2">
-        <v>295.08</v>
+        <v>438.73</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>9</v>
+        <v>849</v>
       </c>
       <c r="E348" s="2">
-        <v>3.48</v>
+        <v>29.52</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>9</v>
+        <v>849</v>
       </c>
       <c r="E349" s="2">
-        <v>3.97</v>
+        <v>438.73</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>9</v>
+        <v>854</v>
       </c>
       <c r="E350" s="2">
-        <v>3.97</v>
+        <v>6182.89</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="B351" s="0" t="s">
         <v>856</v>
       </c>
-      <c r="B351" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C351" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>858</v>
+        <v>838</v>
       </c>
       <c r="E351" s="2">
-        <v>8524.01</v>
+        <v>115.61</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>860</v>
+        <v>838</v>
       </c>
       <c r="E352" s="2">
-        <v>150.77</v>
+        <v>413.58</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>862</v>
+        <v>856</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>863</v>
+        <v>838</v>
       </c>
       <c r="E353" s="2">
-        <v>120.41</v>
+        <v>113.68</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>865</v>
+        <v>856</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>866</v>
+        <v>860</v>
       </c>
       <c r="E354" s="2">
-        <v>21086.07</v>
+        <v>957.63</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>867</v>
+        <v>861</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>868</v>
+        <v>826</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>869</v>
+        <v>849</v>
       </c>
       <c r="E355" s="2">
-        <v>785.32</v>
+        <v>4.26</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="E356" s="2">
-        <v>54.69</v>
+        <v>150.89</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>874</v>
+        <v>826</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>875</v>
+        <v>849</v>
       </c>
       <c r="E357" s="2">
-        <v>4065.5</v>
+        <v>31.14</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>878</v>
+        <v>849</v>
       </c>
       <c r="E358" s="2">
-        <v>756.85</v>
+        <v>73.44</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>879</v>
+        <v>868</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>880</v>
+        <v>867</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>881</v>
+        <v>869</v>
       </c>
       <c r="E359" s="2">
-        <v>3107.46</v>
+        <v>235.28</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>882</v>
+        <v>870</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>57</v>
+        <v>871</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>883</v>
+        <v>872</v>
       </c>
       <c r="E360" s="2">
-        <v>280.17</v>
+        <v>121.13</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>885</v>
+        <v>874</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>886</v>
+        <v>849</v>
       </c>
       <c r="E361" s="2">
-        <v>93.2</v>
+        <v>121.13</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>887</v>
+        <v>875</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>888</v>
+        <v>874</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="E362" s="2">
-        <v>186.23</v>
+        <v>1128.46</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>889</v>
+        <v>877</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>888</v>
+        <v>874</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>883</v>
+        <v>846</v>
       </c>
       <c r="E363" s="2">
-        <v>803.91</v>
+        <v>182.28</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>890</v>
+        <v>878</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>891</v>
+        <v>814</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>892</v>
+        <v>815</v>
       </c>
       <c r="E364" s="2">
-        <v>8.22</v>
+        <v>152.82</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>893</v>
+        <v>879</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>894</v>
+        <v>814</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>895</v>
+        <v>815</v>
       </c>
       <c r="E365" s="2">
-        <v>438.73</v>
+        <v>152.82</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>896</v>
+        <v>880</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>894</v>
+        <v>881</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>895</v>
+        <v>174</v>
       </c>
       <c r="E366" s="2">
-        <v>438.73</v>
+        <v>36.61</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>894</v>
+        <v>881</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>895</v>
+        <v>174</v>
       </c>
       <c r="E367" s="2">
-        <v>177.29</v>
+        <v>36.62</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>898</v>
+        <v>883</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>894</v>
+        <v>881</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>895</v>
+        <v>174</v>
       </c>
       <c r="E368" s="2">
-        <v>438.73</v>
+        <v>36.62</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>894</v>
+        <v>885</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>900</v>
+        <v>174</v>
       </c>
       <c r="E369" s="2">
-        <v>6182.89</v>
+        <v>80.47</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>901</v>
+        <v>886</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>894</v>
+        <v>885</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>895</v>
+        <v>174</v>
       </c>
       <c r="E370" s="2">
-        <v>353.21</v>
+        <v>80.47</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>902</v>
+        <v>887</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>883</v>
+        <v>174</v>
       </c>
       <c r="E371" s="2">
-        <v>115.61</v>
+        <v>86.93</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>904</v>
+        <v>888</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>883</v>
+        <v>174</v>
       </c>
       <c r="E372" s="2">
-        <v>413.58</v>
+        <v>504.64</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>905</v>
+        <v>889</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>883</v>
+        <v>174</v>
       </c>
       <c r="E373" s="2">
-        <v>113.68</v>
+        <v>74.24</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>906</v>
+        <v>890</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>907</v>
+        <v>891</v>
       </c>
       <c r="E374" s="2">
-        <v>957.63</v>
+        <v>2408.04</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>908</v>
+        <v>892</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>895</v>
+        <v>174</v>
       </c>
       <c r="E375" s="2">
-        <v>4.26</v>
+        <v>74.24</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>909</v>
+        <v>893</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>910</v>
+        <v>885</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>911</v>
+        <v>174</v>
       </c>
       <c r="E376" s="2">
-        <v>150.89</v>
+        <v>74.24</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>912</v>
+        <v>894</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>871</v>
+        <v>895</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>895</v>
+        <v>9</v>
       </c>
       <c r="E377" s="2">
-        <v>31.14</v>
+        <v>0.98</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>913</v>
+        <v>896</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>914</v>
+        <v>895</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>895</v>
+        <v>9</v>
       </c>
       <c r="E378" s="2">
-        <v>73.44</v>
+        <v>0.98</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>915</v>
+        <v>897</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>914</v>
+        <v>895</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>916</v>
+        <v>9</v>
       </c>
       <c r="E379" s="2">
-        <v>235.28</v>
+        <v>0.98</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>917</v>
+        <v>898</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>918</v>
+        <v>895</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>919</v>
+        <v>9</v>
       </c>
       <c r="E380" s="2">
-        <v>121.13</v>
+        <v>0.98</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>920</v>
+        <v>899</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>921</v>
+        <v>900</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>883</v>
+        <v>901</v>
       </c>
       <c r="E381" s="2">
-        <v>129.15</v>
+        <v>492.12</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>922</v>
+        <v>902</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>921</v>
+        <v>903</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>883</v>
+        <v>904</v>
       </c>
       <c r="E382" s="2">
-        <v>106.88</v>
+        <v>38.06</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>923</v>
+        <v>905</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>924</v>
+        <v>906</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>895</v>
+        <v>907</v>
       </c>
       <c r="E383" s="2">
-        <v>121.13</v>
+        <v>403.93</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>925</v>
+        <v>908</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>924</v>
+        <v>909</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D384" s="0" t="s">
-        <v>926</v>
+        <v>910</v>
       </c>
       <c r="E384" s="2">
-        <v>1128.46</v>
+        <v>565.25</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>927</v>
+        <v>911</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>924</v>
+        <v>912</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>892</v>
+        <v>913</v>
       </c>
       <c r="E385" s="2">
-        <v>182.28</v>
+        <v>251.04</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>928</v>
+        <v>914</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>857</v>
+        <v>915</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>860</v>
+        <v>916</v>
       </c>
       <c r="E386" s="2">
-        <v>152.82</v>
+        <v>2536.84</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>929</v>
+        <v>917</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>857</v>
+        <v>918</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>860</v>
+        <v>919</v>
       </c>
       <c r="E387" s="2">
-        <v>152.82</v>
+        <v>200.24</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>931</v>
+        <v>921</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>187</v>
+        <v>922</v>
       </c>
       <c r="E388" s="2">
-        <v>36.61</v>
+        <v>1.75</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>932</v>
+        <v>923</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>187</v>
+        <v>925</v>
       </c>
       <c r="E389" s="2">
-        <v>36.62</v>
+        <v>143.05</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>933</v>
+        <v>926</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>187</v>
+        <v>928</v>
       </c>
       <c r="E390" s="2">
-        <v>36.62</v>
+        <v>846.12</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>187</v>
+        <v>931</v>
       </c>
       <c r="E391" s="2">
-        <v>80.47</v>
+        <v>3596.86</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>187</v>
+        <v>934</v>
       </c>
       <c r="E392" s="2">
-        <v>80.47</v>
+        <v>798.24</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="B393" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="C393" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D393" s="0" t="s">
         <v>937</v>
       </c>
-      <c r="B393" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E393" s="2">
-        <v>86.93</v>
+        <v>10305.69</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
         <v>938</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>187</v>
+        <v>806</v>
       </c>
       <c r="E394" s="2">
-        <v>504.64</v>
+        <v>2794.43</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>187</v>
+        <v>942</v>
       </c>
       <c r="E395" s="2">
-        <v>74.24</v>
+        <v>1011.38</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="E396" s="2">
-        <v>2408.04</v>
+        <v>310.09</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>935</v>
+        <v>947</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>187</v>
+        <v>948</v>
       </c>
       <c r="E397" s="2">
-        <v>74.24</v>
+        <v>483.56</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>187</v>
+        <v>951</v>
       </c>
       <c r="E398" s="2">
-        <v>74.24</v>
+        <v>1231.87</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>9</v>
+        <v>954</v>
       </c>
       <c r="E399" s="2">
-        <v>0.98</v>
+        <v>4995.23</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>945</v>
+        <v>956</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>9</v>
+        <v>957</v>
       </c>
       <c r="E400" s="2">
-        <v>0.98</v>
+        <v>1107.97</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="B401" s="0" t="s">
         <v>947</v>
       </c>
-      <c r="B401" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C401" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>9</v>
+        <v>959</v>
       </c>
       <c r="E401" s="2">
-        <v>0.98</v>
+        <v>458.7</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>948</v>
+        <v>960</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>945</v>
+        <v>961</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>9</v>
+        <v>962</v>
       </c>
       <c r="E402" s="2">
-        <v>0.98</v>
+        <v>276.36</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>949</v>
+        <v>963</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="E403" s="2">
-        <v>196.71</v>
+        <v>1333.93</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="E404" s="2">
-        <v>492.12</v>
+        <v>156.06</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>956</v>
+        <v>970</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>957</v>
+        <v>971</v>
       </c>
       <c r="E405" s="2">
-        <v>360.48</v>
+        <v>516.15</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>958</v>
+        <v>972</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>959</v>
+        <v>973</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>960</v>
+        <v>974</v>
       </c>
       <c r="E406" s="2">
-        <v>38.06</v>
+        <v>306.23</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>961</v>
+        <v>975</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>962</v>
+        <v>976</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="E407" s="2">
-        <v>403.93</v>
+        <v>86.06</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>964</v>
+        <v>978</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>965</v>
+        <v>979</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D408" s="0" t="s">
-        <v>966</v>
+        <v>980</v>
       </c>
       <c r="E408" s="2">
-        <v>565.25</v>
+        <v>93.2</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>967</v>
+        <v>981</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="E409" s="2">
-        <v>251.04</v>
+        <v>361.58</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>971</v>
+        <v>985</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D410" s="0" t="s">
-        <v>972</v>
+        <v>986</v>
       </c>
       <c r="E410" s="2">
-        <v>2536.84</v>
+        <v>7528.45</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>973</v>
+        <v>987</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>974</v>
+        <v>988</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>975</v>
+        <v>989</v>
       </c>
       <c r="E411" s="2">
-        <v>200.24</v>
+        <v>1065.14</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>978</v>
+        <v>992</v>
       </c>
       <c r="E412" s="2">
-        <v>1.75</v>
+        <v>1612.96</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>979</v>
+        <v>993</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>981</v>
+        <v>995</v>
       </c>
       <c r="E413" s="2">
-        <v>143.05</v>
+        <v>513.93</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="E414" s="2">
-        <v>846.12</v>
+        <v>610.94</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>986</v>
+        <v>1000</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="E415" s="2">
-        <v>3596.86</v>
+        <v>1369.22</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="E416" s="2">
-        <v>798.24</v>
+        <v>1468.23</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>993</v>
+        <v>1007</v>
       </c>
       <c r="E417" s="2">
-        <v>10305.69</v>
+        <v>199.3</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>994</v>
+        <v>1008</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>995</v>
+        <v>1009</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D418" s="0" t="s">
-        <v>849</v>
+        <v>1010</v>
       </c>
       <c r="E418" s="2">
-        <v>2794.43</v>
+        <v>352.12</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>998</v>
+        <v>1013</v>
       </c>
       <c r="E419" s="2">
-        <v>1011.38</v>
+        <v>2614.68</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>999</v>
+        <v>1014</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1001</v>
+        <v>1016</v>
       </c>
       <c r="E420" s="2">
-        <v>310.09</v>
+        <v>345.35</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>1002</v>
+        <v>1017</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>1003</v>
+        <v>1018</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1004</v>
+        <v>1019</v>
       </c>
       <c r="E421" s="2">
-        <v>483.56</v>
+        <v>270.21</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>1007</v>
+        <v>1022</v>
       </c>
       <c r="E422" s="2">
-        <v>1231.87</v>
+        <v>210.44</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>1008</v>
+        <v>1023</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>1009</v>
+        <v>1024</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>1010</v>
+        <v>1025</v>
       </c>
       <c r="E423" s="2">
-        <v>4995.23</v>
+        <v>42.23</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>1011</v>
+        <v>1026</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>1012</v>
+        <v>1027</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>1013</v>
+        <v>1028</v>
       </c>
       <c r="E424" s="2">
-        <v>1107.97</v>
+        <v>21.08</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>1014</v>
+        <v>1029</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>1003</v>
+        <v>1030</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="E425" s="2">
-        <v>458.7</v>
+        <v>1139.48</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>1017</v>
+        <v>1033</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>1018</v>
+        <v>1034</v>
       </c>
       <c r="E426" s="2">
-        <v>276.36</v>
+        <v>158.1</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>1019</v>
+        <v>1035</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>1020</v>
+        <v>1036</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="E427" s="2">
-        <v>1333.93</v>
+        <v>356.73</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>1022</v>
+        <v>1037</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>1023</v>
+        <v>1036</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="E428" s="2">
-        <v>156.06</v>
+        <v>519.91</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>1027</v>
+        <v>1038</v>
       </c>
       <c r="E429" s="2">
-        <v>516.15</v>
+        <v>432.67</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>1028</v>
+        <v>1040</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>1029</v>
+        <v>1041</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="E430" s="2">
-        <v>306.23</v>
+        <v>358.2</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1033</v>
+        <v>1045</v>
       </c>
       <c r="E431" s="2">
-        <v>86.06</v>
+        <v>466.45</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="E432" s="2">
-        <v>93.2</v>
+        <v>296.58</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
       <c r="E433" s="2">
-        <v>361.58</v>
+        <v>839.06</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="E434" s="2">
-        <v>7528.45</v>
+        <v>1448.9</v>
       </c>
       <c r="F434" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>1045</v>
+        <v>1056</v>
       </c>
       <c r="E435" s="2">
-        <v>1065.14</v>
+        <v>344.6</v>
       </c>
       <c r="F435" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>1046</v>
+        <v>1057</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="E436" s="2">
-        <v>1612.96</v>
+        <v>689.76</v>
       </c>
       <c r="F436" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="E437" s="2">
-        <v>513.93</v>
+        <v>4177.76</v>
       </c>
       <c r="F437" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="B438" s="0" t="s">
         <v>1053</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>1054</v>
+        <v>1025</v>
       </c>
       <c r="E438" s="2">
-        <v>610.94</v>
+        <v>358.81</v>
       </c>
       <c r="F438" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="E439" s="2">
-        <v>1369.22</v>
+        <v>358.81</v>
       </c>
       <c r="F439" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="E440" s="2">
-        <v>1468.23</v>
+        <v>358.81</v>
       </c>
       <c r="F440" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="B441" s="0" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C441" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D441" s="0" t="s">
         <v>1062</v>
       </c>
-      <c r="C441" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E441" s="2">
-        <v>199.3</v>
+        <v>349.5</v>
       </c>
       <c r="F441" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>1065</v>
+        <v>1024</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
       <c r="E442" s="2">
-        <v>352.12</v>
+        <v>42.23</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>1068</v>
+        <v>1024</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="E443" s="2">
-        <v>2614.68</v>
+        <v>42.23</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>1071</v>
+        <v>1024</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="E444" s="2">
-        <v>345.35</v>
+        <v>341.57</v>
       </c>
       <c r="F444" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>1074</v>
+        <v>1070</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
       <c r="E445" s="2">
-        <v>39.25</v>
+        <v>3245.4</v>
       </c>
       <c r="F445" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="E446" s="2">
-        <v>270.21</v>
+        <v>69.97</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>1080</v>
+        <v>1076</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>1081</v>
+        <v>1077</v>
       </c>
       <c r="E447" s="2">
-        <v>210.44</v>
+        <v>333.74</v>
       </c>
       <c r="F447" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>1082</v>
+        <v>1078</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="E448" s="2">
-        <v>42.23</v>
+        <v>2200.2</v>
       </c>
       <c r="F448" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D449" s="0" t="s">
-        <v>1087</v>
+        <v>1025</v>
       </c>
       <c r="E449" s="2">
-        <v>56.64</v>
+        <v>7396.71</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>1088</v>
+        <v>1082</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="E450" s="2">
-        <v>1139.48</v>
+        <v>2331.68</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>1093</v>
+        <v>9</v>
       </c>
       <c r="E451" s="2">
-        <v>158.1</v>
+        <v>268.85</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>1094</v>
+        <v>1087</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="E452" s="2">
-        <v>356.73</v>
+        <v>2122.68</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="E453" s="2">
-        <v>519.91</v>
+        <v>236.68</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1097</v>
+        <v>1077</v>
       </c>
       <c r="E454" s="2">
-        <v>432.67</v>
+        <v>148.8</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="E455" s="2">
-        <v>358.2</v>
+        <v>303.71</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="E456" s="2">
-        <v>466.45</v>
+        <v>3940.9</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1107</v>
+        <v>1045</v>
       </c>
       <c r="E457" s="2">
-        <v>296.58</v>
+        <v>526.96</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>1109</v>
+        <v>1094</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>1110</v>
+        <v>9</v>
       </c>
       <c r="E458" s="2">
-        <v>2236.17</v>
+        <v>0.72</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>1111</v>
+        <v>1104</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>1112</v>
+        <v>1105</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="E459" s="2">
-        <v>839.06</v>
+        <v>74.52</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>1114</v>
+        <v>1107</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>1115</v>
+        <v>1105</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>1116</v>
+        <v>1106</v>
       </c>
       <c r="E460" s="2">
-        <v>1448.9</v>
+        <v>301.41</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>1117</v>
+        <v>1108</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>1118</v>
+        <v>9</v>
       </c>
       <c r="E461" s="2">
-        <v>344.6</v>
+        <v>0.95</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>1116</v>
+        <v>216</v>
       </c>
       <c r="E462" s="2">
-        <v>689.76</v>
+        <v>26.46</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>1120</v>
+        <v>1112</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>1121</v>
+        <v>216</v>
       </c>
       <c r="E463" s="2">
-        <v>4177.76</v>
+        <v>37.09</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>1122</v>
+        <v>1113</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1084</v>
+        <v>216</v>
       </c>
       <c r="E464" s="2">
-        <v>358.81</v>
+        <v>37.09</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>1123</v>
+        <v>1114</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1124</v>
+        <v>216</v>
       </c>
       <c r="E465" s="2">
-        <v>358.81</v>
+        <v>37.09</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>1125</v>
+        <v>1115</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1124</v>
+        <v>216</v>
       </c>
       <c r="E466" s="2">
-        <v>358.81</v>
+        <v>56.63</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>1126</v>
+        <v>1116</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1124</v>
+        <v>216</v>
       </c>
       <c r="E467" s="2">
-        <v>349.5</v>
+        <v>35.94</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>1127</v>
+        <v>1117</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>1083</v>
+        <v>1118</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="E468" s="2">
-        <v>42.23</v>
+        <v>1.53</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>1083</v>
+        <v>1118</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="E469" s="2">
-        <v>42.23</v>
+        <v>1.27</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>1129</v>
+        <v>1122</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>1083</v>
+        <v>1118</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1130</v>
+        <v>1119</v>
       </c>
       <c r="E470" s="2">
-        <v>341.57</v>
+        <v>884.65</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>1131</v>
+        <v>1123</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1133</v>
+        <v>216</v>
       </c>
       <c r="E471" s="2">
-        <v>3245.4</v>
+        <v>536.85</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>1135</v>
+        <v>1124</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1136</v>
+        <v>216</v>
       </c>
       <c r="E472" s="2">
-        <v>69.97</v>
+        <v>614.46</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>1137</v>
+        <v>1126</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>1138</v>
+        <v>1124</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1139</v>
+        <v>1127</v>
       </c>
       <c r="E473" s="2">
-        <v>333.74</v>
+        <v>725.28</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>1140</v>
+        <v>1128</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>1138</v>
+        <v>1124</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1141</v>
+        <v>1127</v>
       </c>
       <c r="E474" s="2">
-        <v>2200.2</v>
+        <v>440.58</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>1142</v>
+        <v>1129</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>1143</v>
+        <v>1130</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1084</v>
+        <v>1131</v>
       </c>
       <c r="E475" s="2">
-        <v>7396.71</v>
+        <v>6098.86</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>1144</v>
+        <v>1132</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>1145</v>
+        <v>1130</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
       <c r="E476" s="2">
-        <v>2331.68</v>
+        <v>99.45</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>1147</v>
+        <v>1133</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>1148</v>
+        <v>1130</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D477" s="0" t="s">
-        <v>9</v>
+        <v>1121</v>
       </c>
       <c r="E477" s="2">
-        <v>268.85</v>
+        <v>24.33</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>1149</v>
+        <v>1134</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>1150</v>
+        <v>1135</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>1151</v>
+        <v>1136</v>
       </c>
       <c r="E478" s="2">
-        <v>2122.68</v>
+        <v>27247.09</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>1152</v>
+        <v>1137</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>1153</v>
+        <v>1138</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1154</v>
+        <v>1140</v>
       </c>
       <c r="E479" s="2">
-        <v>236.68</v>
+        <v>15.42</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>1155</v>
+        <v>1141</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>1156</v>
+        <v>1142</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="E480" s="2">
-        <v>148.8</v>
+        <v>10.88</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>1157</v>
+        <v>1144</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>1158</v>
+        <v>1145</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>1159</v>
+        <v>1146</v>
       </c>
       <c r="E481" s="2">
-        <v>303.71</v>
+        <v>4561.75</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>1160</v>
+        <v>1147</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>1161</v>
+        <v>1145</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>1162</v>
+        <v>1140</v>
       </c>
       <c r="E482" s="2">
-        <v>3940.9</v>
+        <v>306.98</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>1163</v>
+        <v>1148</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>1164</v>
+        <v>1142</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>1104</v>
+        <v>1140</v>
       </c>
       <c r="E483" s="2">
-        <v>526.96</v>
+        <v>270.24</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>1165</v>
+        <v>1149</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>1156</v>
+        <v>1150</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D484" s="0" t="s">
-        <v>9</v>
+        <v>1151</v>
       </c>
       <c r="E484" s="2">
-        <v>0.72</v>
+        <v>193.79</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>1166</v>
+        <v>1152</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>1167</v>
+        <v>1150</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>1168</v>
+        <v>1153</v>
       </c>
       <c r="E485" s="2">
-        <v>74.52</v>
+        <v>414.16</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>1169</v>
+        <v>1154</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>1167</v>
+        <v>1150</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="E486" s="2">
-        <v>301.41</v>
+        <v>191.6</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>1170</v>
+        <v>1155</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>1171</v>
+        <v>678</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>9</v>
+        <v>1156</v>
       </c>
       <c r="E487" s="2">
-        <v>0.95</v>
+        <v>487.96</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>1172</v>
+        <v>1157</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>1173</v>
+        <v>1158</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>231</v>
+        <v>1159</v>
       </c>
       <c r="E488" s="2">
-        <v>26.46</v>
+        <v>717.12</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>1173</v>
+        <v>1158</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>231</v>
+        <v>1159</v>
       </c>
       <c r="E489" s="2">
-        <v>37.09</v>
+        <v>670.79</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>1175</v>
+        <v>1161</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>1173</v>
+        <v>1158</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D490" s="0" t="s">
-        <v>231</v>
+        <v>1162</v>
       </c>
       <c r="E490" s="2">
-        <v>37.09</v>
+        <v>23314.11</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>1176</v>
+        <v>1163</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>1173</v>
+        <v>1158</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>231</v>
+        <v>1159</v>
       </c>
       <c r="E491" s="2">
-        <v>37.09</v>
+        <v>897.65</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>1177</v>
+        <v>1164</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>1173</v>
+        <v>1165</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D492" s="0" t="s">
-        <v>1178</v>
+        <v>1166</v>
       </c>
       <c r="E492" s="2">
-        <v>1424.5</v>
+        <v>122.96</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>1179</v>
+        <v>1167</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D493" s="0" t="s">
-        <v>231</v>
+        <v>1169</v>
       </c>
       <c r="E493" s="2">
-        <v>56.63</v>
+        <v>222.96</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>1180</v>
+        <v>1170</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>231</v>
+        <v>9</v>
       </c>
       <c r="E494" s="2">
-        <v>35.94</v>
+        <v>3.71</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>1181</v>
+        <v>1172</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>1182</v>
+        <v>1173</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>1183</v>
+        <v>9</v>
       </c>
       <c r="E495" s="2">
-        <v>1.53</v>
+        <v>68.05</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>1185</v>
+        <v>9</v>
       </c>
       <c r="E496" s="2">
-        <v>1.27</v>
+        <v>0.72</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="E497" s="2">
-        <v>884.65</v>
+        <v>80.56</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>586</v>
+        <v>1168</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>587</v>
+        <v>1180</v>
       </c>
       <c r="E498" s="2">
-        <v>16.43</v>
+        <v>121.36</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>231</v>
+        <v>1183</v>
       </c>
       <c r="E499" s="2">
-        <v>536.85</v>
+        <v>4354.19</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>1190</v>
+        <v>1184</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D500" s="0" t="s">
-        <v>231</v>
+        <v>1186</v>
       </c>
       <c r="E500" s="2">
-        <v>614.46</v>
+        <v>1790.8</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="B501" s="0" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C501" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D501" s="0" t="s">
         <v>1189</v>
       </c>
-      <c r="C501" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E501" s="2">
-        <v>725.28</v>
+        <v>1540.21</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="B502" s="0" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C502" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D502" s="0" t="s">
         <v>1189</v>
       </c>
-      <c r="C502" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E502" s="2">
-        <v>440.58</v>
+        <v>353.76</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B503" s="0" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C503" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D503" s="0" t="s">
         <v>1194</v>
       </c>
-      <c r="B503" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E503" s="2">
-        <v>6098.86</v>
+        <v>2228.2</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B504" s="0" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C504" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D504" s="0" t="s">
         <v>1197</v>
       </c>
-      <c r="B504" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E504" s="2">
-        <v>99.45</v>
+        <v>2727.43</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
         <v>1198</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>1185</v>
+        <v>1200</v>
       </c>
       <c r="E505" s="2">
-        <v>24.33</v>
+        <v>154.25</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>1200</v>
+        <v>1193</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D506" s="0" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="E506" s="2">
-        <v>82.11</v>
+        <v>721.95</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>1203</v>
+        <v>1193</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>27</v>
+        <v>1139</v>
       </c>
       <c r="D507" s="0" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="E507" s="2">
-        <v>27247.09</v>
+        <v>142.66</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B508" s="0" t="s">
         <v>1205</v>
       </c>
-      <c r="B508" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C508" s="0" t="s">
-        <v>1207</v>
+        <v>1139</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>1208</v>
+        <v>9</v>
       </c>
       <c r="E508" s="2">
-        <v>15.42</v>
+        <v>6429.4</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>1207</v>
+        <v>1139</v>
       </c>
       <c r="D509" s="0" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="E509" s="2">
-        <v>10.88</v>
+        <v>366.84</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>1207</v>
+        <v>1139</v>
       </c>
       <c r="D510" s="0" t="s">
-        <v>1214</v>
+        <v>1208</v>
       </c>
       <c r="E510" s="2">
-        <v>4561.75</v>
+        <v>643.54</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
       <c r="B511" s="0" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C511" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D511" s="0" t="s">
         <v>1213</v>
       </c>
-      <c r="C511" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E511" s="2">
-        <v>306.98</v>
+        <v>287.5</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B512" s="0" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C512" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D512" s="0" t="s">
         <v>1216</v>
       </c>
-      <c r="B512" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E512" s="2">
-        <v>270.24</v>
+        <v>242.4</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="B513" s="0" t="s">
         <v>1218</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>1207</v>
+        <v>1139</v>
       </c>
       <c r="D513" s="0" t="s">
-        <v>1219</v>
+        <v>9</v>
       </c>
       <c r="E513" s="2">
-        <v>193.79</v>
+        <v>71.52</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="B514" s="0" t="s">
         <v>1218</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>1207</v>
+        <v>1139</v>
       </c>
       <c r="D514" s="0" t="s">
-        <v>1221</v>
+        <v>9</v>
       </c>
       <c r="E514" s="2">
-        <v>414.16</v>
+        <v>65.71</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B515" s="0" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C515" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D515" s="0" t="s">
         <v>1222</v>
       </c>
-      <c r="B515" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E515" s="2">
-        <v>191.6</v>
+        <v>113.07</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
         <v>1223</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>718</v>
+        <v>1224</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>1207</v>
+        <v>1139</v>
       </c>
       <c r="D516" s="0" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="E516" s="2">
-        <v>487.96</v>
+        <v>220.44</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="C517" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D517" s="0" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="E517" s="2">
-        <v>717.12</v>
+        <v>3490.86</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D518" s="0" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="E518" s="2">
-        <v>670.79</v>
+        <v>17854.71</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>1226</v>
+        <v>1234</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D519" s="0" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="E519" s="2">
-        <v>23314.11</v>
+        <v>15529.21</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>1226</v>
+        <v>1237</v>
       </c>
       <c r="C520" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D520" s="0" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
       <c r="E520" s="2">
-        <v>897.65</v>
+        <v>42.54</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D521" s="0" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="E521" s="2">
-        <v>122.96</v>
+        <v>9471.22</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D522" s="0" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="E522" s="2">
-        <v>222.96</v>
+        <v>5836.85</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D523" s="0" t="s">
-        <v>9</v>
+        <v>1247</v>
       </c>
       <c r="E523" s="2">
-        <v>3.71</v>
+        <v>1086.87</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D524" s="0" t="s">
-        <v>9</v>
+        <v>1249</v>
       </c>
       <c r="E524" s="2">
-        <v>68.05</v>
+        <v>356</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D525" s="0" t="s">
-        <v>9</v>
+        <v>1252</v>
       </c>
       <c r="E525" s="2">
-        <v>0.72</v>
+        <v>1893.67</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>1244</v>
+        <v>1253</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>1245</v>
+        <v>1254</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D526" s="0" t="s">
-        <v>1246</v>
+        <v>9</v>
       </c>
       <c r="E526" s="2">
-        <v>80.56</v>
+        <v>131.6</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>1236</v>
+        <v>1246</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D527" s="0" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="E527" s="2">
-        <v>121.36</v>
+        <v>143.82</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>1249</v>
+        <v>1257</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>1250</v>
+        <v>1246</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D528" s="0" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="E528" s="2">
-        <v>4354.19</v>
+        <v>312.38</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D529" s="0" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="E529" s="2">
-        <v>1217.44</v>
+        <v>981.29</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="B530" s="0" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C530" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D530" s="0" t="s">
         <v>1256</v>
       </c>
-      <c r="C530" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E530" s="2">
-        <v>1790.8</v>
+        <v>1357.8</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="B531" s="0" t="s">
         <v>1259</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D531" s="0" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="E531" s="2">
-        <v>1540.21</v>
+        <v>1357.8</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D532" s="0" t="s">
-        <v>1260</v>
+        <v>9</v>
       </c>
       <c r="E532" s="2">
-        <v>353.76</v>
+        <v>21.67</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D533" s="0" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="E533" s="2">
-        <v>2228.2</v>
+        <v>62.87</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D534" s="0" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="E534" s="2">
-        <v>2727.43</v>
+        <v>19375.68</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D535" s="0" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="E535" s="2">
-        <v>154.25</v>
+        <v>3688.75</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D536" s="0" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="E536" s="2">
-        <v>721.95</v>
+        <v>9468.17</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>1264</v>
+        <v>1277</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D537" s="0" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="E537" s="2">
-        <v>142.66</v>
+        <v>759.83</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D538" s="0" t="s">
-        <v>9</v>
+        <v>1281</v>
       </c>
       <c r="E538" s="2">
-        <v>6429.4</v>
+        <v>444.6</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="E539" s="2">
-        <v>366.84</v>
+        <v>444.6</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B540" s="0" t="s">
         <v>1280</v>
       </c>
-      <c r="B540" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C540" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D540" s="0" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="E540" s="2">
-        <v>643.54</v>
+        <v>23745.21</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="E541" s="2">
-        <v>287.5</v>
+        <v>13471.13</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D542" s="0" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="E542" s="2">
-        <v>242.4</v>
+        <v>1342.14</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D543" s="0" t="s">
-        <v>9</v>
+        <v>1084</v>
       </c>
       <c r="E543" s="2">
-        <v>71.52</v>
+        <v>0.89</v>
       </c>
       <c r="F543" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>1289</v>
+        <v>1294</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D544" s="0" t="s">
-        <v>9</v>
+        <v>1295</v>
       </c>
       <c r="E544" s="2">
-        <v>65.71</v>
+        <v>15264.03</v>
       </c>
       <c r="F544" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D545" s="0" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="E545" s="2">
-        <v>113.07</v>
+        <v>6.68</v>
       </c>
       <c r="F545" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D546" s="0" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="E546" s="2">
-        <v>220.44</v>
+        <v>8391.64</v>
       </c>
       <c r="F546" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="D547" s="0" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="E547" s="2">
-        <v>5.43</v>
+        <v>724.14</v>
       </c>
       <c r="F547" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D548" s="0" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="E548" s="2">
-        <v>3490.86</v>
+        <v>23593.1</v>
       </c>
       <c r="F548" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D549" s="0" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="E549" s="2">
-        <v>17854.71</v>
+        <v>4569.96</v>
       </c>
       <c r="F549" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D550" s="0" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="E550" s="2">
-        <v>15529.21</v>
+        <v>430.37</v>
       </c>
       <c r="F550" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D551" s="0" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="E551" s="2">
-        <v>42.54</v>
+        <v>910.22</v>
       </c>
       <c r="F551" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D552" s="0" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="E552" s="2">
-        <v>9471.22</v>
+        <v>9979.92</v>
       </c>
       <c r="F552" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D553" s="0" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="E553" s="2">
-        <v>5836.85</v>
+        <v>13772.46</v>
       </c>
       <c r="F553" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D554" s="0" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="E554" s="2">
-        <v>1086.87</v>
+        <v>61595.99</v>
       </c>
       <c r="F554" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D555" s="0" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="E555" s="2">
-        <v>356</v>
+        <v>12442.27</v>
       </c>
       <c r="F555" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D556" s="0" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="E556" s="2">
-        <v>1893.67</v>
+        <v>390.08</v>
       </c>
       <c r="F556" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D557" s="0" t="s">
-        <v>9</v>
+        <v>1333</v>
       </c>
       <c r="E557" s="2">
-        <v>131.6</v>
+        <v>96.18</v>
       </c>
       <c r="F557" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>1320</v>
+        <v>1335</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D558" s="0" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="E558" s="2">
-        <v>143.82</v>
+        <v>17572.43</v>
       </c>
       <c r="F558" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>1320</v>
+        <v>1335</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D559" s="0" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="E559" s="2">
-        <v>312.38</v>
+        <v>972.75</v>
       </c>
       <c r="F559" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D560" s="0" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="E560" s="2">
-        <v>981.29</v>
+        <v>10989.46</v>
       </c>
       <c r="F560" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D561" s="0" t="s">
-        <v>1330</v>
+        <v>1344</v>
       </c>
       <c r="E561" s="2">
-        <v>1357.8</v>
+        <v>655.13</v>
       </c>
       <c r="F561" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D562" s="0" t="s">
-        <v>1330</v>
+        <v>1346</v>
       </c>
       <c r="E562" s="2">
-        <v>1357.8</v>
+        <v>26991.14</v>
       </c>
       <c r="F562" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>1336</v>
+        <v>1347</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D563" s="0" t="s">
-        <v>9</v>
+        <v>1349</v>
       </c>
       <c r="E563" s="2">
-        <v>21.67</v>
+        <v>7266.49</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>1338</v>
+        <v>1350</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>1339</v>
+        <v>1351</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>1340</v>
+        <v>1352</v>
       </c>
       <c r="E564" s="2">
-        <v>62.87</v>
+        <v>335.88</v>
       </c>
       <c r="F564" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>1342</v>
+        <v>1354</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D565" s="0" t="s">
-        <v>1343</v>
+        <v>1238</v>
       </c>
       <c r="E565" s="2">
-        <v>19375.68</v>
+        <v>1266.31</v>
       </c>
       <c r="F565" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>1345</v>
+        <v>1356</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D566" s="0" t="s">
-        <v>1346</v>
+        <v>1357</v>
       </c>
       <c r="E566" s="2">
-        <v>3688.75</v>
+        <v>55502.39</v>
       </c>
       <c r="F566" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>1348</v>
+        <v>1359</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D567" s="0" t="s">
-        <v>1349</v>
+        <v>1360</v>
       </c>
       <c r="E567" s="2">
-        <v>9468.17</v>
+        <v>741.89</v>
       </c>
       <c r="F567" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D568" s="0" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="E568" s="2">
-        <v>759.83</v>
+        <v>96.94</v>
       </c>
       <c r="F568" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>1353</v>
+        <v>1362</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D569" s="0" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="E569" s="2">
-        <v>444.6</v>
+        <v>193.17</v>
       </c>
       <c r="F569" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D570" s="0" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
       <c r="E570" s="2">
-        <v>444.6</v>
+        <v>193.17</v>
       </c>
       <c r="F570" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D571" s="0" t="s">
-        <v>1358</v>
+        <v>1367</v>
       </c>
       <c r="E571" s="2">
-        <v>23745.21</v>
+        <v>8608.65</v>
       </c>
       <c r="F571" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>1359</v>
+        <v>1368</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>1360</v>
+        <v>1369</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D572" s="0" t="s">
-        <v>1361</v>
+        <v>1370</v>
       </c>
       <c r="E572" s="2">
-        <v>13471.13</v>
+        <v>12534.45</v>
       </c>
       <c r="F572" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>1362</v>
+        <v>1371</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>1363</v>
+        <v>1372</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>1364</v>
+        <v>1373</v>
       </c>
       <c r="E573" s="2">
-        <v>1342.14</v>
+        <v>2671.97</v>
       </c>
       <c r="F573" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D574" s="0" t="s">
-        <v>1146</v>
+        <v>1376</v>
       </c>
       <c r="E574" s="2">
-        <v>0.89</v>
+        <v>62.34</v>
       </c>
       <c r="F574" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>1368</v>
+        <v>225</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D575" s="0" t="s">
-        <v>1369</v>
+        <v>1378</v>
       </c>
       <c r="E575" s="2">
-        <v>15264.03</v>
+        <v>532.42</v>
       </c>
       <c r="F575" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>1370</v>
+        <v>1379</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D576" s="0" t="s">
-        <v>1372</v>
+        <v>1381</v>
       </c>
       <c r="E576" s="2">
-        <v>6.68</v>
+        <v>4470.03</v>
       </c>
       <c r="F576" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>1373</v>
+        <v>1382</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D577" s="0" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="E577" s="2">
-        <v>8391.64</v>
+        <v>13461.67</v>
       </c>
       <c r="F577" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D578" s="0" t="s">
-        <v>1377</v>
+        <v>1238</v>
       </c>
       <c r="E578" s="2">
-        <v>724.14</v>
+        <v>539.54</v>
       </c>
       <c r="F578" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>1378</v>
+        <v>1387</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>1379</v>
+        <v>1388</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D579" s="0" t="s">
-        <v>1380</v>
+        <v>1389</v>
       </c>
       <c r="E579" s="2">
-        <v>23593.1</v>
+        <v>10948.41</v>
       </c>
       <c r="F579" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>1381</v>
+        <v>1390</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>1382</v>
+        <v>1391</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D580" s="0" t="s">
-        <v>1383</v>
+        <v>1392</v>
       </c>
       <c r="E580" s="2">
-        <v>4569.96</v>
+        <v>15123.22</v>
       </c>
       <c r="F580" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>1384</v>
+        <v>1393</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>1385</v>
+        <v>1394</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D581" s="0" t="s">
-        <v>1386</v>
+        <v>1395</v>
       </c>
       <c r="E581" s="2">
-        <v>430.37</v>
+        <v>7145.04</v>
       </c>
       <c r="F581" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>1387</v>
+        <v>1396</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D582" s="0" t="s">
-        <v>1389</v>
+        <v>1397</v>
       </c>
       <c r="E582" s="2">
-        <v>910.22</v>
+        <v>294.28</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>1390</v>
+        <v>1398</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>1391</v>
+        <v>1399</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D583" s="0" t="s">
-        <v>1392</v>
+        <v>1400</v>
       </c>
       <c r="E583" s="2">
-        <v>9979.92</v>
+        <v>497.12</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>1393</v>
+        <v>1401</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>1394</v>
+        <v>1402</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D584" s="0" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
       <c r="E584" s="2">
-        <v>13772.46</v>
+        <v>1011.25</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>1396</v>
+        <v>1404</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>1397</v>
+        <v>1405</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D585" s="0" t="s">
-        <v>1398</v>
+        <v>1406</v>
       </c>
       <c r="E585" s="2">
-        <v>61595.99</v>
+        <v>14246.84</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>1400</v>
+        <v>1408</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D586" s="0" t="s">
-        <v>1401</v>
+        <v>1409</v>
       </c>
       <c r="E586" s="2">
-        <v>12442.27</v>
+        <v>4373.25</v>
       </c>
       <c r="F586" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D587" s="0" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="E587" s="2">
-        <v>390.08</v>
+        <v>223.67</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D588" s="0" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="E588" s="2">
-        <v>96.18</v>
+        <v>4679.17</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D589" s="0" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="E589" s="2">
-        <v>17572.43</v>
+        <v>16179.32</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>1409</v>
+        <v>1418</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D590" s="0" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="E590" s="2">
-        <v>972.75</v>
+        <v>2507.23</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D591" s="0" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="E591" s="2">
-        <v>10989.46</v>
+        <v>16272.14</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D592" s="0" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="E592" s="2">
-        <v>655.13</v>
+        <v>57700.92</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>1417</v>
+        <v>1427</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D593" s="0" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
       <c r="E593" s="2">
-        <v>26991.14</v>
+        <v>3325.45</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D594" s="0" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="E594" s="2">
-        <v>7266.49</v>
+        <v>3.3</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D595" s="0" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="E595" s="2">
-        <v>335.88</v>
+        <v>11.44</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D596" s="0" t="s">
-        <v>1312</v>
+        <v>1435</v>
       </c>
       <c r="E596" s="2">
-        <v>1266.31</v>
+        <v>1.63</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="C597" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D597" s="0" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="E597" s="2">
-        <v>55502.39</v>
+        <v>8080.36</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="C598" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D598" s="0" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="E598" s="2">
-        <v>741.89</v>
+        <v>12153.52</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>1433</v>
+        <v>1443</v>
       </c>
       <c r="C599" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D599" s="0" t="s">
-        <v>1434</v>
+        <v>1444</v>
       </c>
       <c r="E599" s="2">
-        <v>96.94</v>
+        <v>11176.42</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>1436</v>
+        <v>1445</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
       <c r="C600" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D600" s="0" t="s">
-        <v>1434</v>
+        <v>1447</v>
       </c>
       <c r="E600" s="2">
-        <v>193.17</v>
+        <v>230.98</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>1437</v>
+        <v>1448</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>1433</v>
+        <v>1449</v>
       </c>
       <c r="C601" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D601" s="0" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
       <c r="E601" s="2">
-        <v>193.17</v>
+        <v>3031.29</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>1440</v>
+        <v>1449</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D602" s="0" t="s">
-        <v>1441</v>
+        <v>1344</v>
       </c>
       <c r="E602" s="2">
-        <v>8608.65</v>
+        <v>271.04</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>1442</v>
+        <v>1452</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>1443</v>
+        <v>1402</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D603" s="0" t="s">
-        <v>1444</v>
+        <v>1453</v>
       </c>
       <c r="E603" s="2">
-        <v>12534.45</v>
+        <v>679.11</v>
       </c>
       <c r="F603" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>1445</v>
+        <v>1454</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>1446</v>
+        <v>1455</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D604" s="0" t="s">
-        <v>1447</v>
+        <v>1456</v>
       </c>
       <c r="E604" s="2">
-        <v>2671.97</v>
+        <v>8506.78</v>
       </c>
       <c r="F604" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>1448</v>
+        <v>1457</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D605" s="0" t="s">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="E605" s="2">
-        <v>62.34</v>
+        <v>127.74</v>
       </c>
       <c r="F605" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>1451</v>
+        <v>1459</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>240</v>
+        <v>1460</v>
       </c>
       <c r="C606" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D606" s="0" t="s">
-        <v>1452</v>
+        <v>1461</v>
       </c>
       <c r="E606" s="2">
-        <v>532.42</v>
+        <v>16418.56</v>
       </c>
       <c r="F606" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>1453</v>
+        <v>1462</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>1454</v>
+        <v>1463</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D607" s="0" t="s">
-        <v>1455</v>
+        <v>1464</v>
       </c>
       <c r="E607" s="2">
-        <v>4470.03</v>
+        <v>1649.86</v>
       </c>
       <c r="F607" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>1456</v>
+        <v>1465</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>1457</v>
+        <v>1402</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D608" s="0" t="s">
-        <v>1458</v>
+        <v>1466</v>
       </c>
       <c r="E608" s="2">
-        <v>13461.67</v>
+        <v>745409.33</v>
       </c>
       <c r="F608" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>1459</v>
+        <v>1467</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="C609" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D609" s="0" t="s">
-        <v>1312</v>
+        <v>333</v>
       </c>
       <c r="E609" s="2">
-        <v>539.54</v>
+        <v>3477.93</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
       <c r="C610" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D610" s="0" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
       <c r="E610" s="2">
-        <v>10948.41</v>
+        <v>647.52</v>
       </c>
       <c r="F610" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>1465</v>
+        <v>1473</v>
       </c>
       <c r="C611" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D611" s="0" t="s">
-        <v>1466</v>
+        <v>1474</v>
       </c>
       <c r="E611" s="2">
-        <v>15123.22</v>
+        <v>29607.84</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="C612" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D612" s="0" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="E612" s="2">
-        <v>7145.04</v>
+        <v>27082.67</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>1468</v>
+        <v>1479</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D613" s="0" t="s">
-        <v>1471</v>
+        <v>1480</v>
       </c>
       <c r="E613" s="2">
-        <v>294.28</v>
+        <v>10868.42</v>
       </c>
       <c r="F613" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>1472</v>
+        <v>1481</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>1473</v>
+        <v>1482</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D614" s="0" t="s">
-        <v>1474</v>
+        <v>1483</v>
       </c>
       <c r="E614" s="2">
-        <v>497.12</v>
+        <v>209.37</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>1475</v>
+        <v>1484</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>1476</v>
+        <v>1485</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D615" s="0" t="s">
-        <v>1477</v>
+        <v>1486</v>
       </c>
       <c r="E615" s="2">
-        <v>1011.25</v>
+        <v>18.36</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>1478</v>
+        <v>1487</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D616" s="0" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="E616" s="2">
-        <v>14246.84</v>
+        <v>131.93</v>
       </c>
       <c r="F616" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D617" s="0" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="E617" s="2">
-        <v>4573.25</v>
+        <v>1507.02</v>
       </c>
       <c r="F617" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D618" s="0" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="E618" s="2">
-        <v>223.67</v>
+        <v>4516.17</v>
       </c>
       <c r="F618" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>1485</v>
+        <v>1494</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D619" s="0" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="E619" s="2">
-        <v>4679.17</v>
+        <v>5604.02</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>1488</v>
+        <v>1496</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>1489</v>
+        <v>1497</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D620" s="0" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="E620" s="2">
-        <v>16179.32</v>
+        <v>1969.88</v>
       </c>
       <c r="F620" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D621" s="0" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
       <c r="E621" s="2">
-        <v>2507.23</v>
+        <v>36004.56</v>
       </c>
       <c r="F621" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D622" s="0" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="E622" s="2">
-        <v>16272.14</v>
+        <v>25785.82</v>
       </c>
       <c r="F622" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D623" s="0" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="E623" s="2">
-        <v>57700.92</v>
+        <v>8987.59</v>
       </c>
       <c r="F623" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D624" s="0" t="s">
-        <v>1502</v>
+        <v>1508</v>
       </c>
       <c r="E624" s="2">
-        <v>3325.45</v>
+        <v>1432.03</v>
       </c>
       <c r="F624" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>1503</v>
+        <v>1509</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D625" s="0" t="s">
-        <v>1505</v>
+        <v>1238</v>
       </c>
       <c r="E625" s="2">
-        <v>3.3</v>
+        <v>392.47</v>
       </c>
       <c r="F625" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D626" s="0" t="s">
-        <v>1505</v>
+        <v>1513</v>
       </c>
       <c r="E626" s="2">
-        <v>11.44</v>
+        <v>36021.55</v>
       </c>
       <c r="F626" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>1507</v>
+        <v>1514</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D627" s="0" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="E627" s="2">
-        <v>1.63</v>
+        <v>25162.37</v>
       </c>
       <c r="F627" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>1511</v>
+        <v>1375</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D628" s="0" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="E628" s="2">
-        <v>8080.36</v>
+        <v>28.3</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D629" s="0" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="E629" s="2">
-        <v>12153.52</v>
+        <v>16.54</v>
       </c>
       <c r="F629" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D630" s="0" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="E630" s="2">
-        <v>11176.42</v>
+        <v>3712.55</v>
       </c>
       <c r="F630" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
       <c r="C631" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D631" s="0" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="E631" s="2">
-        <v>230.98</v>
+        <v>21042.15</v>
       </c>
       <c r="F631" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>1523</v>
+        <v>1529</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D632" s="0" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="E632" s="2">
-        <v>3031.29</v>
+        <v>1247.24</v>
       </c>
       <c r="F632" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>1523</v>
+        <v>1532</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D633" s="0" t="s">
-        <v>1418</v>
+        <v>1533</v>
       </c>
       <c r="E633" s="2">
-        <v>271.04</v>
+        <v>25551.67</v>
       </c>
       <c r="F633" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>1476</v>
+        <v>1535</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D634" s="0" t="s">
-        <v>1527</v>
+        <v>1536</v>
       </c>
       <c r="E634" s="2">
-        <v>679.11</v>
+        <v>4124.98</v>
       </c>
       <c r="F634" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>1528</v>
+        <v>1537</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>1529</v>
+        <v>1538</v>
       </c>
       <c r="C635" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D635" s="0" t="s">
-        <v>1530</v>
+        <v>1539</v>
       </c>
       <c r="E635" s="2">
-        <v>8506.78</v>
+        <v>13.46</v>
       </c>
       <c r="F635" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>1531</v>
+        <v>1540</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>1529</v>
+        <v>1538</v>
       </c>
       <c r="C636" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D636" s="0" t="s">
-        <v>1532</v>
+        <v>1541</v>
       </c>
       <c r="E636" s="2">
-        <v>127.74</v>
+        <v>18271.43</v>
       </c>
       <c r="F636" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>1533</v>
+        <v>1542</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>1534</v>
+        <v>1543</v>
       </c>
       <c r="C637" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D637" s="0" t="s">
-        <v>1535</v>
+        <v>1544</v>
       </c>
       <c r="E637" s="2">
-        <v>16418.56</v>
+        <v>26415.32</v>
       </c>
       <c r="F637" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>1537</v>
+        <v>1546</v>
       </c>
       <c r="C638" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D638" s="0" t="s">
-        <v>1538</v>
+        <v>1547</v>
       </c>
       <c r="E638" s="2">
-        <v>1649.86</v>
+        <v>535.49</v>
       </c>
       <c r="F638" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>1539</v>
+        <v>1548</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>1476</v>
+        <v>1549</v>
       </c>
       <c r="C639" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D639" s="0" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="E639" s="2">
-        <v>745409.33</v>
+        <v>16511.88</v>
       </c>
       <c r="F639" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>1541</v>
+        <v>1551</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>1542</v>
+        <v>1552</v>
       </c>
       <c r="C640" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D640" s="0" t="s">
-        <v>353</v>
+        <v>1553</v>
       </c>
       <c r="E640" s="2">
-        <v>3477.93</v>
+        <v>1649.1</v>
       </c>
       <c r="F640" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>1543</v>
+        <v>1554</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>1544</v>
+        <v>1555</v>
       </c>
       <c r="C641" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D641" s="0" t="s">
-        <v>1545</v>
+        <v>1556</v>
       </c>
       <c r="E641" s="2">
-        <v>647.52</v>
+        <v>17823.72</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>1546</v>
+        <v>1557</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>1547</v>
+        <v>1470</v>
       </c>
       <c r="C642" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D642" s="0" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="E642" s="2">
-        <v>29607.84</v>
+        <v>785.76</v>
       </c>
       <c r="F642" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>1549</v>
+        <v>1559</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>1550</v>
+        <v>1470</v>
       </c>
       <c r="C643" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D643" s="0" t="s">
-        <v>1551</v>
+        <v>1558</v>
       </c>
       <c r="E643" s="2">
-        <v>27082.67</v>
+        <v>1509.14</v>
       </c>
       <c r="F643" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
       <c r="C644" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D644" s="0" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="E644" s="2">
-        <v>10868.42</v>
+        <v>24559.23</v>
       </c>
       <c r="F644" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="C645" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D645" s="0" t="s">
-        <v>1557</v>
+        <v>1565</v>
       </c>
       <c r="E645" s="2">
-        <v>209.37</v>
+        <v>15620.42</v>
       </c>
       <c r="F645" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="C646" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D646" s="0" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="E646" s="2">
-        <v>18.36</v>
+        <v>866.21</v>
       </c>
       <c r="F646" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="C647" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D647" s="0" t="s">
-        <v>1562</v>
+        <v>1364</v>
       </c>
       <c r="E647" s="2">
-        <v>131.93</v>
+        <v>328.07</v>
       </c>
       <c r="F647" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>1559</v>
+        <v>1570</v>
       </c>
       <c r="C648" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D648" s="0" t="s">
-        <v>1560</v>
+        <v>1571</v>
       </c>
       <c r="E648" s="2">
-        <v>1507.02</v>
+        <v>862.24</v>
       </c>
       <c r="F648" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="C649" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D649" s="0" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="E649" s="2">
-        <v>4516.17</v>
+        <v>4492.29</v>
       </c>
       <c r="F649" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="C650" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D650" s="0" t="s">
-        <v>1569</v>
+        <v>1576</v>
       </c>
       <c r="E650" s="2">
-        <v>5604.02</v>
+        <v>2482.33</v>
       </c>
       <c r="F650" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>1570</v>
+        <v>1577</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>1571</v>
+        <v>1578</v>
       </c>
       <c r="C651" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D651" s="0" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="E651" s="2">
-        <v>1969.88</v>
+        <v>12202.01</v>
       </c>
       <c r="F651" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>1574</v>
+        <v>1581</v>
       </c>
       <c r="C652" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D652" s="0" t="s">
-        <v>1572</v>
+        <v>1582</v>
       </c>
       <c r="E652" s="2">
-        <v>36004.56</v>
+        <v>25073.62</v>
       </c>
       <c r="F652" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="C653" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D653" s="0" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
       <c r="E653" s="2">
-        <v>25785.82</v>
+        <v>20491.59</v>
       </c>
       <c r="F653" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="C654" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D654" s="0" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="E654" s="2">
-        <v>8987.59</v>
+        <v>41366.43</v>
       </c>
       <c r="F654" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>1579</v>
+        <v>1590</v>
       </c>
       <c r="C655" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D655" s="0" t="s">
-        <v>1582</v>
+        <v>1591</v>
       </c>
       <c r="E655" s="2">
-        <v>1432.03</v>
+        <v>9319.39</v>
       </c>
       <c r="F655" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>1583</v>
+        <v>1592</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="C656" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D656" s="0" t="s">
-        <v>1312</v>
+        <v>1594</v>
       </c>
       <c r="E656" s="2">
-        <v>392.47</v>
+        <v>66.97</v>
       </c>
       <c r="F656" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>1585</v>
+        <v>1595</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>1586</v>
+        <v>1596</v>
       </c>
       <c r="C657" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D657" s="0" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
       <c r="E657" s="2">
-        <v>36021.55</v>
+        <v>5886.69</v>
       </c>
       <c r="F657" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>1588</v>
+        <v>1598</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>1589</v>
+        <v>1599</v>
       </c>
       <c r="C658" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D658" s="0" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="E658" s="2">
-        <v>25162.37</v>
+        <v>24454.38</v>
       </c>
       <c r="F658" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>1449</v>
+        <v>173</v>
       </c>
       <c r="C659" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D659" s="0" t="s">
-        <v>1592</v>
+        <v>1602</v>
       </c>
       <c r="E659" s="2">
-        <v>28.3</v>
+        <v>21100.63</v>
       </c>
       <c r="F659" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>1593</v>
+        <v>1603</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="C660" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D660" s="0" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
       <c r="E660" s="2">
-        <v>16.54</v>
+        <v>922.94</v>
       </c>
       <c r="F660" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="C661" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D661" s="0" t="s">
-        <v>1598</v>
+        <v>1607</v>
       </c>
       <c r="E661" s="2">
-        <v>3712.55</v>
+        <v>12511.07</v>
       </c>
       <c r="F661" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>1599</v>
+        <v>1608</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>1600</v>
+        <v>1609</v>
       </c>
       <c r="C662" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D662" s="0" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
       <c r="E662" s="2">
-        <v>21042.15</v>
+        <v>44703.99</v>
       </c>
       <c r="F662" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1602</v>
+        <v>1611</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
       <c r="C663" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D663" s="0" t="s">
-        <v>1604</v>
+        <v>1238</v>
       </c>
       <c r="E663" s="2">
-        <v>1363.24</v>
+        <v>230.73</v>
       </c>
       <c r="F663" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="C664" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D664" s="0" t="s">
-        <v>1607</v>
+        <v>1281</v>
       </c>
       <c r="E664" s="2">
-        <v>25551.67</v>
+        <v>254.14</v>
       </c>
       <c r="F664" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1608</v>
+        <v>1614</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
       <c r="C665" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D665" s="0" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="E665" s="2">
-        <v>4124.98</v>
+        <v>4413.14</v>
       </c>
       <c r="F665" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="C666" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D666" s="0" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="E666" s="2">
-        <v>13.46</v>
+        <v>801.82</v>
       </c>
       <c r="F666" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1612</v>
+        <v>1621</v>
       </c>
       <c r="C667" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D667" s="0" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="E667" s="2">
-        <v>18271.43</v>
+        <v>1504.99</v>
       </c>
       <c r="F667" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="C668" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D668" s="0" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="E668" s="2">
-        <v>26415.32</v>
+        <v>2288.47</v>
       </c>
       <c r="F668" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="C669" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D669" s="0" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="E669" s="2">
-        <v>535.49</v>
+        <v>16723.02</v>
       </c>
       <c r="F669" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="C670" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D670" s="0" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="E670" s="2">
-        <v>16511.88</v>
+        <v>8366.76</v>
       </c>
       <c r="F670" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="C671" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D671" s="0" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
       <c r="E671" s="2">
-        <v>1649.1</v>
+        <v>27928.95</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="C672" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D672" s="0" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="E672" s="2">
-        <v>17823.72</v>
+        <v>813.85</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1544</v>
+        <v>1636</v>
       </c>
       <c r="C673" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D673" s="0" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="E673" s="2">
-        <v>785.76</v>
+        <v>651.06</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1544</v>
+        <v>1640</v>
       </c>
       <c r="C674" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D674" s="0" t="s">
-        <v>1632</v>
+        <v>1641</v>
       </c>
       <c r="E674" s="2">
-        <v>1509.14</v>
+        <v>19450.12</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="C675" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D675" s="0" t="s">
-        <v>1636</v>
+        <v>434</v>
       </c>
       <c r="E675" s="2">
-        <v>24559.23</v>
+        <v>96.51</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="C676" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D676" s="0" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="E676" s="2">
-        <v>15620.42</v>
+        <v>359.29</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1638</v>
+        <v>1647</v>
       </c>
       <c r="C677" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D677" s="0" t="s">
-        <v>1639</v>
+        <v>1648</v>
       </c>
       <c r="E677" s="2">
-        <v>866.21</v>
+        <v>31555.6</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="C678" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D678" s="0" t="s">
-        <v>1438</v>
+        <v>1651</v>
       </c>
       <c r="E678" s="2">
-        <v>328.07</v>
+        <v>11020.92</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1643</v>
+        <v>1652</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1644</v>
+        <v>1523</v>
       </c>
       <c r="C679" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D679" s="0" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="E679" s="2">
-        <v>862.24</v>
+        <v>18623.39</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="C680" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D680" s="0" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="E680" s="2">
-        <v>4492.29</v>
+        <v>15725.54</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
       <c r="C681" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D681" s="0" t="s">
-        <v>1650</v>
+        <v>1659</v>
       </c>
       <c r="E681" s="2">
-        <v>2482.33</v>
+        <v>1626.33</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1651</v>
+        <v>1660</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1652</v>
+        <v>1661</v>
       </c>
       <c r="C682" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D682" s="0" t="s">
-        <v>1653</v>
+        <v>1662</v>
       </c>
       <c r="E682" s="2">
-        <v>12202.01</v>
+        <v>40697.66</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1654</v>
+        <v>1663</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1655</v>
+        <v>1664</v>
       </c>
       <c r="C683" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D683" s="0" t="s">
-        <v>1656</v>
+        <v>1330</v>
       </c>
       <c r="E683" s="2">
-        <v>25073.62</v>
+        <v>259.64</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1657</v>
+        <v>1665</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1658</v>
+        <v>1666</v>
       </c>
       <c r="C684" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D684" s="0" t="s">
-        <v>1659</v>
+        <v>1667</v>
       </c>
       <c r="E684" s="2">
-        <v>20491.59</v>
+        <v>1300.42</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1660</v>
+        <v>1668</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1661</v>
+        <v>1669</v>
       </c>
       <c r="C685" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D685" s="0" t="s">
-        <v>1662</v>
+        <v>1488</v>
       </c>
       <c r="E685" s="2">
-        <v>41366.43</v>
+        <v>120.58</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1663</v>
+        <v>1670</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="C686" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D686" s="0" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="E686" s="2">
-        <v>9319.39</v>
+        <v>2751.56</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="C687" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D687" s="0" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="E687" s="2">
-        <v>476.19</v>
+        <v>11460.44</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="C688" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D688" s="0" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="E688" s="2">
-        <v>5886.69</v>
+        <v>2305.13</v>
       </c>
       <c r="F688" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="C689" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D689" s="0" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="E689" s="2">
-        <v>24454.38</v>
+        <v>13720.62</v>
       </c>
       <c r="F689" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="C690" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D690" s="0" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="E690" s="2">
-        <v>21509.85</v>
+        <v>438.55</v>
       </c>
       <c r="F690" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="C691" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D691" s="0" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="E691" s="2">
-        <v>922.94</v>
+        <v>492.17</v>
       </c>
       <c r="F691" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1679</v>
+        <v>1686</v>
       </c>
       <c r="C692" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D692" s="0" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="E692" s="2">
-        <v>12511.07</v>
+        <v>907.15</v>
       </c>
       <c r="F692" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="C693" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D693" s="0" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="E693" s="2">
-        <v>44703.99</v>
+        <v>979.15</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B694" s="0" t="s">
         <v>1686</v>
       </c>
-      <c r="B694" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C694" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D694" s="0" t="s">
-        <v>1312</v>
+        <v>1281</v>
       </c>
       <c r="E694" s="2">
-        <v>230.73</v>
+        <v>494.42</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="C695" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D695" s="0" t="s">
-        <v>1355</v>
+        <v>1693</v>
       </c>
       <c r="E695" s="2">
-        <v>254.14</v>
+        <v>4727.64</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1689</v>
+        <v>1694</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="C696" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D696" s="0" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="E696" s="2">
-        <v>4413.14</v>
+        <v>480.42</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="C697" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D697" s="0" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="E697" s="2">
-        <v>801.82</v>
+        <v>949.84</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="C698" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D698" s="0" t="s">
-        <v>1697</v>
+        <v>1397</v>
       </c>
       <c r="E698" s="2">
-        <v>1504.99</v>
+        <v>329.34</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C699" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D699" s="0" t="s">
-        <v>1700</v>
+        <v>1281</v>
       </c>
       <c r="E699" s="2">
-        <v>2288.47</v>
+        <v>144.7</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="C700" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D700" s="0" t="s">
-        <v>1703</v>
+        <v>1281</v>
       </c>
       <c r="E700" s="2">
-        <v>16723.02</v>
+        <v>990.66</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>1705</v>
+        <v>1703</v>
       </c>
       <c r="C701" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D701" s="0" t="s">
         <v>1706</v>
       </c>
       <c r="E701" s="2">
-        <v>8366.76</v>
+        <v>16251.4</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
         <v>1707</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>1708</v>
+        <v>1703</v>
       </c>
       <c r="C702" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D702" s="0" t="s">
-        <v>1709</v>
+        <v>1281</v>
       </c>
       <c r="E702" s="2">
-        <v>27928.95</v>
+        <v>371.28</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>1710</v>
+        <v>1708</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>1711</v>
+        <v>1703</v>
       </c>
       <c r="C703" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D703" s="0" t="s">
-        <v>1712</v>
+        <v>1397</v>
       </c>
       <c r="E703" s="2">
-        <v>813.85</v>
+        <v>123.79</v>
       </c>
       <c r="F703" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>1713</v>
+        <v>1709</v>
       </c>
       <c r="B704" s="0" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C704" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D704" s="0" t="s">
         <v>1711</v>
       </c>
-      <c r="C704" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E704" s="2">
-        <v>651.06</v>
+        <v>17200.03</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>1714</v>
+        <v>1712</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="C705" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D705" s="0" t="s">
-        <v>1716</v>
+        <v>1235</v>
       </c>
       <c r="E705" s="2">
-        <v>19450.12</v>
+        <v>108.3</v>
       </c>
       <c r="F705" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>1717</v>
+        <v>1714</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
       <c r="C706" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D706" s="0" t="s">
-        <v>455</v>
+        <v>1716</v>
       </c>
       <c r="E706" s="2">
-        <v>96.51</v>
+        <v>21424.5</v>
       </c>
       <c r="F706" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="B707" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C707" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D707" s="0" t="s">
         <v>1718</v>
       </c>
-      <c r="C707" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E707" s="2">
-        <v>359.29</v>
+        <v>148.47</v>
       </c>
       <c r="F707" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B708" s="0" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C708" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D708" s="0" t="s">
         <v>1721</v>
       </c>
-      <c r="B708" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E708" s="2">
-        <v>31555.6</v>
+        <v>1220.03</v>
       </c>
       <c r="F708" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B709" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C709" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D709" s="0" t="s">
         <v>1724</v>
       </c>
-      <c r="B709" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E709" s="2">
-        <v>11020.92</v>
+        <v>3435.58</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B710" s="0" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C710" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D710" s="0" t="s">
         <v>1727</v>
       </c>
-      <c r="B710" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E710" s="2">
-        <v>18623.39</v>
+        <v>46198.13</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B711" s="0" t="s">
         <v>1729</v>
       </c>
-      <c r="B711" s="0" t="s">
+      <c r="C711" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D711" s="0" t="s">
         <v>1730</v>
       </c>
-      <c r="C711" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E711" s="2">
-        <v>15725.54</v>
+        <v>11673.88</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B712" s="0" t="s">
         <v>1732</v>
       </c>
-      <c r="B712" s="0" t="s">
+      <c r="C712" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D712" s="0" t="s">
         <v>1733</v>
       </c>
-      <c r="C712" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E712" s="2">
-        <v>1626.33</v>
+        <v>1831.31</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B713" s="0" t="s">
         <v>1735</v>
       </c>
-      <c r="B713" s="0" t="s">
+      <c r="C713" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D713" s="0" t="s">
         <v>1736</v>
       </c>
-      <c r="C713" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E713" s="2">
-        <v>7864</v>
+        <v>802.46</v>
       </c>
       <c r="F713" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B714" s="0" t="s">
         <v>1738</v>
       </c>
-      <c r="B714" s="0" t="s">
+      <c r="C714" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D714" s="0" t="s">
         <v>1739</v>
       </c>
-      <c r="C714" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E714" s="2">
-        <v>40697.66</v>
+        <v>72.68</v>
       </c>
       <c r="F714" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B715" s="0" t="s">
         <v>1741</v>
       </c>
-      <c r="B715" s="0" t="s">
+      <c r="C715" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D715" s="0" t="s">
         <v>1742</v>
       </c>
-      <c r="C715" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E715" s="2">
-        <v>259.64</v>
+        <v>62.25</v>
       </c>
       <c r="F715" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
         <v>1743</v>
       </c>
       <c r="B716" s="0" t="s">
         <v>1744</v>
       </c>
       <c r="C716" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D716" s="0" t="s">
         <v>1745</v>
       </c>
       <c r="E716" s="2">
-        <v>1300.42</v>
+        <v>820.64</v>
       </c>
       <c r="F716" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
         <v>1746</v>
       </c>
       <c r="B717" s="0" t="s">
         <v>1747</v>
       </c>
       <c r="C717" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D717" s="0" t="s">
-        <v>1562</v>
+        <v>1748</v>
       </c>
       <c r="E717" s="2">
-        <v>120.58</v>
+        <v>792.05</v>
       </c>
       <c r="F717" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="C718" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D718" s="0" t="s">
-        <v>1749</v>
+        <v>1659</v>
       </c>
       <c r="E718" s="2">
-        <v>2751.56</v>
+        <v>564.98</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="C719" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D719" s="0" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="E719" s="2">
-        <v>11460.44</v>
+        <v>2076.8</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="C720" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D720" s="0" t="s">
-        <v>1755</v>
+        <v>1084</v>
       </c>
       <c r="E720" s="2">
-        <v>2305.13</v>
+        <v>1123.98</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
         <v>1756</v>
       </c>
       <c r="B721" s="0" t="s">
         <v>1757</v>
       </c>
       <c r="C721" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D721" s="0" t="s">
         <v>1758</v>
       </c>
       <c r="E721" s="2">
-        <v>13720.62</v>
+        <v>8250.86</v>
       </c>
       <c r="F721" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
         <v>1759</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="C722" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D722" s="0" t="s">
-        <v>1758</v>
+        <v>9</v>
       </c>
       <c r="E722" s="2">
-        <v>438.55</v>
+        <v>358.29</v>
       </c>
       <c r="F722" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>1761</v>
+        <v>1292</v>
       </c>
       <c r="C723" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D723" s="0" t="s">
         <v>1762</v>
       </c>
       <c r="E723" s="2">
-        <v>794.62</v>
+        <v>5278.17</v>
       </c>
       <c r="F723" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
         <v>1763</v>
       </c>
       <c r="B724" s="0" t="s">
         <v>1764</v>
       </c>
       <c r="C724" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D724" s="0" t="s">
-        <v>1765</v>
+        <v>468</v>
       </c>
       <c r="E724" s="2">
-        <v>907.15</v>
+        <v>25.71</v>
       </c>
       <c r="F724" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B725" s="0" t="s">
         <v>1766</v>
       </c>
-      <c r="B725" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C725" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D725" s="0" t="s">
         <v>1767</v>
       </c>
       <c r="E725" s="2">
-        <v>979.15</v>
+        <v>8258.23</v>
       </c>
       <c r="F725" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
         <v>1768</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="C726" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D726" s="0" t="s">
-        <v>1355</v>
+        <v>1770</v>
       </c>
       <c r="E726" s="2">
-        <v>494.42</v>
+        <v>152.82</v>
       </c>
       <c r="F726" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="C727" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D727" s="0" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="E727" s="2">
-        <v>4727.64</v>
+        <v>1033.03</v>
       </c>
       <c r="F727" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B728" s="0" t="s">
         <v>1772</v>
       </c>
-      <c r="B728" s="0" t="s">
+      <c r="C728" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D728" s="0" t="s">
         <v>1773</v>
       </c>
-      <c r="C728" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E728" s="2">
-        <v>480.42</v>
+        <v>1056.99</v>
       </c>
       <c r="F728" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
         <v>1775</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1776</v>
+        <v>1772</v>
       </c>
       <c r="C729" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D729" s="0" t="s">
-        <v>1777</v>
+        <v>1773</v>
       </c>
       <c r="E729" s="2">
-        <v>949.84</v>
+        <v>1043.32</v>
       </c>
       <c r="F729" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B730" s="0" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C730" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D730" s="0" t="s">
         <v>1778</v>
       </c>
-      <c r="B730" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E730" s="2">
-        <v>329.34</v>
+        <v>331.37</v>
       </c>
       <c r="F730" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B731" s="0" t="s">
         <v>1780</v>
       </c>
-      <c r="B731" s="0" t="s">
+      <c r="C731" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D731" s="0" t="s">
         <v>1781</v>
       </c>
-      <c r="C731" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E731" s="2">
-        <v>144.7</v>
+        <v>37.35</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
         <v>1782</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="C732" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D732" s="0" t="s">
-        <v>1355</v>
+        <v>1784</v>
       </c>
       <c r="E732" s="2">
-        <v>990.66</v>
+        <v>398.59</v>
       </c>
       <c r="F732" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B733" s="0" t="s">
         <v>1783</v>
       </c>
-      <c r="B733" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C733" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D733" s="0" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="E733" s="2">
-        <v>16251.4</v>
+        <v>23892.39</v>
       </c>
       <c r="F733" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>1781</v>
+        <v>1788</v>
       </c>
       <c r="C734" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D734" s="0" t="s">
-        <v>1355</v>
+        <v>1789</v>
       </c>
       <c r="E734" s="2">
-        <v>371.28</v>
+        <v>10801.63</v>
       </c>
       <c r="F734" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>1781</v>
+        <v>1791</v>
       </c>
       <c r="C735" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D735" s="0" t="s">
-        <v>1471</v>
+        <v>1792</v>
       </c>
       <c r="E735" s="2">
-        <v>123.79</v>
+        <v>1391.03</v>
       </c>
       <c r="F735" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="C736" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D736" s="0" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="E736" s="2">
-        <v>17200.03</v>
+        <v>6743.35</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1791</v>
+        <v>1359</v>
       </c>
       <c r="C737" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D737" s="0" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="E737" s="2">
-        <v>6198.13</v>
+        <v>3582.15</v>
       </c>
       <c r="F737" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="C738" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D738" s="0" t="s">
-        <v>1309</v>
+        <v>1800</v>
       </c>
       <c r="E738" s="2">
-        <v>108.3</v>
+        <v>9747.75</v>
       </c>
       <c r="F738" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="C739" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D739" s="0" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="E739" s="2">
-        <v>21424.5</v>
+        <v>4641.65</v>
       </c>
       <c r="F739" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>1705</v>
+        <v>200</v>
       </c>
       <c r="C740" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D740" s="0" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="E740" s="2">
-        <v>148.47</v>
+        <v>4114.57</v>
       </c>
       <c r="F740" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>1801</v>
+        <v>1593</v>
       </c>
       <c r="C741" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D741" s="0" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="E741" s="2">
-        <v>1220.03</v>
+        <v>15158.14</v>
       </c>
       <c r="F741" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="C742" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D742" s="0" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="E742" s="2">
-        <v>3435.58</v>
+        <v>14287.36</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="C743" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D743" s="0" t="s">
-        <v>1808</v>
+        <v>1364</v>
       </c>
       <c r="E743" s="2">
-        <v>46198.13</v>
+        <v>204.43</v>
       </c>
       <c r="F743" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="C744" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D744" s="0" t="s">
-        <v>1811</v>
+        <v>1364</v>
       </c>
       <c r="E744" s="2">
-        <v>11673.88</v>
+        <v>204.43</v>
       </c>
       <c r="F744" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="C745" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D745" s="0" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="E745" s="2">
-        <v>1831.31</v>
+        <v>2640.9</v>
       </c>
       <c r="F745" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="C746" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D746" s="0" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="E746" s="2">
-        <v>802.46</v>
+        <v>12608.92</v>
       </c>
       <c r="F746" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="C747" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D747" s="0" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="E747" s="2">
-        <v>72.68</v>
+        <v>2236.95</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>1822</v>
+        <v>1402</v>
       </c>
       <c r="C748" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D748" s="0" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="E748" s="2">
-        <v>62.25</v>
+        <v>2506.05</v>
       </c>
       <c r="F748" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>1825</v>
+        <v>1636</v>
       </c>
       <c r="C749" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D749" s="0" t="s">
-        <v>1826</v>
+        <v>1637</v>
       </c>
       <c r="E749" s="2">
-        <v>820.64</v>
+        <v>24.44</v>
       </c>
       <c r="F749" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B750" s="0" t="s">
         <v>1827</v>
       </c>
-      <c r="B750" s="0" t="s">
+      <c r="C750" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D750" s="0" t="s">
         <v>1828</v>
       </c>
-      <c r="C750" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E750" s="2">
-        <v>792.05</v>
+        <v>70.6</v>
       </c>
       <c r="F750" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B751" s="0" t="s">
         <v>1830</v>
       </c>
-      <c r="B751" s="0" t="s">
+      <c r="C751" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D751" s="0" t="s">
         <v>1831</v>
       </c>
-      <c r="C751" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E751" s="2">
-        <v>564.98</v>
+        <v>272.6</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
         <v>1832</v>
       </c>
       <c r="B752" s="0" t="s">
         <v>1833</v>
       </c>
       <c r="C752" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D752" s="0" t="s">
         <v>1834</v>
       </c>
       <c r="E752" s="2">
-        <v>2076.8</v>
+        <v>154.97</v>
       </c>
       <c r="F752" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
         <v>1835</v>
       </c>
       <c r="B753" s="0" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C753" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D753" s="0" t="s">
         <v>1836</v>
       </c>
-      <c r="C753" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E753" s="2">
-        <v>1123.98</v>
+        <v>53.78</v>
       </c>
       <c r="F753" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
         <v>1837</v>
       </c>
       <c r="B754" s="0" t="s">
         <v>1838</v>
       </c>
       <c r="C754" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D754" s="0" t="s">
         <v>1839</v>
       </c>
       <c r="E754" s="2">
-        <v>8250.86</v>
+        <v>10303.59</v>
       </c>
       <c r="F754" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
         <v>1840</v>
       </c>
       <c r="B755" s="0" t="s">
         <v>1841</v>
       </c>
       <c r="C755" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D755" s="0" t="s">
-        <v>9</v>
+        <v>1842</v>
       </c>
       <c r="E755" s="2">
-        <v>358.29</v>
+        <v>14823.21</v>
       </c>
       <c r="F755" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>1366</v>
+        <v>1844</v>
       </c>
       <c r="C756" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D756" s="0" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="E756" s="2">
-        <v>5278.17</v>
+        <v>5738.98</v>
       </c>
       <c r="F756" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C757" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D757" s="0" t="s">
-        <v>489</v>
+        <v>1848</v>
       </c>
       <c r="E757" s="2">
-        <v>25.71</v>
+        <v>11566.37</v>
       </c>
       <c r="F757" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="C758" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D758" s="0" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="E758" s="2">
-        <v>8258.23</v>
+        <v>1517.34</v>
       </c>
       <c r="F758" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>1850</v>
+        <v>1769</v>
       </c>
       <c r="C759" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D759" s="0" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="E759" s="2">
-        <v>152.82</v>
+        <v>134.94</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="C760" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D760" s="0" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="E760" s="2">
-        <v>1033.03</v>
+        <v>5060.89</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>1853</v>
+        <v>1314</v>
       </c>
       <c r="C761" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D761" s="0" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="E761" s="2">
-        <v>1056.99</v>
+        <v>5048.93</v>
       </c>
       <c r="F761" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>1853</v>
+        <v>1314</v>
       </c>
       <c r="C762" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D762" s="0" t="s">
-        <v>1854</v>
+        <v>1330</v>
       </c>
       <c r="E762" s="2">
-        <v>1043.32</v>
+        <v>294.59</v>
       </c>
       <c r="F762" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="C763" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D763" s="0" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="E763" s="2">
-        <v>609.93</v>
+        <v>14837.85</v>
       </c>
       <c r="F763" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="C764" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D764" s="0" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="E764" s="2">
-        <v>331.37</v>
+        <v>13627.61</v>
       </c>
       <c r="F764" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="C765" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D765" s="0" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="E765" s="2">
-        <v>37.35</v>
+        <v>28220.49</v>
       </c>
       <c r="F765" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="C766" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D766" s="0" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="E766" s="2">
-        <v>398.59</v>
+        <v>11126.8</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
       <c r="C767" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D767" s="0" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="E767" s="2">
-        <v>23892.39</v>
+        <v>1099.3</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
       <c r="C768" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D768" s="0" t="s">
-        <v>1873</v>
+        <v>1877</v>
       </c>
       <c r="E768" s="2">
-        <v>10801.63</v>
+        <v>117.82</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>1874</v>
+        <v>1878</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>1875</v>
+        <v>1630</v>
       </c>
       <c r="C769" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D769" s="0" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="E769" s="2">
-        <v>1391.03</v>
+        <v>7751.99</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="C770" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D770" s="0" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="E770" s="2">
-        <v>7152.57</v>
+        <v>30871.31</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>1433</v>
+        <v>1881</v>
       </c>
       <c r="C771" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D771" s="0" t="s">
-        <v>1881</v>
+        <v>1344</v>
       </c>
       <c r="E771" s="2">
-        <v>3582.15</v>
+        <v>1093.17</v>
       </c>
       <c r="F771" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="C772" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D772" s="0" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="E772" s="2">
-        <v>9747.75</v>
+        <v>17021.64</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="B773" s="0" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C773" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D773" s="0" t="s">
         <v>1886</v>
       </c>
-      <c r="C773" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E773" s="2">
-        <v>4641.65</v>
+        <v>16433.23</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>213</v>
+        <v>1885</v>
       </c>
       <c r="C774" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D774" s="0" t="s">
-        <v>1889</v>
+        <v>1238</v>
       </c>
       <c r="E774" s="2">
-        <v>4114.57</v>
+        <v>679.85</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
         <v>1890</v>
       </c>
       <c r="B775" s="0" t="s">
         <v>1891</v>
       </c>
       <c r="C775" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D775" s="0" t="s">
         <v>1892</v>
       </c>
       <c r="E775" s="2">
-        <v>15567.36</v>
+        <v>11710.63</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
         <v>1893</v>
       </c>
       <c r="B776" s="0" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C776" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D776" s="0" t="s">
         <v>1894</v>
       </c>
-      <c r="C776" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E776" s="2">
-        <v>14287.36</v>
+        <v>2421.84</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B777" s="0" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C777" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D777" s="0" t="s">
         <v>1896</v>
       </c>
-      <c r="B777" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E777" s="2">
-        <v>204.43</v>
+        <v>4.95</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B778" s="0" t="s">
         <v>1898</v>
       </c>
-      <c r="B778" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C778" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D778" s="0" t="s">
-        <v>1438</v>
+        <v>1899</v>
       </c>
       <c r="E778" s="2">
-        <v>204.43</v>
+        <v>21089.69</v>
       </c>
       <c r="F778" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="C779" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D779" s="0" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="E779" s="2">
-        <v>2640.9</v>
+        <v>51647.96</v>
       </c>
       <c r="F779" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>1903</v>
+        <v>1741</v>
       </c>
       <c r="C780" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D780" s="0" t="s">
         <v>1904</v>
       </c>
       <c r="E780" s="2">
-        <v>12608.92</v>
+        <v>456.17</v>
       </c>
       <c r="F780" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
         <v>1905</v>
       </c>
       <c r="B781" s="0" t="s">
         <v>1906</v>
       </c>
       <c r="C781" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D781" s="0" t="s">
         <v>1907</v>
       </c>
       <c r="E781" s="2">
-        <v>2236.95</v>
+        <v>4419.15</v>
       </c>
       <c r="F781" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
         <v>1908</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>1476</v>
+        <v>1909</v>
       </c>
       <c r="C782" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D782" s="0" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="E782" s="2">
-        <v>2506.05</v>
+        <v>635.48</v>
       </c>
       <c r="F782" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>1711</v>
+        <v>1912</v>
       </c>
       <c r="C783" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D783" s="0" t="s">
-        <v>1712</v>
+        <v>1913</v>
       </c>
       <c r="E783" s="2">
-        <v>24.44</v>
+        <v>257.06</v>
       </c>
       <c r="F783" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="C784" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D784" s="0" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="E784" s="2">
-        <v>70.6</v>
+        <v>10845.69</v>
       </c>
       <c r="F784" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="C785" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D785" s="0" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="E785" s="2">
-        <v>272.6</v>
+        <v>174.26</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="C786" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D786" s="0" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="E786" s="2">
-        <v>154.97</v>
+        <v>946.42</v>
       </c>
       <c r="F786" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>1918</v>
+        <v>1924</v>
       </c>
       <c r="C787" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D787" s="0" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="E787" s="2">
-        <v>53.78</v>
+        <v>620.23</v>
       </c>
       <c r="F787" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="C788" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D788" s="0" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="E788" s="2">
-        <v>10303.59</v>
+        <v>1335.91</v>
       </c>
       <c r="F788" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
       <c r="C789" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D789" s="0" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
       <c r="E789" s="2">
-        <v>14823.21</v>
+        <v>4396.01</v>
       </c>
       <c r="F789" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>1929</v>
+        <v>1630</v>
       </c>
       <c r="C790" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D790" s="0" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="E790" s="2">
-        <v>5738.98</v>
+        <v>677.02</v>
       </c>
       <c r="F790" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>1932</v>
+        <v>1630</v>
       </c>
       <c r="C791" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D791" s="0" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="E791" s="2">
-        <v>11566.37</v>
+        <v>476.87</v>
       </c>
       <c r="F791" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="C792" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D792" s="0" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="E792" s="2">
-        <v>1517.34</v>
+        <v>4331.81</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B793" s="0" t="s">
         <v>1937</v>
       </c>
-      <c r="B793" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C793" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D793" s="0" t="s">
         <v>1938</v>
       </c>
       <c r="E793" s="2">
-        <v>134.94</v>
+        <v>36895.01</v>
       </c>
       <c r="F793" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>1940</v>
+        <v>1402</v>
       </c>
       <c r="C794" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D794" s="0" t="s">
         <v>1941</v>
       </c>
       <c r="E794" s="2">
-        <v>5060.89</v>
+        <v>391.83</v>
       </c>
       <c r="F794" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
         <v>1942</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
       <c r="C795" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D795" s="0" t="s">
         <v>1943</v>
       </c>
       <c r="E795" s="2">
-        <v>5048.93</v>
+        <v>1255.28</v>
       </c>
       <c r="F795" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
         <v>1944</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>1388</v>
+        <v>1945</v>
       </c>
       <c r="C796" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D796" s="0" t="s">
-        <v>1404</v>
+        <v>1946</v>
       </c>
       <c r="E796" s="2">
-        <v>294.59</v>
+        <v>2201.11</v>
       </c>
       <c r="F796" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="C797" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D797" s="0" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="E797" s="2">
-        <v>14837.85</v>
+        <v>28444.17</v>
       </c>
       <c r="F797" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>1949</v>
+        <v>1359</v>
       </c>
       <c r="C798" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D798" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="E798" s="2">
-        <v>13627.61</v>
+        <v>8182.41</v>
       </c>
       <c r="F798" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="C799" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D799" s="0" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="E799" s="2">
-        <v>28220.49</v>
+        <v>25585.35</v>
       </c>
       <c r="F799" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="C800" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D800" s="0" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="E800" s="2">
-        <v>11126.8</v>
+        <v>15218.5</v>
       </c>
       <c r="F800" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="C801" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D801" s="0" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="E801" s="2">
-        <v>1099.3</v>
+        <v>17885.13</v>
       </c>
       <c r="F801" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>1961</v>
+        <v>1630</v>
       </c>
       <c r="C802" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D802" s="0" t="s">
         <v>1962</v>
       </c>
       <c r="E802" s="2">
-        <v>117.82</v>
+        <v>286.22</v>
       </c>
       <c r="F802" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
         <v>1963</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>1705</v>
+        <v>1964</v>
       </c>
       <c r="C803" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D803" s="0" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="E803" s="2">
-        <v>7751.99</v>
+        <v>396.02</v>
       </c>
       <c r="F803" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>1966</v>
+        <v>1593</v>
       </c>
       <c r="C804" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D804" s="0" t="s">
         <v>1967</v>
       </c>
       <c r="E804" s="2">
-        <v>0.03</v>
+        <v>421.77</v>
       </c>
       <c r="F804" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
         <v>1968</v>
       </c>
       <c r="B805" s="0" t="s">
         <v>1969</v>
       </c>
       <c r="C805" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D805" s="0" t="s">
         <v>1970</v>
       </c>
       <c r="E805" s="2">
-        <v>30871.31</v>
+        <v>2661.27</v>
       </c>
       <c r="F805" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
         <v>1971</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="C806" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D806" s="0" t="s">
-        <v>1418</v>
+        <v>1298</v>
       </c>
       <c r="E806" s="2">
-        <v>1093.17</v>
+        <v>958.34</v>
       </c>
       <c r="F806" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="C807" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D807" s="0" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E807" s="2">
-        <v>17021.64</v>
+        <v>17242.89</v>
       </c>
       <c r="F807" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="C808" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D808" s="0" t="s">
-        <v>1974</v>
+        <v>1978</v>
       </c>
       <c r="E808" s="2">
-        <v>16433.23</v>
+        <v>16650.27</v>
       </c>
       <c r="F808" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>1973</v>
+        <v>1980</v>
       </c>
       <c r="C809" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D809" s="0" t="s">
-        <v>1312</v>
+        <v>1981</v>
       </c>
       <c r="E809" s="2">
-        <v>679.85</v>
+        <v>1676.45</v>
       </c>
       <c r="F809" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="C810" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D810" s="0" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="E810" s="2">
-        <v>11710.63</v>
+        <v>25663.66</v>
       </c>
       <c r="F810" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>1584</v>
+        <v>1986</v>
       </c>
       <c r="C811" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D811" s="0" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="E811" s="2">
-        <v>2421.84</v>
+        <v>10644.82</v>
       </c>
       <c r="F811" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>1449</v>
+        <v>1989</v>
       </c>
       <c r="C812" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D812" s="0" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="E812" s="2">
-        <v>4.95</v>
+        <v>1004.13</v>
       </c>
       <c r="F812" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="C813" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D813" s="0" t="s">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="E813" s="2">
-        <v>24098.91</v>
+        <v>1142.86</v>
       </c>
       <c r="F813" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>1988</v>
+        <v>1994</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>1989</v>
+        <v>1630</v>
       </c>
       <c r="C814" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D814" s="0" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E814" s="2">
-        <v>51647.96</v>
+        <v>286.22</v>
       </c>
       <c r="F814" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>1822</v>
+        <v>1402</v>
       </c>
       <c r="C815" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D815" s="0" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="E815" s="2">
-        <v>456.17</v>
+        <v>1102.41</v>
       </c>
       <c r="F815" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="C816" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D816" s="0" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="E816" s="2">
-        <v>6811.69</v>
+        <v>1567.5</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="C817" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D817" s="0" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="E817" s="2">
-        <v>4419.15</v>
+        <v>10947.39</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="C818" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D818" s="0" t="s">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E818" s="2">
-        <v>635.48</v>
+        <v>6189.81</v>
       </c>
       <c r="F818" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="C819" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D819" s="0" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E819" s="2">
-        <v>257.06</v>
+        <v>261.4</v>
       </c>
       <c r="F819" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="C820" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D820" s="0" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="E820" s="2">
-        <v>10845.69</v>
+        <v>128.83</v>
       </c>
       <c r="F820" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C821" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D821" s="0" t="s">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E821" s="2">
-        <v>174.26</v>
+        <v>156.89</v>
       </c>
       <c r="F821" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B822" s="0" t="s">
         <v>2011</v>
       </c>
-      <c r="B822" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C822" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D822" s="0" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E822" s="2">
-        <v>946.42</v>
+        <v>227.32</v>
       </c>
       <c r="F822" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="C823" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D823" s="0" t="s">
-        <v>2016</v>
+        <v>1344</v>
       </c>
       <c r="E823" s="2">
-        <v>620.23</v>
+        <v>239.19</v>
       </c>
       <c r="F823" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
         <v>2017</v>
       </c>
       <c r="B824" s="0" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C824" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D824" s="0" t="s">
         <v>2018</v>
       </c>
-      <c r="C824" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E824" s="2">
-        <v>1335.91</v>
+        <v>12800.75</v>
       </c>
       <c r="F824" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B825" s="0" t="s">
         <v>2020</v>
       </c>
-      <c r="B825" s="0" t="s">
+      <c r="C825" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D825" s="0" t="s">
         <v>2021</v>
       </c>
-      <c r="C825" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E825" s="2">
-        <v>4396.01</v>
+        <v>140.66</v>
       </c>
       <c r="F825" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B826" s="0" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C826" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D826" s="0" t="s">
         <v>2023</v>
       </c>
-      <c r="B826" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E826" s="2">
-        <v>677.02</v>
+        <v>15775.19</v>
       </c>
       <c r="F826" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B827" s="0" t="s">
         <v>2025</v>
       </c>
-      <c r="B827" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C827" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D827" s="0" t="s">
         <v>2026</v>
       </c>
       <c r="E827" s="2">
-        <v>476.87</v>
+        <v>123.29</v>
       </c>
       <c r="F827" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
         <v>2027</v>
       </c>
       <c r="B828" s="0" t="s">
         <v>2028</v>
       </c>
       <c r="C828" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D828" s="0" t="s">
         <v>2029</v>
       </c>
       <c r="E828" s="2">
-        <v>4331.81</v>
+        <v>703.88</v>
       </c>
       <c r="F828" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
         <v>2030</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="C829" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D829" s="0" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="E829" s="2">
-        <v>36895.01</v>
+        <v>17562.16</v>
       </c>
       <c r="F829" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>1476</v>
+        <v>2034</v>
       </c>
       <c r="C830" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D830" s="0" t="s">
-        <v>2032</v>
+        <v>2012</v>
       </c>
       <c r="E830" s="2">
-        <v>391.83</v>
+        <v>58.74</v>
       </c>
       <c r="F830" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>1476</v>
+        <v>2034</v>
       </c>
       <c r="C831" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D831" s="0" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="E831" s="2">
-        <v>1255.28</v>
+        <v>13620</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="C832" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D832" s="0" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="E832" s="2">
-        <v>2201.11</v>
+        <v>494.73</v>
       </c>
       <c r="F832" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="C833" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D833" s="0" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="E833" s="2">
-        <v>28444.17</v>
+        <v>245.06</v>
       </c>
       <c r="F833" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>1433</v>
+        <v>2044</v>
       </c>
       <c r="C834" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D834" s="0" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="E834" s="2">
-        <v>8182.41</v>
+        <v>22745.02</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="C835" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D835" s="0" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="E835" s="2">
-        <v>25585.35</v>
+        <v>10077.56</v>
       </c>
       <c r="F835" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="C836" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D836" s="0" t="s">
-        <v>2048</v>
+        <v>704</v>
       </c>
       <c r="E836" s="2">
-        <v>15218.5</v>
+        <v>716.68</v>
       </c>
       <c r="F836" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="C837" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D837" s="0" t="s">
-        <v>2051</v>
+        <v>468</v>
       </c>
       <c r="E837" s="2">
-        <v>17885.13</v>
+        <v>1825.8</v>
       </c>
       <c r="F837" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>1705</v>
+        <v>1402</v>
       </c>
       <c r="C838" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D838" s="0" t="s">
-        <v>2053</v>
+        <v>1403</v>
       </c>
       <c r="E838" s="2">
-        <v>286.22</v>
+        <v>1721.94</v>
       </c>
       <c r="F838" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
         <v>2054</v>
       </c>
       <c r="B839" s="0" t="s">
         <v>2055</v>
       </c>
       <c r="C839" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D839" s="0" t="s">
         <v>2056</v>
       </c>
       <c r="E839" s="2">
-        <v>396.02</v>
+        <v>2219.32</v>
       </c>
       <c r="F839" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
         <v>2057</v>
       </c>
       <c r="B840" s="0" t="s">
         <v>2058</v>
       </c>
       <c r="C840" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D840" s="0" t="s">
         <v>2059</v>
       </c>
       <c r="E840" s="2">
-        <v>830.99</v>
+        <v>40991.57</v>
       </c>
       <c r="F840" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
         <v>2060</v>
       </c>
       <c r="B841" s="0" t="s">
         <v>2061</v>
       </c>
       <c r="C841" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D841" s="0" t="s">
         <v>2062</v>
       </c>
       <c r="E841" s="2">
-        <v>2661.27</v>
+        <v>9167.9</v>
       </c>
       <c r="F841" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
         <v>2063</v>
       </c>
       <c r="B842" s="0" t="s">
         <v>2064</v>
       </c>
       <c r="C842" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D842" s="0" t="s">
-        <v>1372</v>
+        <v>2065</v>
       </c>
       <c r="E842" s="2">
-        <v>958.34</v>
+        <v>2212.73</v>
       </c>
       <c r="F842" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="C843" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D843" s="0" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="E843" s="2">
-        <v>17242.89</v>
+        <v>192.9</v>
       </c>
       <c r="F843" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="C844" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D844" s="0" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="E844" s="2">
-        <v>16650.27</v>
+        <v>169.7</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="C845" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D845" s="0" t="s">
-        <v>2073</v>
+        <v>1364</v>
       </c>
       <c r="E845" s="2">
-        <v>1676.45</v>
+        <v>91.5</v>
       </c>
       <c r="F845" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
         <v>2074</v>
       </c>
       <c r="B846" s="0" t="s">
         <v>2075</v>
       </c>
       <c r="C846" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D846" s="0" t="s">
         <v>2076</v>
       </c>
       <c r="E846" s="2">
-        <v>7876.03</v>
+        <v>4.31</v>
       </c>
       <c r="F846" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
         <v>2077</v>
       </c>
       <c r="B847" s="0" t="s">
         <v>2078</v>
       </c>
       <c r="C847" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D847" s="0" t="s">
         <v>2079</v>
       </c>
       <c r="E847" s="2">
-        <v>25663.66</v>
+        <v>929.83</v>
       </c>
       <c r="F847" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
         <v>2080</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>2081</v>
+        <v>1234</v>
       </c>
       <c r="C848" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D848" s="0" t="s">
-        <v>2082</v>
+        <v>2021</v>
       </c>
       <c r="E848" s="2">
-        <v>10644.82</v>
+        <v>8088.52</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>2083</v>
+        <v>2081</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>2084</v>
+        <v>1636</v>
       </c>
       <c r="C849" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D849" s="0" t="s">
-        <v>2085</v>
+        <v>1637</v>
       </c>
       <c r="E849" s="2">
-        <v>1004.13</v>
+        <v>31.6</v>
       </c>
       <c r="F849" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>2086</v>
+        <v>2082</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>2087</v>
+        <v>1502</v>
       </c>
       <c r="C850" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D850" s="0" t="s">
-        <v>2088</v>
+        <v>2083</v>
       </c>
       <c r="E850" s="2">
-        <v>944.33</v>
+        <v>117.93</v>
       </c>
       <c r="F850" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>2089</v>
+        <v>2084</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>2087</v>
+        <v>1500</v>
       </c>
       <c r="C851" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D851" s="0" t="s">
-        <v>2090</v>
+        <v>2083</v>
       </c>
       <c r="E851" s="2">
-        <v>5704.22</v>
+        <v>4.31</v>
       </c>
       <c r="F851" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>2091</v>
+        <v>2085</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>2092</v>
+        <v>1500</v>
       </c>
       <c r="C852" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D852" s="0" t="s">
-        <v>2093</v>
+        <v>2083</v>
       </c>
       <c r="E852" s="2">
-        <v>1142.86</v>
+        <v>71.42</v>
       </c>
       <c r="F852" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>2094</v>
+        <v>2086</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>1705</v>
+        <v>2050</v>
       </c>
       <c r="C853" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D853" s="0" t="s">
-        <v>2095</v>
+        <v>9</v>
       </c>
       <c r="E853" s="2">
-        <v>286.22</v>
+        <v>50.7</v>
       </c>
       <c r="F853" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>2096</v>
+        <v>2087</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>1476</v>
+        <v>2088</v>
       </c>
       <c r="C854" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D854" s="0" t="s">
-        <v>2097</v>
+        <v>9</v>
       </c>
       <c r="E854" s="2">
-        <v>1102.41</v>
+        <v>9.34</v>
       </c>
       <c r="F854" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>2098</v>
+        <v>2089</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>2099</v>
+        <v>1263</v>
       </c>
       <c r="C855" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D855" s="0" t="s">
-        <v>2100</v>
+        <v>9</v>
       </c>
       <c r="E855" s="2">
-        <v>42.21</v>
+        <v>5.32</v>
       </c>
       <c r="F855" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>2101</v>
+        <v>2090</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>2102</v>
+        <v>2091</v>
       </c>
       <c r="C856" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D856" s="0" t="s">
-        <v>2103</v>
+        <v>9</v>
       </c>
       <c r="E856" s="2">
-        <v>1567.5</v>
+        <v>62.73</v>
       </c>
       <c r="F856" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>2104</v>
+        <v>2092</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>2105</v>
+        <v>2091</v>
       </c>
       <c r="C857" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D857" s="0" t="s">
-        <v>2106</v>
+        <v>9</v>
       </c>
       <c r="E857" s="2">
-        <v>10947.39</v>
+        <v>59.94</v>
       </c>
       <c r="F857" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>2107</v>
+        <v>2093</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>2108</v>
+        <v>2094</v>
       </c>
       <c r="C858" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D858" s="0" t="s">
-        <v>2109</v>
+        <v>9</v>
       </c>
       <c r="E858" s="2">
-        <v>6189.81</v>
+        <v>1.07</v>
       </c>
       <c r="F858" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>2110</v>
+        <v>2095</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>2111</v>
+        <v>2096</v>
       </c>
       <c r="C859" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D859" s="0" t="s">
-        <v>2112</v>
+        <v>9</v>
       </c>
       <c r="E859" s="2">
-        <v>261.4</v>
+        <v>1.07</v>
       </c>
       <c r="F859" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>2113</v>
+        <v>2097</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>2114</v>
+        <v>2098</v>
       </c>
       <c r="C860" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D860" s="0" t="s">
-        <v>2115</v>
+        <v>9</v>
       </c>
       <c r="E860" s="2">
-        <v>128.83</v>
+        <v>1.07</v>
       </c>
       <c r="F860" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>2116</v>
+        <v>2099</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>2114</v>
+        <v>2100</v>
       </c>
       <c r="C861" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D861" s="0" t="s">
-        <v>2117</v>
+        <v>9</v>
       </c>
       <c r="E861" s="2">
-        <v>156.89</v>
+        <v>1.07</v>
       </c>
       <c r="F861" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>2118</v>
+        <v>2101</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>2114</v>
+        <v>495</v>
       </c>
       <c r="C862" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D862" s="0" t="s">
-        <v>2117</v>
+        <v>9</v>
       </c>
       <c r="E862" s="2">
-        <v>227.32</v>
+        <v>7.87</v>
       </c>
       <c r="F862" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>2119</v>
+        <v>2102</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>2114</v>
+        <v>2103</v>
       </c>
       <c r="C863" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D863" s="0" t="s">
-        <v>1418</v>
+        <v>9</v>
       </c>
       <c r="E863" s="2">
-        <v>239.19</v>
+        <v>1.07</v>
       </c>
       <c r="F863" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>2120</v>
+        <v>2104</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>2114</v>
+        <v>495</v>
       </c>
       <c r="C864" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D864" s="0" t="s">
-        <v>2121</v>
+        <v>9</v>
       </c>
       <c r="E864" s="2">
-        <v>12800.75</v>
+        <v>7.87</v>
       </c>
       <c r="F864" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>2122</v>
+        <v>2105</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>2123</v>
+        <v>495</v>
       </c>
       <c r="C865" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D865" s="0" t="s">
-        <v>2124</v>
+        <v>9</v>
       </c>
       <c r="E865" s="2">
-        <v>140.66</v>
+        <v>7.87</v>
       </c>
       <c r="F865" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>2125</v>
+        <v>2106</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>2123</v>
+        <v>2107</v>
       </c>
       <c r="C866" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D866" s="0" t="s">
-        <v>2126</v>
+        <v>9</v>
       </c>
       <c r="E866" s="2">
-        <v>15775.19</v>
+        <v>0.08</v>
       </c>
       <c r="F866" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>2127</v>
+        <v>2108</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>2128</v>
+        <v>2109</v>
       </c>
       <c r="C867" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D867" s="0" t="s">
-        <v>2129</v>
+        <v>2110</v>
       </c>
       <c r="E867" s="2">
-        <v>123.29</v>
+        <v>71.43</v>
       </c>
       <c r="F867" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>2130</v>
+        <v>2111</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>2131</v>
+        <v>2109</v>
       </c>
       <c r="C868" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D868" s="0" t="s">
-        <v>2132</v>
+        <v>2112</v>
       </c>
       <c r="E868" s="2">
-        <v>703.88</v>
+        <v>71.43</v>
       </c>
       <c r="F868" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>2133</v>
+        <v>2113</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>2134</v>
+        <v>2114</v>
       </c>
       <c r="C869" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D869" s="0" t="s">
-        <v>353</v>
+        <v>2115</v>
       </c>
       <c r="E869" s="2">
-        <v>43.29</v>
+        <v>378.01</v>
       </c>
       <c r="F869" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>2135</v>
+        <v>2116</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>2134</v>
+        <v>2117</v>
       </c>
       <c r="C870" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D870" s="0" t="s">
-        <v>353</v>
+        <v>434</v>
       </c>
       <c r="E870" s="2">
-        <v>43.29</v>
+        <v>71.43</v>
       </c>
       <c r="F870" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>2136</v>
+        <v>2118</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>2134</v>
+        <v>2119</v>
       </c>
       <c r="C871" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D871" s="0" t="s">
-        <v>353</v>
+        <v>2120</v>
       </c>
       <c r="E871" s="2">
-        <v>43.29</v>
+        <v>5038.97</v>
       </c>
       <c r="F871" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
-        <v>2137</v>
+        <v>2121</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>2138</v>
+        <v>2122</v>
       </c>
       <c r="C872" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D872" s="0" t="s">
-        <v>2139</v>
+        <v>468</v>
       </c>
       <c r="E872" s="2">
-        <v>17562.16</v>
+        <v>2.68</v>
       </c>
       <c r="F872" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>2140</v>
+        <v>2123</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>2141</v>
+        <v>525</v>
       </c>
       <c r="C873" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D873" s="0" t="s">
-        <v>2115</v>
+        <v>2124</v>
       </c>
       <c r="E873" s="2">
-        <v>58.74</v>
+        <v>5.55</v>
       </c>
       <c r="F873" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>2142</v>
+        <v>2125</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>2141</v>
+        <v>2126</v>
       </c>
       <c r="C874" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D874" s="0" t="s">
-        <v>2143</v>
+        <v>2127</v>
       </c>
       <c r="E874" s="2">
-        <v>13620</v>
+        <v>71.43</v>
       </c>
       <c r="F874" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>2144</v>
+        <v>2128</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>2145</v>
+        <v>1402</v>
       </c>
       <c r="C875" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D875" s="0" t="s">
-        <v>2146</v>
+        <v>2129</v>
       </c>
       <c r="E875" s="2">
-        <v>494.73</v>
+        <v>5315.64</v>
       </c>
       <c r="F875" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>2147</v>
+        <v>2130</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>2148</v>
+        <v>2131</v>
       </c>
       <c r="C876" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D876" s="0" t="s">
-        <v>2149</v>
+        <v>468</v>
       </c>
       <c r="E876" s="2">
-        <v>2514.19</v>
+        <v>8.56</v>
       </c>
       <c r="F876" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>2150</v>
+        <v>2132</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>2151</v>
+        <v>2133</v>
       </c>
       <c r="C877" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D877" s="0" t="s">
-        <v>2152</v>
+        <v>468</v>
       </c>
       <c r="E877" s="2">
-        <v>245.06</v>
+        <v>71.43</v>
       </c>
       <c r="F877" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>2153</v>
+        <v>2134</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>2154</v>
+        <v>1647</v>
       </c>
       <c r="C878" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D878" s="0" t="s">
-        <v>2155</v>
+        <v>2135</v>
       </c>
       <c r="E878" s="2">
-        <v>22745.02</v>
+        <v>1620.4</v>
       </c>
       <c r="F878" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>2156</v>
+        <v>2136</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>2157</v>
+        <v>2137</v>
       </c>
       <c r="C879" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D879" s="0" t="s">
-        <v>2158</v>
+        <v>9</v>
       </c>
       <c r="E879" s="2">
-        <v>10077.56</v>
+        <v>353.67</v>
       </c>
       <c r="F879" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>2159</v>
+        <v>2138</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>2160</v>
+        <v>2139</v>
       </c>
       <c r="C880" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D880" s="0" t="s">
-        <v>744</v>
+        <v>2140</v>
       </c>
       <c r="E880" s="2">
-        <v>716.68</v>
+        <v>8424.53</v>
       </c>
       <c r="F880" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>2161</v>
+        <v>2141</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>2162</v>
+        <v>2142</v>
       </c>
       <c r="C881" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D881" s="0" t="s">
-        <v>489</v>
+        <v>2143</v>
       </c>
       <c r="E881" s="2">
-        <v>1825.8</v>
+        <v>872.91</v>
       </c>
       <c r="F881" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>2163</v>
+        <v>2144</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>2164</v>
+        <v>1259</v>
       </c>
       <c r="C882" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D882" s="0" t="s">
-        <v>2165</v>
+        <v>2145</v>
       </c>
       <c r="E882" s="2">
-        <v>1491.84</v>
+        <v>679.18</v>
       </c>
       <c r="F882" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>2166</v>
+        <v>2146</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>1476</v>
+        <v>1259</v>
       </c>
       <c r="C883" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D883" s="0" t="s">
-        <v>1477</v>
+        <v>2147</v>
       </c>
       <c r="E883" s="2">
-        <v>1721.94</v>
+        <v>780.81</v>
       </c>
       <c r="F883" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>2167</v>
+        <v>2148</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>2168</v>
+        <v>1259</v>
       </c>
       <c r="C884" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D884" s="0" t="s">
-        <v>2169</v>
+        <v>2147</v>
       </c>
       <c r="E884" s="2">
-        <v>2219.32</v>
+        <v>792.24</v>
       </c>
       <c r="F884" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>2170</v>
+        <v>2149</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>2171</v>
+        <v>1259</v>
       </c>
       <c r="C885" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D885" s="0" t="s">
-        <v>2172</v>
+        <v>2147</v>
       </c>
       <c r="E885" s="2">
-        <v>40991.57</v>
+        <v>819.48</v>
       </c>
       <c r="F885" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
-        <v>2173</v>
+        <v>2150</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>2174</v>
+        <v>1259</v>
       </c>
       <c r="C886" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D886" s="0" t="s">
-        <v>2175</v>
+        <v>2151</v>
       </c>
       <c r="E886" s="2">
-        <v>9167.9</v>
+        <v>811.84</v>
       </c>
       <c r="F886" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
-        <v>2176</v>
+        <v>2152</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>2177</v>
+        <v>1259</v>
       </c>
       <c r="C887" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D887" s="0" t="s">
-        <v>2178</v>
+        <v>1022</v>
       </c>
       <c r="E887" s="2">
-        <v>2212.73</v>
+        <v>1001.75</v>
       </c>
       <c r="F887" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
-        <v>2179</v>
+        <v>2153</v>
       </c>
       <c r="B888" s="0" t="s">
-        <v>2180</v>
+        <v>1259</v>
       </c>
       <c r="C888" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D888" s="0" t="s">
-        <v>2181</v>
+        <v>2145</v>
       </c>
       <c r="E888" s="2">
-        <v>976.87</v>
+        <v>679.18</v>
       </c>
       <c r="F888" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
-        <v>2182</v>
+        <v>2154</v>
       </c>
       <c r="B889" s="0" t="s">
-        <v>2183</v>
+        <v>1033</v>
       </c>
       <c r="C889" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D889" s="0" t="s">
-        <v>2184</v>
+        <v>2155</v>
       </c>
       <c r="E889" s="2">
-        <v>1692.9</v>
+        <v>340</v>
       </c>
       <c r="F889" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
-        <v>2185</v>
+        <v>2156</v>
       </c>
       <c r="B890" s="0" t="s">
-        <v>2186</v>
+        <v>1033</v>
       </c>
       <c r="C890" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D890" s="0" t="s">
-        <v>2187</v>
+        <v>2155</v>
       </c>
       <c r="E890" s="2">
-        <v>169.7</v>
+        <v>349.34</v>
       </c>
       <c r="F890" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
-        <v>2188</v>
+        <v>2157</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>2189</v>
+        <v>1033</v>
       </c>
       <c r="C891" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D891" s="0" t="s">
-        <v>1438</v>
+        <v>2155</v>
       </c>
       <c r="E891" s="2">
-        <v>91.5</v>
+        <v>341.93</v>
       </c>
       <c r="F891" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
-        <v>2190</v>
+        <v>2158</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>2191</v>
+        <v>1033</v>
       </c>
       <c r="C892" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D892" s="0" t="s">
-        <v>2192</v>
+        <v>2155</v>
       </c>
       <c r="E892" s="2">
-        <v>4.31</v>
+        <v>341.93</v>
       </c>
       <c r="F892" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
-        <v>2193</v>
+        <v>2159</v>
       </c>
       <c r="B893" s="0" t="s">
-        <v>2194</v>
+        <v>1593</v>
       </c>
       <c r="C893" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D893" s="0" t="s">
-        <v>2195</v>
+        <v>2160</v>
       </c>
       <c r="E893" s="2">
-        <v>929.83</v>
+        <v>925.49</v>
       </c>
       <c r="F893" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
-        <v>2196</v>
+        <v>2161</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>1308</v>
+        <v>1593</v>
       </c>
       <c r="C894" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D894" s="0" t="s">
-        <v>2124</v>
+        <v>2160</v>
       </c>
       <c r="E894" s="2">
-        <v>8088.52</v>
+        <v>940.67</v>
       </c>
       <c r="F894" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
-        <v>2197</v>
+        <v>2162</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>1711</v>
+        <v>2163</v>
       </c>
       <c r="C895" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D895" s="0" t="s">
-        <v>1712</v>
+        <v>2164</v>
       </c>
       <c r="E895" s="2">
-        <v>31.6</v>
+        <v>414.82</v>
       </c>
       <c r="F895" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>2198</v>
+        <v>2165</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>1576</v>
+        <v>2163</v>
       </c>
       <c r="C896" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D896" s="0" t="s">
-        <v>2199</v>
+        <v>2166</v>
       </c>
       <c r="E896" s="2">
-        <v>117.93</v>
+        <v>6479.47</v>
       </c>
       <c r="F896" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>2200</v>
+        <v>2167</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>1574</v>
+        <v>2163</v>
       </c>
       <c r="C897" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D897" s="0" t="s">
-        <v>2199</v>
+        <v>2164</v>
       </c>
       <c r="E897" s="2">
-        <v>4.31</v>
+        <v>209</v>
       </c>
       <c r="F897" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
-        <v>2201</v>
+        <v>2168</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>1574</v>
+        <v>2163</v>
       </c>
       <c r="C898" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D898" s="0" t="s">
-        <v>2199</v>
+        <v>2151</v>
       </c>
       <c r="E898" s="2">
-        <v>71.42</v>
+        <v>272.13</v>
       </c>
       <c r="F898" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>2202</v>
+        <v>2169</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="C899" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D899" s="0" t="s">
-        <v>9</v>
+        <v>2151</v>
       </c>
       <c r="E899" s="2">
-        <v>50.7</v>
+        <v>210.89</v>
       </c>
       <c r="F899" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
-        <v>2203</v>
+        <v>2170</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>2204</v>
+        <v>2171</v>
       </c>
       <c r="C900" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D900" s="0" t="s">
-        <v>9</v>
+        <v>2172</v>
       </c>
       <c r="E900" s="2">
-        <v>9.34</v>
+        <v>14939.56</v>
       </c>
       <c r="F900" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
-        <v>2205</v>
+        <v>2173</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>1337</v>
+        <v>2174</v>
       </c>
       <c r="C901" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D901" s="0" t="s">
-        <v>9</v>
+        <v>2175</v>
       </c>
       <c r="E901" s="2">
-        <v>5.32</v>
+        <v>417.03</v>
       </c>
       <c r="F901" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>2206</v>
+        <v>2176</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>2207</v>
+        <v>2177</v>
       </c>
       <c r="C902" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D902" s="0" t="s">
-        <v>9</v>
+        <v>2178</v>
       </c>
       <c r="E902" s="2">
-        <v>62.73</v>
+        <v>1070.79</v>
       </c>
       <c r="F902" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>2208</v>
+        <v>2179</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>2207</v>
+        <v>2180</v>
       </c>
       <c r="C903" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D903" s="0" t="s">
-        <v>9</v>
+        <v>2151</v>
       </c>
       <c r="E903" s="2">
-        <v>59.94</v>
+        <v>237.99</v>
       </c>
       <c r="F903" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>2209</v>
+        <v>2181</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>2210</v>
+        <v>2182</v>
       </c>
       <c r="C904" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D904" s="0" t="s">
-        <v>9</v>
+        <v>2183</v>
       </c>
       <c r="E904" s="2">
-        <v>1.07</v>
+        <v>2011.71</v>
       </c>
       <c r="F904" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>2211</v>
+        <v>2184</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>2212</v>
+        <v>2185</v>
       </c>
       <c r="C905" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D905" s="0" t="s">
-        <v>9</v>
+        <v>2147</v>
       </c>
       <c r="E905" s="2">
-        <v>1.07</v>
+        <v>579.19</v>
       </c>
       <c r="F905" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>2213</v>
+        <v>2186</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>2214</v>
+        <v>1375</v>
       </c>
       <c r="C906" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D906" s="0" t="s">
-        <v>9</v>
+        <v>2187</v>
       </c>
       <c r="E906" s="2">
-        <v>1.07</v>
+        <v>7.92</v>
       </c>
       <c r="F906" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>2215</v>
+        <v>2188</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>2216</v>
+        <v>2189</v>
       </c>
       <c r="C907" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D907" s="0" t="s">
-        <v>9</v>
+        <v>2190</v>
       </c>
       <c r="E907" s="2">
-        <v>1.07</v>
+        <v>2432.4</v>
       </c>
       <c r="F907" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>2217</v>
+        <v>2191</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>516</v>
+        <v>2192</v>
       </c>
       <c r="C908" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D908" s="0" t="s">
-        <v>9</v>
+        <v>2193</v>
       </c>
       <c r="E908" s="2">
-        <v>7.87</v>
+        <v>3.84</v>
       </c>
       <c r="F908" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>2218</v>
+        <v>2194</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>2219</v>
+        <v>2195</v>
       </c>
       <c r="C909" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D909" s="0" t="s">
-        <v>9</v>
+        <v>2196</v>
       </c>
       <c r="E909" s="2">
-        <v>1.07</v>
+        <v>5916.34</v>
       </c>
       <c r="F909" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>2220</v>
+        <v>2197</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>516</v>
+        <v>2195</v>
       </c>
       <c r="C910" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D910" s="0" t="s">
-        <v>9</v>
+        <v>1019</v>
       </c>
       <c r="E910" s="2">
-        <v>7.87</v>
+        <v>1726.28</v>
       </c>
       <c r="F910" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>2221</v>
+        <v>2198</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>516</v>
+        <v>2199</v>
       </c>
       <c r="C911" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D911" s="0" t="s">
-        <v>9</v>
+        <v>2200</v>
       </c>
       <c r="E911" s="2">
-        <v>7.87</v>
+        <v>3599.65</v>
       </c>
       <c r="F911" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>2222</v>
+        <v>2201</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>2223</v>
+        <v>2199</v>
       </c>
       <c r="C912" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D912" s="0" t="s">
-        <v>9</v>
+        <v>2202</v>
       </c>
       <c r="E912" s="2">
-        <v>0.08</v>
+        <v>502.81</v>
       </c>
       <c r="F912" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>2224</v>
+        <v>2203</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>2225</v>
+        <v>2204</v>
       </c>
       <c r="C913" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D913" s="0" t="s">
-        <v>2226</v>
+        <v>2205</v>
       </c>
       <c r="E913" s="2">
-        <v>71.43</v>
+        <v>6005.48</v>
       </c>
       <c r="F913" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>2227</v>
+        <v>2206</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>2225</v>
+        <v>2204</v>
       </c>
       <c r="C914" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D914" s="0" t="s">
-        <v>2228</v>
+        <v>1249</v>
       </c>
       <c r="E914" s="2">
-        <v>71.43</v>
+        <v>1537.49</v>
       </c>
       <c r="F914" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>2229</v>
+        <v>2207</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>2230</v>
+        <v>2174</v>
       </c>
       <c r="C915" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D915" s="0" t="s">
-        <v>2231</v>
+        <v>2208</v>
       </c>
       <c r="E915" s="2">
-        <v>378.01</v>
+        <v>6146.56</v>
       </c>
       <c r="F915" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>2232</v>
+        <v>2209</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>2233</v>
+        <v>2174</v>
       </c>
       <c r="C916" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D916" s="0" t="s">
-        <v>455</v>
+        <v>1022</v>
       </c>
       <c r="E916" s="2">
-        <v>71.43</v>
+        <v>28.74</v>
       </c>
       <c r="F916" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>2234</v>
+        <v>2210</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>2235</v>
+        <v>2211</v>
       </c>
       <c r="C917" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D917" s="0" t="s">
-        <v>2236</v>
+        <v>2212</v>
       </c>
       <c r="E917" s="2">
-        <v>5038.97</v>
+        <v>541.1</v>
       </c>
       <c r="F917" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>2237</v>
+        <v>2213</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>2238</v>
+        <v>2214</v>
       </c>
       <c r="C918" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D918" s="0" t="s">
-        <v>489</v>
+        <v>2215</v>
       </c>
       <c r="E918" s="2">
-        <v>2.68</v>
+        <v>238.37</v>
       </c>
       <c r="F918" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>2239</v>
+        <v>2216</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>548</v>
+        <v>2217</v>
       </c>
       <c r="C919" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D919" s="0" t="s">
-        <v>2240</v>
+        <v>1397</v>
       </c>
       <c r="E919" s="2">
-        <v>5.55</v>
+        <v>561.38</v>
       </c>
       <c r="F919" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
-        <v>2241</v>
+        <v>2218</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>2242</v>
+        <v>2217</v>
       </c>
       <c r="C920" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D920" s="0" t="s">
-        <v>2243</v>
+        <v>1397</v>
       </c>
       <c r="E920" s="2">
-        <v>71.43</v>
+        <v>551.36</v>
       </c>
       <c r="F920" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
-        <v>2244</v>
+        <v>2219</v>
       </c>
       <c r="B921" s="0" t="s">
-        <v>1476</v>
+        <v>2217</v>
       </c>
       <c r="C921" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D921" s="0" t="s">
-        <v>2245</v>
+        <v>2220</v>
       </c>
       <c r="E921" s="2">
-        <v>5315.64</v>
+        <v>1933.57</v>
       </c>
       <c r="F921" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
-        <v>2246</v>
+        <v>2221</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>2247</v>
+        <v>2222</v>
       </c>
       <c r="C922" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D922" s="0" t="s">
-        <v>489</v>
+        <v>2145</v>
       </c>
       <c r="E922" s="2">
-        <v>8.56</v>
+        <v>332.78</v>
       </c>
       <c r="F922" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
-        <v>2248</v>
+        <v>2223</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>2249</v>
+        <v>2224</v>
       </c>
       <c r="C923" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D923" s="0" t="s">
-        <v>489</v>
+        <v>2225</v>
       </c>
       <c r="E923" s="2">
-        <v>71.43</v>
+        <v>862.58</v>
       </c>
       <c r="F923" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
-        <v>2250</v>
+        <v>2226</v>
       </c>
       <c r="B924" s="0" t="s">
-        <v>1722</v>
+        <v>2227</v>
       </c>
       <c r="C924" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D924" s="0" t="s">
-        <v>2251</v>
+        <v>2228</v>
       </c>
       <c r="E924" s="2">
-        <v>1620.4</v>
+        <v>640.19</v>
       </c>
       <c r="F924" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
-        <v>2252</v>
+        <v>2229</v>
       </c>
       <c r="B925" s="0" t="s">
-        <v>2253</v>
+        <v>2214</v>
       </c>
       <c r="C925" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D925" s="0" t="s">
-        <v>9</v>
+        <v>1397</v>
       </c>
       <c r="E925" s="2">
-        <v>353.67</v>
+        <v>325.81</v>
       </c>
       <c r="F925" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
-        <v>2254</v>
+        <v>2230</v>
       </c>
       <c r="B926" s="0" t="s">
-        <v>2255</v>
+        <v>2214</v>
       </c>
       <c r="C926" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D926" s="0" t="s">
-        <v>2256</v>
+        <v>2231</v>
       </c>
       <c r="E926" s="2">
-        <v>8424.53</v>
+        <v>241.31</v>
       </c>
       <c r="F926" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
-        <v>2257</v>
+        <v>2232</v>
       </c>
       <c r="B927" s="0" t="s">
-        <v>2258</v>
+        <v>2214</v>
       </c>
       <c r="C927" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D927" s="0" t="s">
-        <v>2259</v>
+        <v>2233</v>
       </c>
       <c r="E927" s="2">
-        <v>872.91</v>
+        <v>1406.98</v>
       </c>
       <c r="F927" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
-        <v>2260</v>
+        <v>2234</v>
       </c>
       <c r="B928" s="0" t="s">
-        <v>1333</v>
+        <v>2211</v>
       </c>
       <c r="C928" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D928" s="0" t="s">
-        <v>2261</v>
+        <v>2235</v>
       </c>
       <c r="E928" s="2">
-        <v>679.18</v>
+        <v>1129.09</v>
       </c>
       <c r="F928" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
-        <v>2262</v>
+        <v>2236</v>
       </c>
       <c r="B929" s="0" t="s">
-        <v>1333</v>
+        <v>2237</v>
       </c>
       <c r="C929" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D929" s="0" t="s">
-        <v>2263</v>
+        <v>2238</v>
       </c>
       <c r="E929" s="2">
-        <v>780.81</v>
+        <v>16588.55</v>
       </c>
       <c r="F929" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
-        <v>2264</v>
+        <v>2239</v>
       </c>
       <c r="B930" s="0" t="s">
-        <v>1333</v>
+        <v>2240</v>
       </c>
       <c r="C930" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D930" s="0" t="s">
-        <v>2263</v>
+        <v>1249</v>
       </c>
       <c r="E930" s="2">
-        <v>792.24</v>
+        <v>159.91</v>
       </c>
       <c r="F930" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
-        <v>2265</v>
+        <v>2241</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>1333</v>
+        <v>2242</v>
       </c>
       <c r="C931" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D931" s="0" t="s">
-        <v>2263</v>
+        <v>2243</v>
       </c>
       <c r="E931" s="2">
-        <v>819.48</v>
+        <v>1015.01</v>
       </c>
       <c r="F931" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
-        <v>2266</v>
+        <v>2244</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>1333</v>
+        <v>1218</v>
       </c>
       <c r="C932" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D932" s="0" t="s">
-        <v>2267</v>
+        <v>9</v>
       </c>
       <c r="E932" s="2">
-        <v>811.84</v>
+        <v>111.53</v>
       </c>
       <c r="F932" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
-        <v>2268</v>
+        <v>2245</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>1333</v>
+        <v>1218</v>
       </c>
       <c r="C933" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D933" s="0" t="s">
-        <v>1081</v>
+        <v>9</v>
       </c>
       <c r="E933" s="2">
-        <v>1001.75</v>
+        <v>8.11</v>
       </c>
       <c r="F933" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>2269</v>
+        <v>2246</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>1333</v>
+        <v>2247</v>
       </c>
       <c r="C934" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D934" s="0" t="s">
-        <v>2261</v>
+        <v>9</v>
       </c>
       <c r="E934" s="2">
-        <v>679.18</v>
+        <v>23.27</v>
       </c>
       <c r="F934" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>2270</v>
+        <v>2248</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>2271</v>
+        <v>2247</v>
       </c>
       <c r="C935" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D935" s="0" t="s">
-        <v>2272</v>
+        <v>9</v>
       </c>
       <c r="E935" s="2">
-        <v>49.23</v>
+        <v>64.47</v>
       </c>
       <c r="F935" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>2273</v>
+        <v>2249</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>2271</v>
+        <v>2247</v>
       </c>
       <c r="C936" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D936" s="0" t="s">
-        <v>2274</v>
+        <v>9</v>
       </c>
       <c r="E936" s="2">
-        <v>1559.74</v>
+        <v>23.27</v>
       </c>
       <c r="F936" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>2275</v>
+        <v>2250</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>2271</v>
+        <v>2251</v>
       </c>
       <c r="C937" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D937" s="0" t="s">
-        <v>2276</v>
+        <v>2252</v>
       </c>
       <c r="E937" s="2">
-        <v>35.48</v>
+        <v>143.62</v>
       </c>
       <c r="F937" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>2277</v>
+        <v>2253</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>2271</v>
+        <v>2211</v>
       </c>
       <c r="C938" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D938" s="0" t="s">
-        <v>2272</v>
+        <v>2254</v>
       </c>
       <c r="E938" s="2">
-        <v>1478.07</v>
+        <v>187.33</v>
       </c>
       <c r="F938" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>2278</v>
+        <v>2255</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>2271</v>
+        <v>2256</v>
       </c>
       <c r="C939" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D939" s="0" t="s">
-        <v>2272</v>
+        <v>2257</v>
       </c>
       <c r="E939" s="2">
-        <v>31.15</v>
+        <v>684.4</v>
       </c>
       <c r="F939" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
-        <v>2279</v>
+        <v>2258</v>
       </c>
       <c r="B940" s="0" t="s">
-        <v>2271</v>
+        <v>2259</v>
       </c>
       <c r="C940" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D940" s="0" t="s">
-        <v>2272</v>
+        <v>2260</v>
       </c>
       <c r="E940" s="2">
-        <v>31.15</v>
+        <v>670.34</v>
       </c>
       <c r="F940" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
-        <v>2280</v>
+        <v>2261</v>
       </c>
       <c r="B941" s="0" t="s">
-        <v>2271</v>
+        <v>2259</v>
       </c>
       <c r="C941" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D941" s="0" t="s">
-        <v>2272</v>
+        <v>2260</v>
       </c>
       <c r="E941" s="2">
-        <v>51.68</v>
+        <v>564.82</v>
       </c>
       <c r="F941" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="0" t="s">
-        <v>2281</v>
+        <v>2262</v>
       </c>
       <c r="B942" s="0" t="s">
-        <v>2271</v>
+        <v>2263</v>
       </c>
       <c r="C942" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D942" s="0" t="s">
-        <v>2272</v>
+        <v>2264</v>
       </c>
       <c r="E942" s="2">
-        <v>51.68</v>
+        <v>2439.4</v>
       </c>
       <c r="F942" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="0" t="s">
-        <v>2282</v>
+        <v>2265</v>
       </c>
       <c r="B943" s="0" t="s">
-        <v>2271</v>
+        <v>2266</v>
       </c>
       <c r="C943" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D943" s="0" t="s">
-        <v>2272</v>
+        <v>2267</v>
       </c>
       <c r="E943" s="2">
-        <v>51.68</v>
+        <v>352.11</v>
       </c>
       <c r="F943" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
-        <v>2283</v>
+        <v>2268</v>
       </c>
       <c r="B944" s="0" t="s">
-        <v>1092</v>
+        <v>2269</v>
       </c>
       <c r="C944" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D944" s="0" t="s">
-        <v>2284</v>
+        <v>2270</v>
       </c>
       <c r="E944" s="2">
-        <v>340</v>
+        <v>554.9</v>
       </c>
       <c r="F944" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
-        <v>2285</v>
+        <v>2271</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>1092</v>
+        <v>2269</v>
       </c>
       <c r="C945" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D945" s="0" t="s">
-        <v>2284</v>
+        <v>2272</v>
       </c>
       <c r="E945" s="2">
-        <v>349.34</v>
+        <v>39.61</v>
       </c>
       <c r="F945" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
-        <v>2286</v>
+        <v>2273</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>1092</v>
+        <v>2274</v>
       </c>
       <c r="C946" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D946" s="0" t="s">
-        <v>2284</v>
+        <v>2275</v>
       </c>
       <c r="E946" s="2">
-        <v>341.93</v>
+        <v>401.54</v>
       </c>
       <c r="F946" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
-        <v>2287</v>
+        <v>2276</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>1092</v>
+        <v>2047</v>
       </c>
       <c r="C947" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D947" s="0" t="s">
-        <v>2284</v>
+        <v>2277</v>
       </c>
       <c r="E947" s="2">
-        <v>341.93</v>
+        <v>1032.24</v>
       </c>
       <c r="F947" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
-        <v>2288</v>
+        <v>2278</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>2289</v>
+        <v>2279</v>
       </c>
       <c r="C948" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D948" s="0" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
       <c r="E948" s="2">
-        <v>1334.7</v>
+        <v>1612.08</v>
       </c>
       <c r="F948" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>2290</v>
+        <v>2281</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>2289</v>
+        <v>2269</v>
       </c>
       <c r="C949" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D949" s="0" t="s">
         <v>2272</v>
       </c>
       <c r="E949" s="2">
-        <v>1349.88</v>
+        <v>56.82</v>
       </c>
       <c r="F949" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
-        <v>2291</v>
+        <v>2282</v>
       </c>
       <c r="B950" s="0" t="s">
-        <v>2292</v>
+        <v>2283</v>
       </c>
       <c r="C950" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D950" s="0" t="s">
-        <v>2293</v>
+        <v>2277</v>
       </c>
       <c r="E950" s="2">
-        <v>414.82</v>
+        <v>58.72</v>
       </c>
       <c r="F950" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
-        <v>2294</v>
+        <v>2284</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>2292</v>
+        <v>2283</v>
       </c>
       <c r="C951" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D951" s="0" t="s">
-        <v>2295</v>
+        <v>2285</v>
       </c>
       <c r="E951" s="2">
-        <v>6479.47</v>
+        <v>1109.52</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
-        <v>2296</v>
+        <v>2286</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="C952" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D952" s="0" t="s">
-        <v>2293</v>
+        <v>9</v>
       </c>
       <c r="E952" s="2">
-        <v>209</v>
+        <v>20.04</v>
       </c>
       <c r="F952" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
-        <v>2297</v>
+        <v>2288</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="C953" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D953" s="0" t="s">
-        <v>2267</v>
+        <v>9</v>
       </c>
       <c r="E953" s="2">
-        <v>272.13</v>
+        <v>20.04</v>
       </c>
       <c r="F953" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>2298</v>
+        <v>2289</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="C954" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D954" s="0" t="s">
-        <v>2267</v>
+        <v>9</v>
       </c>
       <c r="E954" s="2">
-        <v>210.89</v>
+        <v>20.98</v>
       </c>
       <c r="F954" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
-        <v>2299</v>
+        <v>2290</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>2300</v>
+        <v>2287</v>
       </c>
       <c r="C955" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D955" s="0" t="s">
-        <v>2301</v>
+        <v>9</v>
       </c>
       <c r="E955" s="2">
-        <v>14939.56</v>
+        <v>20.98</v>
       </c>
       <c r="F955" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
-        <v>2302</v>
+        <v>2291</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>2303</v>
+        <v>2287</v>
       </c>
       <c r="C956" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D956" s="0" t="s">
-        <v>2304</v>
+        <v>9</v>
       </c>
       <c r="E956" s="2">
-        <v>417.03</v>
+        <v>74.01</v>
       </c>
       <c r="F956" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
-        <v>2305</v>
+        <v>2292</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>2306</v>
+        <v>2293</v>
       </c>
       <c r="C957" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D957" s="0" t="s">
-        <v>2307</v>
+        <v>2294</v>
       </c>
       <c r="E957" s="2">
-        <v>1070.79</v>
+        <v>7.9</v>
       </c>
       <c r="F957" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
-        <v>2308</v>
+        <v>2295</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>2309</v>
+        <v>2296</v>
       </c>
       <c r="C958" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D958" s="0" t="s">
-        <v>2267</v>
+        <v>2297</v>
       </c>
       <c r="E958" s="2">
-        <v>237.99</v>
+        <v>266.33</v>
       </c>
       <c r="F958" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
-        <v>2310</v>
+        <v>2298</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>2311</v>
+        <v>2299</v>
       </c>
       <c r="C959" s="0" t="s">
-        <v>1302</v>
+        <v>1228</v>
       </c>
       <c r="D959" s="0" t="s">
-        <v>2312</v>
+        <v>2300</v>
       </c>
       <c r="E959" s="2">
-        <v>2011.71</v>
+        <v>404.76</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>10</v>
-[...1118 lines deleted...]
-      <c r="F1015" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -28650,88 +27134,32 @@
     <hyperlink ref="F935" r:id="rId935"/>
     <hyperlink ref="F936" r:id="rId936"/>
     <hyperlink ref="F937" r:id="rId937"/>
     <hyperlink ref="F938" r:id="rId938"/>
     <hyperlink ref="F939" r:id="rId939"/>
     <hyperlink ref="F940" r:id="rId940"/>
     <hyperlink ref="F941" r:id="rId941"/>
     <hyperlink ref="F942" r:id="rId942"/>
     <hyperlink ref="F943" r:id="rId943"/>
     <hyperlink ref="F944" r:id="rId944"/>
     <hyperlink ref="F945" r:id="rId945"/>
     <hyperlink ref="F946" r:id="rId946"/>
     <hyperlink ref="F947" r:id="rId947"/>
     <hyperlink ref="F948" r:id="rId948"/>
     <hyperlink ref="F949" r:id="rId949"/>
     <hyperlink ref="F950" r:id="rId950"/>
     <hyperlink ref="F951" r:id="rId951"/>
     <hyperlink ref="F952" r:id="rId952"/>
     <hyperlink ref="F953" r:id="rId953"/>
     <hyperlink ref="F954" r:id="rId954"/>
     <hyperlink ref="F955" r:id="rId955"/>
     <hyperlink ref="F956" r:id="rId956"/>
     <hyperlink ref="F957" r:id="rId957"/>
     <hyperlink ref="F958" r:id="rId958"/>
     <hyperlink ref="F959" r:id="rId959"/>
-    <hyperlink ref="F960" r:id="rId960"/>
-[...54 lines deleted...]
-    <hyperlink ref="F1015" r:id="rId1015"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>