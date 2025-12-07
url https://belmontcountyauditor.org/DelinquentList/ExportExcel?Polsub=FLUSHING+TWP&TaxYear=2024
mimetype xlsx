--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>04-00009.000</t>
   </si>
   <si>
     <t>ANICH KARLA R</t>
   </si>
   <si>
@@ -127,68 +127,59 @@
   <si>
     <t>04-00497.000</t>
   </si>
   <si>
     <t>04-00499.000</t>
   </si>
   <si>
     <t>04-00501.000</t>
   </si>
   <si>
     <t>04-00552.000</t>
   </si>
   <si>
     <t>WESTLAKE RD</t>
   </si>
   <si>
     <t>04-60005.000</t>
   </si>
   <si>
     <t>MAIN BUILDING PRESBYTERIAN CAMP</t>
   </si>
   <si>
     <t>34211 4-H CLUB RD</t>
   </si>
   <si>
-    <t>05-00020.000</t>
-[...2 lines deleted...]
-    <t>BELARDO AMOS</t>
+    <t>05-00117.000</t>
+  </si>
+  <si>
+    <t>HANLON THOMAS M</t>
   </si>
   <si>
     <t>UNION LSD</t>
   </si>
   <si>
-    <t>FLUSHING HOLLOWAY RD</t>
-[...7 lines deleted...]
-  <si>
     <t>HAZELWOOD HILLS RD</t>
   </si>
   <si>
     <t>05-00122.000</t>
   </si>
   <si>
     <t>BROWN BILLIE JO GORNEY</t>
   </si>
   <si>
     <t>BLACK OAK RD</t>
   </si>
   <si>
     <t>05-00131.000</t>
   </si>
   <si>
     <t>MCCLEARY JAMES M</t>
   </si>
   <si>
     <t>FLUSHING-HOLLOWAY RD</t>
   </si>
   <si>
     <t>05-00132.001</t>
   </si>
   <si>
     <t>72423 FLUSHING-HOLLOWAY R</t>
@@ -256,56 +247,50 @@
   <si>
     <t>05-00288.000</t>
   </si>
   <si>
     <t>05-00299.000</t>
   </si>
   <si>
     <t>KENCEC JEFFREY A</t>
   </si>
   <si>
     <t>34179 BELMONT RIDGE RD</t>
   </si>
   <si>
     <t>05-00369.000</t>
   </si>
   <si>
     <t>05-00373.000</t>
   </si>
   <si>
     <t>BROKAW BRENDA</t>
   </si>
   <si>
     <t>72452 MORRISTOWN-FLUSHING</t>
   </si>
   <si>
-    <t>05-00385.000</t>
-[...4 lines deleted...]
-  <si>
     <t>05-00402.000</t>
   </si>
   <si>
     <t>THATCHER RICKY SCOTT &amp; JUDY ANN SURV</t>
   </si>
   <si>
     <t>73235 FLUSHING N E RD</t>
   </si>
   <si>
     <t>05-00403.000</t>
   </si>
   <si>
     <t>05-00406.000</t>
   </si>
   <si>
     <t>R FLUSHING NE</t>
   </si>
   <si>
     <t>05-00472.000</t>
   </si>
   <si>
     <t>SEARS LINDA</t>
   </si>
   <si>
     <t>05-00519.002</t>
@@ -322,59 +307,50 @@
   <si>
     <t>73200 RESERVOIR RD</t>
   </si>
   <si>
     <t>05-00687.000</t>
   </si>
   <si>
     <t>REAR FLUSHING NE</t>
   </si>
   <si>
     <t>05-00689.000</t>
   </si>
   <si>
     <t>FLUSHING NORTHEAST REAR RD NE</t>
   </si>
   <si>
     <t>05-00696.001</t>
   </si>
   <si>
     <t>MCINTIRE MICHELLE</t>
   </si>
   <si>
     <t>72281 MORRISTOWN-FLUSHING</t>
   </si>
   <si>
-    <t>05-00696.015</t>
-[...7 lines deleted...]
-  <si>
     <t>05-00737.000</t>
   </si>
   <si>
     <t>JACKSON DONALD E JR &amp; CYNTHIAA SURV</t>
   </si>
   <si>
     <t>05-01184.000</t>
   </si>
   <si>
     <t>DELUCAS MAXINE E</t>
   </si>
   <si>
     <t>BELMONT RIDGE RD</t>
   </si>
   <si>
     <t>0501497</t>
   </si>
   <si>
     <t>MUNSKY AGNES</t>
   </si>
   <si>
     <t>0501911</t>
   </si>
   <si>
     <t>THATCHER RICKY S</t>
@@ -391,122 +367,89 @@
   <si>
     <t>73401 FLUSHING-NORTHEAST RD</t>
   </si>
   <si>
     <t>0506176</t>
   </si>
   <si>
     <t>73235 NORTHEAST RD</t>
   </si>
   <si>
     <t>05-60008.000</t>
   </si>
   <si>
     <t>PIEDMONT UNITED METHODIST CHURCH THE</t>
   </si>
   <si>
     <t>34540 BELMONT RIDGE RD</t>
   </si>
   <si>
     <t>05-60010.000</t>
   </si>
   <si>
     <t>CHURCH-STILWATER PRESBYTERIAN</t>
   </si>
   <si>
-    <t>06-00006.000</t>
-[...7 lines deleted...]
-  <si>
     <t>06-00061.000</t>
   </si>
   <si>
     <t>PARKER AMANDA MALONE &amp; JEREMY SCOT</t>
   </si>
   <si>
     <t>OH #331 &amp; OH #149</t>
   </si>
   <si>
     <t>06-00062.000</t>
   </si>
   <si>
     <t>313 HIGH ST</t>
   </si>
   <si>
     <t>06-00086.000</t>
   </si>
   <si>
     <t>REGOLI JOHN &amp; THERESA SURV</t>
   </si>
   <si>
     <t>115 NORTHWEST ST</t>
   </si>
   <si>
     <t>06-00088.000</t>
   </si>
   <si>
     <t>BANK ST</t>
   </si>
   <si>
-    <t>06-00121.000</t>
-[...13 lines deleted...]
-  <si>
     <t>06-00185.000</t>
   </si>
   <si>
     <t>PRESERVATION TECHNOLOGY LLC</t>
   </si>
   <si>
     <t>MAIN ST REAR</t>
   </si>
   <si>
-    <t>06-00210.000</t>
-[...7 lines deleted...]
-  <si>
     <t>06-00214.000</t>
   </si>
   <si>
     <t>JABER JACOB &amp; MATTHEW</t>
   </si>
   <si>
     <t>122 MORRISTOWN ST</t>
   </si>
   <si>
     <t>06-00224.000</t>
   </si>
   <si>
     <t>351 E HIGH ST</t>
   </si>
   <si>
     <t>06-00227.000</t>
   </si>
   <si>
     <t>HARRIS WILLIAM HARMON</t>
   </si>
   <si>
     <t>COAL ST</t>
   </si>
   <si>
     <t>06-00239.000</t>
@@ -523,149 +466,113 @@
   <si>
     <t>06-00279.000</t>
   </si>
   <si>
     <t>DEVAULT JEAN THOMPSON</t>
   </si>
   <si>
     <t>220 DEPOT ST</t>
   </si>
   <si>
     <t>06-00292.002</t>
   </si>
   <si>
     <t>KOSKY BENJAMIN</t>
   </si>
   <si>
     <t>HIGH ST</t>
   </si>
   <si>
     <t>06-00303.000</t>
   </si>
   <si>
     <t>BARTOLO RONALD A ETAL SURV</t>
   </si>
   <si>
-    <t>06-00332.000</t>
-[...7 lines deleted...]
-  <si>
     <t>06-00334.000</t>
   </si>
   <si>
     <t>MICHELLI DELORES J ETAL 3</t>
   </si>
   <si>
     <t>117 FLUSHING HOLLOWAY RD</t>
   </si>
   <si>
     <t>06-00369.000</t>
   </si>
   <si>
     <t>REDDEN STORMY &amp; DONALD C RUNKINS</t>
   </si>
   <si>
     <t>107 BOBER LANE</t>
   </si>
   <si>
-    <t>06-00430.000</t>
-[...7 lines deleted...]
-  <si>
     <t>06-00444.000</t>
   </si>
   <si>
     <t>FULTON TAMARA ETAL 2</t>
   </si>
   <si>
     <t>105 DEPOT ST</t>
   </si>
   <si>
     <t>06-00449.000</t>
   </si>
   <si>
     <t>MICHELLI DELORES J ETAL 2</t>
   </si>
   <si>
     <t>115 FLUSHING HOLLOWAY RD</t>
   </si>
   <si>
     <t>06-00470.000</t>
   </si>
   <si>
     <t>DELANEY JOHN</t>
   </si>
   <si>
     <t>228 PEARL ST</t>
   </si>
   <si>
     <t>06-00478.000</t>
   </si>
   <si>
     <t>SHELTER NORMAN E</t>
   </si>
   <si>
     <t>DEPOT ST</t>
   </si>
   <si>
-    <t>06-00479.000</t>
-[...7 lines deleted...]
-  <si>
     <t>06-00487.000</t>
   </si>
   <si>
     <t>HAMILTON RONALD KOLE</t>
   </si>
   <si>
     <t>MORRISTOWN RD</t>
   </si>
   <si>
-    <t>06-00504.000</t>
-[...7 lines deleted...]
-  <si>
     <t>06-00634.000</t>
   </si>
   <si>
     <t>MORRISTOWN FLUSHING RD</t>
   </si>
   <si>
     <t>06-00634.001</t>
   </si>
   <si>
     <t>06-00637.000</t>
   </si>
   <si>
     <t>GOSSETT SHERI LYNN</t>
   </si>
   <si>
     <t>06-00646.000</t>
   </si>
   <si>
     <t>YOHO MELINDA D</t>
   </si>
   <si>
     <t>150 MARKETAN RD</t>
   </si>
   <si>
     <t>06-00664.006</t>
@@ -733,89 +640,80 @@
   <si>
     <t>PALMER CHRISTINA</t>
   </si>
   <si>
     <t>102 MILL RD</t>
   </si>
   <si>
     <t>0604923</t>
   </si>
   <si>
     <t>VANFOSSEN DONALD P</t>
   </si>
   <si>
     <t>216 DEPOT ST</t>
   </si>
   <si>
     <t>0605963</t>
   </si>
   <si>
     <t>PUBAL JASON</t>
   </si>
   <si>
     <t>136 WOOD ST</t>
   </si>
   <si>
-    <t>0606199</t>
-[...1 lines deleted...]
-  <si>
     <t>06-60009.000</t>
   </si>
   <si>
     <t>308 HIGH ST</t>
   </si>
   <si>
     <t>06-60015.000</t>
   </si>
   <si>
     <t>FLUSHING GOSPEL MISSION OF CHRISTIAN &amp; MISSIONARY ALLIANCE</t>
   </si>
   <si>
-    <t>07-00009.000</t>
-[...2 lines deleted...]
-    <t>SIMMS PAUL</t>
+    <t>07-00019.000</t>
+  </si>
+  <si>
+    <t>KOVACS AUDREY D</t>
+  </si>
+  <si>
+    <t>503 ASHTON ST</t>
+  </si>
+  <si>
+    <t>07-00072.000</t>
+  </si>
+  <si>
+    <t>NICE KRISTIN</t>
   </si>
   <si>
     <t>MAIN ST</t>
   </si>
   <si>
-    <t>07-00019.000</t>
-[...13 lines deleted...]
-  <si>
     <t>0700099</t>
   </si>
   <si>
     <t>BARKER VERNON M &amp; JOCELYN</t>
   </si>
   <si>
     <t>320 ASHTON ST</t>
   </si>
   <si>
     <t>07-00113.001</t>
   </si>
   <si>
     <t>NEILSON KYLE ALAN</t>
   </si>
   <si>
     <t>141 W MAIN ST</t>
   </si>
   <si>
     <t>07-00118.000</t>
   </si>
   <si>
     <t>BOTA JOHN D</t>
   </si>
   <si>
     <t>CENTER ST</t>
@@ -1057,134 +955,110 @@
   <si>
     <t>07-00496.000</t>
   </si>
   <si>
     <t>900 MAIN ST</t>
   </si>
   <si>
     <t>07-00519.000</t>
   </si>
   <si>
     <t>07-00520.000</t>
   </si>
   <si>
     <t>07-00521.000</t>
   </si>
   <si>
     <t>07-00525.000</t>
   </si>
   <si>
     <t>PANKO RUSSELL PAUL III</t>
   </si>
   <si>
     <t>303 CLARK ST</t>
   </si>
   <si>
-    <t>07-00526.000</t>
-[...4 lines deleted...]
-  <si>
     <t>07-00528.000</t>
   </si>
   <si>
     <t>LONGORIA JOANN</t>
   </si>
   <si>
     <t>106 REDDINGTON HILL</t>
   </si>
   <si>
     <t>07-00534.000</t>
   </si>
   <si>
     <t>STIDD HARRY B</t>
   </si>
   <si>
     <t>300 MAIN ST</t>
   </si>
   <si>
     <t>07-00535.000</t>
   </si>
   <si>
     <t>JEWELL ST</t>
   </si>
   <si>
     <t>07-00565.000</t>
   </si>
   <si>
     <t>07-00572.000</t>
   </si>
   <si>
     <t>STREETER ROY</t>
   </si>
   <si>
-    <t>07-00589.000</t>
-[...10 lines deleted...]
-  <si>
     <t>07-00622.000</t>
   </si>
   <si>
     <t>07-00623.000</t>
   </si>
   <si>
     <t>07-00624.000</t>
   </si>
   <si>
     <t>07-00625.000</t>
   </si>
   <si>
     <t>114 CENTER AVE</t>
   </si>
   <si>
     <t>07-00626.000</t>
   </si>
   <si>
     <t>07-00627.000</t>
   </si>
   <si>
     <t>07-00633.000</t>
   </si>
   <si>
     <t>KERNIK JOLYNN ETAL 1</t>
   </si>
   <si>
-    <t>07-00634.000</t>
-[...4 lines deleted...]
-  <si>
     <t>07-00648.000</t>
   </si>
   <si>
     <t>07-00649.000</t>
   </si>
   <si>
     <t>07-00652.000</t>
   </si>
   <si>
     <t>VAVRA MICHAEL F</t>
   </si>
   <si>
     <t>07-00668.000</t>
   </si>
   <si>
     <t>MILLER RICHARD</t>
   </si>
   <si>
     <t>309 MAIN ST</t>
   </si>
   <si>
     <t>07-00669.000</t>
   </si>
   <si>
     <t>07-00673.000</t>
@@ -1202,56 +1076,50 @@
     <t>726 E MAIN ST</t>
   </si>
   <si>
     <t>07-00710.000</t>
   </si>
   <si>
     <t>STERMS LARRY</t>
   </si>
   <si>
     <t>MAIN ST SR 331</t>
   </si>
   <si>
     <t>07-00714.000</t>
   </si>
   <si>
     <t>07-00715.000</t>
   </si>
   <si>
     <t>0704890</t>
   </si>
   <si>
     <t>WIGAND TINA</t>
   </si>
   <si>
     <t>137 W MAIN ST</t>
-  </si>
-[...4 lines deleted...]
-    <t>HOLLOWAY VILLAGE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1261,3740 +1129,3380 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F183" headerRowCount="1">
-  <autoFilter ref="A1:F183"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F165" headerRowCount="1">
+  <autoFilter ref="A1:F165"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24655&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=83672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=76574&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66863&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23322&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24655&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=83672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66863&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80269&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F183"/>
+  <dimension ref="A1:F165"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="61.80219268798828" customWidth="1"/>
     <col min="3" max="3" width="18.167438507080078" customWidth="1"/>
     <col min="4" max="4" width="32.61005401611328" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>38.06</v>
+        <v>38.82</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2">
-        <v>86.43</v>
+        <v>88.15</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="2">
-        <v>1703.25</v>
+        <v>1737.32</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="2">
-        <v>769.38</v>
+        <v>784.77</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2">
-        <v>127.75</v>
+        <v>130.31</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="2">
-        <v>446.66</v>
+        <v>455.59</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="2">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="2">
-        <v>0.72</v>
+        <v>0.73</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="2">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E16" s="2">
-        <v>109.37</v>
+        <v>111.56</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="2">
-        <v>95.43</v>
+        <v>97.33</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="2">
-        <v>675.09</v>
+        <v>2.87</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E19" s="2">
-        <v>2.81</v>
+        <v>671.69</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E20" s="2">
-        <v>658.52</v>
+        <v>753.61</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>738.83</v>
+        <v>1524</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E22" s="2">
-        <v>1494.12</v>
+        <v>64.1</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="2">
-        <v>62.84</v>
+        <v>5773.93</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E24" s="2">
-        <v>5660.74</v>
+        <v>152.3</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="2">
-        <v>149.32</v>
+        <v>1591.76</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>1560.55</v>
+        <v>131.55</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>128.97</v>
+        <v>131.55</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="E28" s="2">
-        <v>128.97</v>
+        <v>195.58</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="E29" s="2">
-        <v>191.74</v>
+        <v>6.7</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E30" s="2">
-        <v>6.57</v>
+        <v>6.35</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="E31" s="2">
-        <v>6.23</v>
+        <v>4.41</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="E32" s="2">
-        <v>4.32</v>
+        <v>131.55</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E33" s="2">
-        <v>128.97</v>
+        <v>143.74</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="2">
-        <v>140.92</v>
+        <v>822.32</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>84</v>
+        <v>48</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E35" s="2">
-        <v>608.38</v>
+        <v>543.82</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B36" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E36" s="2">
-        <v>806.2</v>
+        <v>100.27</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E37" s="2">
-        <v>533.17</v>
+        <v>749.88</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>90</v>
       </c>
       <c r="E38" s="2">
-        <v>98.3</v>
+        <v>126.62</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B39" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="2">
-        <v>735.18</v>
+        <v>2478.53</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B40" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="2">
-        <v>124.14</v>
+        <v>62.01</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" s="2">
-        <v>2429.93</v>
+        <v>59.09</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E42" s="2">
-        <v>60.79</v>
+        <v>2726.36</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="E43" s="2">
-        <v>57.93</v>
+        <v>153.2</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>104</v>
       </c>
       <c r="E44" s="2">
-        <v>2672.9</v>
+        <v>15.78</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E45" s="2">
-        <v>39.73</v>
+        <v>2.18</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C46" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E46" s="2">
-        <v>150.19</v>
+        <v>59.27</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E47" s="2">
-        <v>15.47</v>
+        <v>30.83</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B48" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="2">
-        <v>2.14</v>
+        <v>18.94</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>117</v>
       </c>
       <c r="E49" s="2">
-        <v>58.11</v>
+        <v>244.09</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>120</v>
+        <v>63</v>
       </c>
       <c r="E50" s="2">
-        <v>30.23</v>
+        <v>470.41</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E51" s="2">
-        <v>18.57</v>
+        <v>67.4</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B52" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52" s="2">
-        <v>239.3</v>
+        <v>134.69</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C53" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E53" s="2">
-        <v>461.19</v>
+        <v>2420.15</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>468.34</v>
+        <v>71.84</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>66.08</v>
+        <v>595.96</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>135</v>
       </c>
       <c r="E56" s="2">
-        <v>132.05</v>
+        <v>541.28</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B57" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C57" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E57" s="2">
-        <v>2372.7</v>
+        <v>6141.08</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E58" s="2">
-        <v>70.44</v>
+        <v>288.1</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
       <c r="E59" s="2">
-        <v>1003.35</v>
+        <v>163.62</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="E60" s="2">
-        <v>164.85</v>
+        <v>348.23</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C61" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" s="2">
-        <v>584.27</v>
+        <v>880.83</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="2">
-        <v>354.3</v>
+        <v>2.47</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="E63" s="2">
-        <v>530.67</v>
+        <v>6753.51</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E64" s="2">
-        <v>6020.69</v>
+        <v>286.02</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="2">
-        <v>282.45</v>
+        <v>792</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E66" s="2">
-        <v>160.41</v>
+        <v>6687.36</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E67" s="2">
-        <v>341.4</v>
+        <v>36.63</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E68" s="2">
-        <v>863.55</v>
+        <v>257.37</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E69" s="2">
-        <v>2.42</v>
+        <v>2170.52</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>159</v>
+        <v>173</v>
       </c>
       <c r="E70" s="2">
-        <v>6621.1</v>
+        <v>207.08</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="B71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E71" s="2">
-        <v>565.73</v>
+        <v>255.3</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="B72" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E72" s="2">
-        <v>280.42</v>
+        <v>225.12</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="E73" s="2">
-        <v>776.47</v>
+        <v>17.67</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="B74" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E74" s="2">
-        <v>17.67</v>
+        <v>94.98</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E75" s="2">
-        <v>6556.25</v>
+        <v>3873.87</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>189</v>
+        <v>25</v>
       </c>
       <c r="E76" s="2">
-        <v>35.91</v>
+        <v>5.6</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>192</v>
+        <v>25</v>
       </c>
       <c r="E77" s="2">
-        <v>252.32</v>
+        <v>0.93</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>195</v>
+        <v>25</v>
       </c>
       <c r="E78" s="2">
-        <v>2127.93</v>
+        <v>0.93</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="E79" s="2">
-        <v>1528.21</v>
+        <v>0.93</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="E80" s="2">
-        <v>203.02</v>
+        <v>0.93</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>204</v>
+        <v>25</v>
       </c>
       <c r="E81" s="2">
-        <v>1709.54</v>
+        <v>0.93</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>206</v>
+        <v>25</v>
       </c>
       <c r="E82" s="2">
-        <v>250.3</v>
+        <v>0.93</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="E83" s="2">
-        <v>220.71</v>
+        <v>207.17</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>25</v>
+        <v>201</v>
       </c>
       <c r="E84" s="2">
-        <v>17.32</v>
+        <v>148.13</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="E85" s="2">
-        <v>93.12</v>
+        <v>93.14</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="E86" s="2">
-        <v>3797.92</v>
+        <v>78.18</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>25</v>
+        <v>210</v>
       </c>
       <c r="E87" s="2">
-        <v>5.49</v>
+        <v>9.39</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>219</v>
+        <v>131</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>25</v>
+        <v>212</v>
       </c>
       <c r="E88" s="2">
-        <v>0.91</v>
+        <v>9058.15</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="E89" s="2">
-        <v>0.91</v>
+        <v>54.53</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>25</v>
+        <v>217</v>
       </c>
       <c r="E90" s="2">
-        <v>0.91</v>
+        <v>2693.92</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>25</v>
+        <v>220</v>
       </c>
       <c r="E91" s="2">
-        <v>0.91</v>
+        <v>185.47</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>25</v>
+        <v>223</v>
       </c>
       <c r="E92" s="2">
-        <v>0.91</v>
+        <v>2153.2</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C93" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>0.91</v>
+        <v>681.68</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>229</v>
       </c>
       <c r="E94" s="2">
-        <v>203.11</v>
+        <v>32.05</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="E95" s="2">
-        <v>145.23</v>
+        <v>32.05</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="B96" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>91.31</v>
+        <v>246.94</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="E97" s="2">
-        <v>76.64</v>
+        <v>50.35</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="E98" s="2">
-        <v>9.21</v>
+        <v>693.31</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>173</v>
+        <v>232</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>174</v>
+        <v>220</v>
       </c>
       <c r="E99" s="2">
-        <v>148.88</v>
+        <v>38.89</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>147</v>
+        <v>232</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="E100" s="2">
-        <v>10923.76</v>
+        <v>43.93</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>169</v>
+        <v>241</v>
       </c>
       <c r="E101" s="2">
-        <v>53.47</v>
+        <v>22.38</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="E102" s="2">
-        <v>131.06</v>
+        <v>716.82</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="E103" s="2">
-        <v>2641.1</v>
+        <v>172.08</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E104" s="2">
-        <v>181.84</v>
+        <v>20.54</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="E105" s="2">
-        <v>2110.99</v>
+        <v>17.54</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="E106" s="2">
-        <v>668.31</v>
+        <v>16.52</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="E107" s="2">
-        <v>31.42</v>
+        <v>12.62</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>264</v>
+        <v>252</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="E108" s="2">
-        <v>31.42</v>
+        <v>12.62</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>265</v>
+        <v>253</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>266</v>
+        <v>254</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="E109" s="2">
-        <v>242.1</v>
+        <v>149.5</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>268</v>
+        <v>256</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>266</v>
+        <v>254</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="E110" s="2">
-        <v>49.36</v>
+        <v>6625.94</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>266</v>
+        <v>254</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="E111" s="2">
-        <v>679.72</v>
+        <v>119.15</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>266</v>
+        <v>228</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="E112" s="2">
-        <v>38.12</v>
+        <v>39.58</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>266</v>
+        <v>228</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>267</v>
+        <v>229</v>
       </c>
       <c r="E113" s="2">
-        <v>43.07</v>
+        <v>39.58</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="E114" s="2">
-        <v>21.94</v>
+        <v>1105.26</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>277</v>
+        <v>25</v>
       </c>
       <c r="E115" s="2">
-        <v>702.77</v>
+        <v>2075.02</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>278</v>
+        <v>265</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="E116" s="2">
-        <v>168.7</v>
+        <v>1732.77</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>282</v>
+        <v>262</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="E117" s="2">
-        <v>20.14</v>
+        <v>625.12</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>283</v>
+        <v>268</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>282</v>
+        <v>269</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="E118" s="2">
-        <v>17.2</v>
+        <v>138.45</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="E119" s="2">
-        <v>16.2</v>
+        <v>219.98</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>280</v>
+        <v>220</v>
       </c>
       <c r="E120" s="2">
-        <v>12.37</v>
+        <v>59.15</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>280</v>
+        <v>25</v>
       </c>
       <c r="E121" s="2">
-        <v>12.37</v>
+        <v>144.01</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="E122" s="2">
-        <v>146.57</v>
+        <v>916.24</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>291</v>
+        <v>246</v>
       </c>
       <c r="E123" s="2">
-        <v>6496.03</v>
+        <v>38.79</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>289</v>
+        <v>246</v>
       </c>
       <c r="E124" s="2">
-        <v>116.81</v>
+        <v>38.79</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>262</v>
+        <v>281</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="E125" s="2">
-        <v>38.8</v>
+        <v>652.05</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>262</v>
+        <v>281</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="E126" s="2">
-        <v>38.8</v>
+        <v>38.22</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>297</v>
+        <v>255</v>
       </c>
       <c r="E127" s="2">
-        <v>1083.6</v>
+        <v>301.68</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>25</v>
+        <v>220</v>
       </c>
       <c r="E128" s="2">
-        <v>2034.33</v>
+        <v>613.1</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>300</v>
+        <v>266</v>
       </c>
       <c r="E129" s="2">
-        <v>1698.81</v>
+        <v>31.47</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>300</v>
+        <v>25</v>
       </c>
       <c r="E130" s="2">
-        <v>612.86</v>
+        <v>6.63</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>303</v>
+        <v>228</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>304</v>
+        <v>229</v>
       </c>
       <c r="E131" s="2">
-        <v>135.74</v>
+        <v>32.05</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="E132" s="2">
-        <v>215.68</v>
+        <v>2548.31</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>249</v>
+        <v>300</v>
       </c>
       <c r="E133" s="2">
-        <v>57.99</v>
+        <v>912.54</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>25</v>
+        <v>246</v>
       </c>
       <c r="E134" s="2">
-        <v>141.18</v>
+        <v>80.44</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>313</v>
+        <v>246</v>
       </c>
       <c r="E135" s="2">
-        <v>898.28</v>
+        <v>172.58</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>280</v>
+        <v>150</v>
       </c>
       <c r="E136" s="2">
-        <v>38.03</v>
+        <v>46.74</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>280</v>
+        <v>220</v>
       </c>
       <c r="E137" s="2">
-        <v>38.03</v>
+        <v>146.59</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>315</v>
+        <v>293</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="E138" s="2">
-        <v>639.27</v>
+        <v>1893.77</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>315</v>
+        <v>291</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="E139" s="2">
-        <v>37.47</v>
+        <v>31.47</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>321</v>
+        <v>291</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>289</v>
+        <v>266</v>
       </c>
       <c r="E140" s="2">
-        <v>295.77</v>
+        <v>33.28</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>323</v>
+        <v>291</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="E141" s="2">
-        <v>601.08</v>
+        <v>31.47</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="E142" s="2">
-        <v>30.85</v>
+        <v>789.18</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>25</v>
+        <v>318</v>
       </c>
       <c r="E143" s="2">
-        <v>6.5</v>
+        <v>1860.89</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>262</v>
+        <v>320</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>263</v>
+        <v>321</v>
       </c>
       <c r="E144" s="2">
-        <v>31.42</v>
+        <v>5189.89</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>330</v>
+        <v>248</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="E145" s="2">
-        <v>2498.36</v>
+        <v>17.54</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>333</v>
+        <v>228</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>334</v>
+        <v>229</v>
       </c>
       <c r="E146" s="2">
-        <v>894.64</v>
+        <v>32.05</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>280</v>
+        <v>25</v>
       </c>
       <c r="E147" s="2">
-        <v>78.86</v>
+        <v>27.91</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>336</v>
+        <v>228</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>280</v>
+        <v>229</v>
       </c>
       <c r="E148" s="2">
-        <v>169.2</v>
+        <v>32.05</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>339</v>
+        <v>228</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>169</v>
+        <v>229</v>
       </c>
       <c r="E149" s="2">
-        <v>45.82</v>
+        <v>32.05</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>341</v>
+        <v>228</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="E150" s="2">
-        <v>143.71</v>
+        <v>66.43</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>327</v>
+        <v>228</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>343</v>
+        <v>331</v>
       </c>
       <c r="E151" s="2">
-        <v>1856.64</v>
+        <v>118.1</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>325</v>
+        <v>228</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>300</v>
+        <v>229</v>
       </c>
       <c r="E152" s="2">
-        <v>30.85</v>
+        <v>32.05</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>325</v>
+        <v>228</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>300</v>
+        <v>229</v>
       </c>
       <c r="E153" s="2">
-        <v>32.62</v>
+        <v>32.05</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>300</v>
+        <v>25</v>
       </c>
       <c r="E154" s="2">
-        <v>30.85</v>
+        <v>636.25</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>348</v>
+        <v>219</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>349</v>
+        <v>220</v>
       </c>
       <c r="E155" s="2">
-        <v>773.71</v>
+        <v>174.88</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>248</v>
+        <v>219</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>351</v>
+        <v>220</v>
       </c>
       <c r="E156" s="2">
-        <v>1221.79</v>
+        <v>1788.82</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="E157" s="2">
-        <v>1824.4</v>
+        <v>828.4</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>356</v>
+        <v>341</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="E158" s="2">
-        <v>5188.14</v>
+        <v>303.23</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>282</v>
+        <v>341</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>359</v>
+        <v>220</v>
       </c>
       <c r="E159" s="2">
-        <v>17.2</v>
+        <v>30.35</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>262</v>
+        <v>345</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>263</v>
+        <v>300</v>
       </c>
       <c r="E160" s="2">
-        <v>31.42</v>
+        <v>775.24</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>361</v>
+        <v>346</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>25</v>
+        <v>348</v>
       </c>
       <c r="E161" s="2">
-        <v>27.36</v>
+        <v>9345.35</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>363</v>
+        <v>349</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>364</v>
+        <v>350</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>365</v>
+        <v>351</v>
       </c>
       <c r="E162" s="2">
-        <v>38.8</v>
+        <v>1290.2</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>366</v>
+        <v>352</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>364</v>
+        <v>281</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>365</v>
+        <v>25</v>
       </c>
       <c r="E163" s="2">
-        <v>27.07</v>
+        <v>27.91</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>367</v>
+        <v>353</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>262</v>
+        <v>281</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>263</v>
+        <v>25</v>
       </c>
       <c r="E164" s="2">
-        <v>31.42</v>
+        <v>27.91</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>368</v>
+        <v>354</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>262</v>
+        <v>355</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>263</v>
+        <v>356</v>
       </c>
       <c r="E165" s="2">
-        <v>31.42</v>
+        <v>688.85</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>10</v>
-[...358 lines deleted...]
-      <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -5120,50 +4628,32 @@
     <hyperlink ref="F141" r:id="rId141"/>
     <hyperlink ref="F142" r:id="rId142"/>
     <hyperlink ref="F143" r:id="rId143"/>
     <hyperlink ref="F144" r:id="rId144"/>
     <hyperlink ref="F145" r:id="rId145"/>
     <hyperlink ref="F146" r:id="rId146"/>
     <hyperlink ref="F147" r:id="rId147"/>
     <hyperlink ref="F148" r:id="rId148"/>
     <hyperlink ref="F149" r:id="rId149"/>
     <hyperlink ref="F150" r:id="rId150"/>
     <hyperlink ref="F151" r:id="rId151"/>
     <hyperlink ref="F152" r:id="rId152"/>
     <hyperlink ref="F153" r:id="rId153"/>
     <hyperlink ref="F154" r:id="rId154"/>
     <hyperlink ref="F155" r:id="rId155"/>
     <hyperlink ref="F156" r:id="rId156"/>
     <hyperlink ref="F157" r:id="rId157"/>
     <hyperlink ref="F158" r:id="rId158"/>
     <hyperlink ref="F159" r:id="rId159"/>
     <hyperlink ref="F160" r:id="rId160"/>
     <hyperlink ref="F161" r:id="rId161"/>
     <hyperlink ref="F162" r:id="rId162"/>
     <hyperlink ref="F163" r:id="rId163"/>
     <hyperlink ref="F164" r:id="rId164"/>
     <hyperlink ref="F165" r:id="rId165"/>
-    <hyperlink ref="F166" r:id="rId166"/>
-[...16 lines deleted...]
-    <hyperlink ref="F183" r:id="rId183"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>