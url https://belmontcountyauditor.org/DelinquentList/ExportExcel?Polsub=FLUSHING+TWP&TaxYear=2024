--- v1 (2025-12-07)
+++ v2 (2026-03-03)
@@ -5,121 +5,220 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="357">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="598" uniqueCount="598">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>04-00009.000</t>
   </si>
   <si>
     <t>ANICH KARLA R</t>
   </si>
   <si>
     <t>BARNESVILLE EVSD</t>
   </si>
   <si>
     <t>WEST LAKE RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
+    <t>04-00077.000</t>
+  </si>
+  <si>
+    <t>YODER STEVEN &amp; SUSAN SURV</t>
+  </si>
+  <si>
+    <t>33690 GOODRICH DR</t>
+  </si>
+  <si>
     <t>04-00107.000</t>
   </si>
   <si>
     <t>ANICH KARLA &amp; DARRYL R BENNER</t>
   </si>
   <si>
     <t>04-00108.000</t>
   </si>
   <si>
     <t>71750 WESTLAKE RD</t>
   </si>
   <si>
+    <t>04-00119.000</t>
+  </si>
+  <si>
+    <t>PASCO DORIS JEAN &amp; CLAYTON SURV</t>
+  </si>
+  <si>
+    <t>GOODRICH DRIVE</t>
+  </si>
+  <si>
+    <t>04-00137.000</t>
+  </si>
+  <si>
+    <t>ANDERSON KARL L &amp; SANDRA L SURV</t>
+  </si>
+  <si>
+    <t>W BRIAR HILL RD</t>
+  </si>
+  <si>
+    <t>04-00160.000</t>
+  </si>
+  <si>
+    <t>SCHAFER NEAL E &amp; CHRISTAL L SUR</t>
+  </si>
+  <si>
+    <t>BRIARWOOD DR</t>
+  </si>
+  <si>
+    <t>04-00186.000</t>
+  </si>
+  <si>
+    <t>SCOTT KEVIN B</t>
+  </si>
+  <si>
+    <t>33485 HILLTOP DR</t>
+  </si>
+  <si>
+    <t>04-00224.002</t>
+  </si>
+  <si>
+    <t>FRITTER BRIAN L</t>
+  </si>
+  <si>
+    <t>32801 CREWS LANE</t>
+  </si>
+  <si>
     <t>04-00231.000</t>
   </si>
   <si>
     <t>WAGNER DAVID C JR</t>
   </si>
   <si>
     <t>72351 WEST LAKE RD</t>
   </si>
   <si>
     <t>04-00234.002</t>
   </si>
   <si>
     <t>BRIAR HILL RD</t>
   </si>
   <si>
     <t>04-00276.000</t>
   </si>
   <si>
     <t>JABER MERWAN M</t>
   </si>
   <si>
     <t>ROUGGEN RD</t>
   </si>
   <si>
+    <t>04-00292.000</t>
+  </si>
+  <si>
+    <t>RUBEL GLENDA MAE TRUSTEE</t>
+  </si>
+  <si>
+    <t>LAKEWOOD DR</t>
+  </si>
+  <si>
+    <t>04-00307.000</t>
+  </si>
+  <si>
+    <t>04-00322.000</t>
+  </si>
+  <si>
+    <t>LAKEVIEW AVE</t>
+  </si>
+  <si>
+    <t>04-00367.000</t>
+  </si>
+  <si>
+    <t>WARREN LUKE &amp; AMY</t>
+  </si>
+  <si>
+    <t>71100 SKYLINE DR</t>
+  </si>
+  <si>
+    <t>04-00394.000</t>
+  </si>
+  <si>
+    <t>MCGREAL RYAN THOMAS</t>
+  </si>
+  <si>
+    <t>32102 W BOYD HALL RD</t>
+  </si>
+  <si>
+    <t>04-00400.000</t>
+  </si>
+  <si>
+    <t>LEEK JEREMY R</t>
+  </si>
+  <si>
+    <t>33045 ROUGGEN RD</t>
+  </si>
+  <si>
     <t>04-00473.000</t>
   </si>
   <si>
     <t>WIGGINS MARK &amp; JENNIFER</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
   <si>
     <t>04-00475.000</t>
   </si>
   <si>
     <t>04-00477.000</t>
   </si>
   <si>
     <t>04-00493.000</t>
   </si>
   <si>
     <t>SNYDER DAVID A &amp; BRENDA L SURV</t>
   </si>
   <si>
     <t>04-00495.000</t>
   </si>
   <si>
     <t>WARD BRANDON &amp; MIKA SURV</t>
@@ -127,476 +226,860 @@
   <si>
     <t>04-00497.000</t>
   </si>
   <si>
     <t>04-00499.000</t>
   </si>
   <si>
     <t>04-00501.000</t>
   </si>
   <si>
     <t>04-00552.000</t>
   </si>
   <si>
     <t>WESTLAKE RD</t>
   </si>
   <si>
     <t>04-60005.000</t>
   </si>
   <si>
     <t>MAIN BUILDING PRESBYTERIAN CAMP</t>
   </si>
   <si>
     <t>34211 4-H CLUB RD</t>
   </si>
   <si>
+    <t>05-00008.000</t>
+  </si>
+  <si>
+    <t>CARSON DEBBIE</t>
+  </si>
+  <si>
+    <t>UNION LSD</t>
+  </si>
+  <si>
+    <t>HAZELWOOD HILLS RD</t>
+  </si>
+  <si>
+    <t>05-00067.000</t>
+  </si>
+  <si>
+    <t>BRUCKER DANIEL W &amp; DANIEL E BRUCKER SURV</t>
+  </si>
+  <si>
+    <t>FLUSHING-HOLLOWAY RD</t>
+  </si>
+  <si>
+    <t>05-00112.000</t>
+  </si>
+  <si>
+    <t>HADZIMA RICHARD</t>
+  </si>
+  <si>
     <t>05-00117.000</t>
   </si>
   <si>
     <t>HANLON THOMAS M</t>
   </si>
   <si>
-    <t>UNION LSD</t>
-[...4 lines deleted...]
-  <si>
     <t>05-00122.000</t>
   </si>
   <si>
     <t>BROWN BILLIE JO GORNEY</t>
   </si>
   <si>
     <t>BLACK OAK RD</t>
   </si>
   <si>
     <t>05-00131.000</t>
   </si>
   <si>
     <t>MCCLEARY JAMES M</t>
   </si>
   <si>
-    <t>FLUSHING-HOLLOWAY RD</t>
-[...1 lines deleted...]
-  <si>
     <t>05-00132.001</t>
   </si>
   <si>
     <t>72423 FLUSHING-HOLLOWAY R</t>
   </si>
   <si>
+    <t>05-00149.000</t>
+  </si>
+  <si>
+    <t>HLINOVSKY MARTIN J III &amp; KRISTINA D HLINOVSKY</t>
+  </si>
+  <si>
+    <t>331 PRIVATE DR</t>
+  </si>
+  <si>
     <t>05-00161.000</t>
   </si>
   <si>
     <t>THATCHER RICKY &amp; JUDY</t>
   </si>
   <si>
     <t>73235 FLUSHING NORTHEAST RD</t>
   </si>
   <si>
     <t>05-00170.000</t>
   </si>
   <si>
     <t>MOORE DAVID A &amp; RHONDA MCINTIRE SURV</t>
   </si>
   <si>
     <t>40119 POLAND RD</t>
   </si>
   <si>
     <t>05-00206.000</t>
   </si>
   <si>
     <t>CHANCE DEBRA</t>
   </si>
   <si>
     <t>72208 FLUSHING-HOLLOWAY RD</t>
   </si>
   <si>
+    <t>05-00242.000</t>
+  </si>
+  <si>
+    <t>WALNOHA GEORGE</t>
+  </si>
+  <si>
+    <t>73128 HAZELWOOD HILLS RD</t>
+  </si>
+  <si>
+    <t>05-00254.000</t>
+  </si>
+  <si>
+    <t>MUNSKY FRANK JR &amp; WILMA</t>
+  </si>
+  <si>
+    <t>34215 BELMONT RIDGE RD</t>
+  </si>
+  <si>
     <t>05-00258.000</t>
   </si>
   <si>
     <t>MURPHY WALTER B</t>
   </si>
   <si>
     <t>PIEDMONT LAKE RD</t>
   </si>
   <si>
+    <t>05-00275.000</t>
+  </si>
+  <si>
+    <t>VANFOSSEN RANDY J &amp; MELISSA D SURV</t>
+  </si>
+  <si>
+    <t>73274 HAZELWOOD HILLS RD</t>
+  </si>
+  <si>
     <t>05-00280.000</t>
   </si>
   <si>
-    <t>331 PRIVATE DR</t>
-[...1 lines deleted...]
-  <si>
     <t>05-00281.000</t>
   </si>
   <si>
     <t>PRIVATE RD</t>
   </si>
   <si>
     <t>05-00282.000</t>
   </si>
   <si>
     <t>MCCLARY JAMES &amp; HELEN SURV</t>
   </si>
   <si>
     <t>05-00287.000</t>
   </si>
   <si>
-    <t>VANFOSSEN RANDY J &amp; MELISSA D SURV</t>
-[...1 lines deleted...]
-  <si>
     <t>05-00288.000</t>
   </si>
   <si>
+    <t>05-00295.000</t>
+  </si>
+  <si>
     <t>05-00299.000</t>
   </si>
   <si>
     <t>KENCEC JEFFREY A</t>
   </si>
   <si>
     <t>34179 BELMONT RIDGE RD</t>
   </si>
   <si>
+    <t>05-00314.000</t>
+  </si>
+  <si>
+    <t>RODAVICH BRIAN THOMAS &amp; EMILY MEADOWS SURV</t>
+  </si>
+  <si>
+    <t>34151 BELMONT RIDGE RD</t>
+  </si>
+  <si>
+    <t>05-00367.000</t>
+  </si>
+  <si>
+    <t>WAGNER BRIAN</t>
+  </si>
+  <si>
+    <t>39775 ROSEMARY CAMP RD</t>
+  </si>
+  <si>
     <t>05-00369.000</t>
   </si>
   <si>
+    <t>05-00372.000</t>
+  </si>
+  <si>
+    <t>BROKAW BRENDA</t>
+  </si>
+  <si>
+    <t>FLUSHING MORRISTOWN RD</t>
+  </si>
+  <si>
     <t>05-00373.000</t>
   </si>
   <si>
-    <t>BROKAW BRENDA</t>
-[...1 lines deleted...]
-  <si>
     <t>72452 MORRISTOWN-FLUSHING</t>
   </si>
   <si>
     <t>05-00402.000</t>
   </si>
   <si>
     <t>THATCHER RICKY SCOTT &amp; JUDY ANN SURV</t>
   </si>
   <si>
     <t>73235 FLUSHING N E RD</t>
   </si>
   <si>
     <t>05-00403.000</t>
   </si>
   <si>
+    <t>05-00405.000</t>
+  </si>
+  <si>
+    <t>FLUSHING NORTHEAST REAR RD</t>
+  </si>
+  <si>
     <t>05-00406.000</t>
   </si>
   <si>
     <t>R FLUSHING NE</t>
   </si>
   <si>
+    <t>05-00407.000</t>
+  </si>
+  <si>
+    <t>FLUSHING NE RD</t>
+  </si>
+  <si>
+    <t>05-00458.013</t>
+  </si>
+  <si>
+    <t>HATFIELD ROBERT E III</t>
+  </si>
+  <si>
+    <t>BELMONT RIDGE RD</t>
+  </si>
+  <si>
+    <t>05-00466.000</t>
+  </si>
+  <si>
+    <t>72535 FLUSHING-HOLLOWAY RD</t>
+  </si>
+  <si>
     <t>05-00472.000</t>
   </si>
   <si>
     <t>SEARS LINDA</t>
   </si>
   <si>
     <t>05-00519.002</t>
   </si>
   <si>
     <t>BILLMAN NICHOLAS THOMAS BERRING &amp; ANNA ELIZABETH BILLMAN</t>
   </si>
   <si>
     <t>RESERVOIR RD (REAR)</t>
   </si>
   <si>
     <t>05-00525.003</t>
   </si>
   <si>
     <t>73200 RESERVOIR RD</t>
   </si>
   <si>
+    <t>05-00610.000</t>
+  </si>
+  <si>
+    <t>STEWART JOHN K SR &amp; BETTY J SURV</t>
+  </si>
+  <si>
+    <t>41470 BLACK OAK RD</t>
+  </si>
+  <si>
+    <t>05-00653.003</t>
+  </si>
+  <si>
+    <t>NYE ROBERT K &amp; SUSAN G SURV</t>
+  </si>
+  <si>
+    <t>38300 BELMONT RIDGE RD</t>
+  </si>
+  <si>
     <t>05-00687.000</t>
   </si>
   <si>
     <t>REAR FLUSHING NE</t>
   </si>
   <si>
+    <t>05-00688.000</t>
+  </si>
+  <si>
+    <t>FLUSHING NORTHEAST RD</t>
+  </si>
+  <si>
     <t>05-00689.000</t>
   </si>
   <si>
     <t>FLUSHING NORTHEAST REAR RD NE</t>
   </si>
   <si>
     <t>05-00696.001</t>
   </si>
   <si>
     <t>MCINTIRE MICHELLE</t>
   </si>
   <si>
     <t>72281 MORRISTOWN-FLUSHING</t>
   </si>
   <si>
+    <t>05-00701.000</t>
+  </si>
+  <si>
+    <t>RUDNICK CHARLES</t>
+  </si>
+  <si>
+    <t>HWY #194</t>
+  </si>
+  <si>
+    <t>05-00702.000</t>
+  </si>
+  <si>
+    <t>LUTZ JAMES A</t>
+  </si>
+  <si>
+    <t>72234 FLUSHING-HOLLOWAY R</t>
+  </si>
+  <si>
     <t>05-00737.000</t>
   </si>
   <si>
     <t>JACKSON DONALD E JR &amp; CYNTHIAA SURV</t>
   </si>
   <si>
+    <t>05-00738.000</t>
+  </si>
+  <si>
+    <t>WEEKS JENNIFER A ETAL 1</t>
+  </si>
+  <si>
+    <t>05-00739.000</t>
+  </si>
+  <si>
+    <t>05-00813.001</t>
+  </si>
+  <si>
+    <t>THATCHER JUDY A</t>
+  </si>
+  <si>
+    <t>05-00870.000</t>
+  </si>
+  <si>
+    <t>OLD CADIZ RD</t>
+  </si>
+  <si>
+    <t>05-01021.000</t>
+  </si>
+  <si>
+    <t>LITTEN RICHARD E</t>
+  </si>
+  <si>
+    <t>05-01155.000</t>
+  </si>
+  <si>
+    <t>ANGELO RICHARD D &amp; STACY D SURV</t>
+  </si>
+  <si>
     <t>05-01184.000</t>
   </si>
   <si>
     <t>DELUCAS MAXINE E</t>
   </si>
   <si>
-    <t>BELMONT RIDGE RD</t>
+    <t>05-01203.000</t>
+  </si>
+  <si>
+    <t>MAURER GLEN</t>
+  </si>
+  <si>
+    <t>ROCK HILL RD</t>
   </si>
   <si>
     <t>0501497</t>
   </si>
   <si>
     <t>MUNSKY AGNES</t>
   </si>
   <si>
+    <t>0501498</t>
+  </si>
+  <si>
+    <t>BELMONT RIDGE</t>
+  </si>
+  <si>
     <t>0501911</t>
   </si>
   <si>
     <t>THATCHER RICKY S</t>
   </si>
   <si>
     <t>73239 NORTHEAST ROAD</t>
   </si>
   <si>
+    <t>0502077</t>
+  </si>
+  <si>
+    <t>SKELTON GEORGE D</t>
+  </si>
+  <si>
+    <t>73699 RESERVOIR HILL RD</t>
+  </si>
+  <si>
     <t>0502469</t>
   </si>
   <si>
     <t>THATCHER JUDY</t>
   </si>
   <si>
     <t>73401 FLUSHING-NORTHEAST RD</t>
   </si>
   <si>
+    <t>0504073</t>
+  </si>
+  <si>
+    <t>STEWART DONALD J</t>
+  </si>
+  <si>
+    <t>41830 BLACK OAK</t>
+  </si>
+  <si>
     <t>0506176</t>
   </si>
   <si>
     <t>73235 NORTHEAST RD</t>
   </si>
   <si>
     <t>05-60008.000</t>
   </si>
   <si>
     <t>PIEDMONT UNITED METHODIST CHURCH THE</t>
   </si>
   <si>
     <t>34540 BELMONT RIDGE RD</t>
   </si>
   <si>
     <t>05-60010.000</t>
   </si>
   <si>
     <t>CHURCH-STILWATER PRESBYTERIAN</t>
   </si>
   <si>
+    <t>06-00002.000</t>
+  </si>
+  <si>
+    <t>TWAROG JAMES E &amp; STACEY R SURV</t>
+  </si>
+  <si>
+    <t>111 MARKATAN AVE</t>
+  </si>
+  <si>
+    <t>06-00006.000</t>
+  </si>
+  <si>
+    <t>HOLSTEIN THERESA A</t>
+  </si>
+  <si>
+    <t>118 NORTHWEST ST</t>
+  </si>
+  <si>
     <t>06-00061.000</t>
   </si>
   <si>
     <t>PARKER AMANDA MALONE &amp; JEREMY SCOT</t>
   </si>
   <si>
     <t>OH #331 &amp; OH #149</t>
   </si>
   <si>
     <t>06-00062.000</t>
   </si>
   <si>
     <t>313 HIGH ST</t>
   </si>
   <si>
     <t>06-00086.000</t>
   </si>
   <si>
     <t>REGOLI JOHN &amp; THERESA SURV</t>
   </si>
   <si>
     <t>115 NORTHWEST ST</t>
   </si>
   <si>
+    <t>06-00087.000</t>
+  </si>
+  <si>
     <t>06-00088.000</t>
   </si>
   <si>
     <t>BANK ST</t>
   </si>
   <si>
+    <t>06-00169.000</t>
+  </si>
+  <si>
+    <t>ARCHER TAYLOR J IV</t>
+  </si>
+  <si>
+    <t>222 DEPOT ST</t>
+  </si>
+  <si>
+    <t>06-00183.000</t>
+  </si>
+  <si>
+    <t>PATTERSON JEFF &amp; ANGIE SURV</t>
+  </si>
+  <si>
+    <t>200 SPRING ST</t>
+  </si>
+  <si>
     <t>06-00185.000</t>
   </si>
   <si>
     <t>PRESERVATION TECHNOLOGY LLC</t>
   </si>
   <si>
     <t>MAIN ST REAR</t>
   </si>
   <si>
     <t>06-00214.000</t>
   </si>
   <si>
     <t>JABER JACOB &amp; MATTHEW</t>
   </si>
   <si>
     <t>122 MORRISTOWN ST</t>
   </si>
   <si>
     <t>06-00224.000</t>
   </si>
   <si>
     <t>351 E HIGH ST</t>
   </si>
   <si>
     <t>06-00227.000</t>
   </si>
   <si>
     <t>HARRIS WILLIAM HARMON</t>
   </si>
   <si>
     <t>COAL ST</t>
   </si>
   <si>
     <t>06-00239.000</t>
   </si>
   <si>
     <t>SMITH SHANE</t>
   </si>
   <si>
     <t>06-00240.000</t>
   </si>
   <si>
     <t>120 BANK ST</t>
   </si>
   <si>
+    <t>06-00248.000</t>
+  </si>
+  <si>
+    <t>LEISHMAN JANIE</t>
+  </si>
+  <si>
+    <t>112 BANK ST</t>
+  </si>
+  <si>
     <t>06-00279.000</t>
   </si>
   <si>
     <t>DEVAULT JEAN THOMPSON</t>
   </si>
   <si>
     <t>220 DEPOT ST</t>
   </si>
   <si>
+    <t>06-00280.000</t>
+  </si>
+  <si>
+    <t>DUTTON AMANDA L</t>
+  </si>
+  <si>
+    <t>MORRISTOWN ST</t>
+  </si>
+  <si>
+    <t>06-00281.000</t>
+  </si>
+  <si>
+    <t>209 MORRISTOWN RD</t>
+  </si>
+  <si>
     <t>06-00292.002</t>
   </si>
   <si>
     <t>KOSKY BENJAMIN</t>
   </si>
   <si>
     <t>HIGH ST</t>
   </si>
   <si>
     <t>06-00303.000</t>
   </si>
   <si>
     <t>BARTOLO RONALD A ETAL SURV</t>
   </si>
   <si>
+    <t>06-00328.000</t>
+  </si>
+  <si>
+    <t>STEWART JOHN E</t>
+  </si>
+  <si>
+    <t>306 E HIGH ST</t>
+  </si>
+  <si>
     <t>06-00334.000</t>
   </si>
   <si>
     <t>MICHELLI DELORES J ETAL 3</t>
   </si>
   <si>
     <t>117 FLUSHING HOLLOWAY RD</t>
   </si>
   <si>
+    <t>06-00351.000</t>
+  </si>
+  <si>
+    <t>MADZIA JANICE MARIE</t>
+  </si>
+  <si>
+    <t>337 SR 331 &amp; SR 149</t>
+  </si>
+  <si>
+    <t>06-00353.000</t>
+  </si>
+  <si>
+    <t>JE PRESTIGE INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t>101 MARKET ST</t>
+  </si>
+  <si>
     <t>06-00369.000</t>
   </si>
   <si>
     <t>REDDEN STORMY &amp; DONALD C RUNKINS</t>
   </si>
   <si>
     <t>107 BOBER LANE</t>
   </si>
   <si>
+    <t>06-00382.000</t>
+  </si>
+  <si>
+    <t>VANCUREN PATRICK &amp; CANDIE SURV</t>
+  </si>
+  <si>
+    <t>120 WOOD ST</t>
+  </si>
+  <si>
     <t>06-00444.000</t>
   </si>
   <si>
     <t>FULTON TAMARA ETAL 2</t>
   </si>
   <si>
     <t>105 DEPOT ST</t>
   </si>
   <si>
     <t>06-00449.000</t>
   </si>
   <si>
     <t>MICHELLI DELORES J ETAL 2</t>
   </si>
   <si>
     <t>115 FLUSHING HOLLOWAY RD</t>
   </si>
   <si>
     <t>06-00470.000</t>
   </si>
   <si>
     <t>DELANEY JOHN</t>
   </si>
   <si>
     <t>228 PEARL ST</t>
   </si>
   <si>
+    <t>06-00475.000</t>
+  </si>
+  <si>
+    <t>WALL MARY ELLEN &amp; C EDWARD</t>
+  </si>
+  <si>
+    <t>MILL ST</t>
+  </si>
+  <si>
+    <t>06-00475.001</t>
+  </si>
+  <si>
     <t>06-00478.000</t>
   </si>
   <si>
     <t>SHELTER NORMAN E</t>
   </si>
   <si>
     <t>DEPOT ST</t>
   </si>
   <si>
     <t>06-00487.000</t>
   </si>
   <si>
     <t>HAMILTON RONALD KOLE</t>
   </si>
   <si>
     <t>MORRISTOWN RD</t>
   </si>
   <si>
+    <t>06-00505.000</t>
+  </si>
+  <si>
+    <t>BLECHER HOWARD L &amp; KELLY J SURV</t>
+  </si>
+  <si>
+    <t>133 WOOD ST</t>
+  </si>
+  <si>
+    <t>06-00515.000</t>
+  </si>
+  <si>
+    <t>COE DAVID LEE II</t>
+  </si>
+  <si>
+    <t>217 PEARL ST</t>
+  </si>
+  <si>
+    <t>06-00523.000</t>
+  </si>
+  <si>
+    <t>149 NORTHWEST ST</t>
+  </si>
+  <si>
+    <t>06-00546.000</t>
+  </si>
+  <si>
+    <t>GREENWOOD MELODY</t>
+  </si>
+  <si>
+    <t>312 HIGH ST</t>
+  </si>
+  <si>
+    <t>06-00555.000</t>
+  </si>
+  <si>
+    <t>MATTOX JOHN R &amp; SUZANNE L EVANS</t>
+  </si>
+  <si>
+    <t>121 HIGH ST</t>
+  </si>
+  <si>
+    <t>06-00582.000</t>
+  </si>
+  <si>
+    <t>UNDERGROUND RAILROAD MUSEUM</t>
+  </si>
+  <si>
+    <t>MAIN ST</t>
+  </si>
+  <si>
     <t>06-00634.000</t>
   </si>
   <si>
     <t>MORRISTOWN FLUSHING RD</t>
   </si>
   <si>
     <t>06-00634.001</t>
   </si>
   <si>
     <t>06-00637.000</t>
   </si>
   <si>
     <t>GOSSETT SHERI LYNN</t>
   </si>
   <si>
+    <t>06-00639.000</t>
+  </si>
+  <si>
+    <t>POGACICH JOHN &amp; NANCY SURV</t>
+  </si>
+  <si>
     <t>06-00646.000</t>
   </si>
   <si>
     <t>YOHO MELINDA D</t>
   </si>
   <si>
     <t>150 MARKETAN RD</t>
   </si>
   <si>
+    <t>06-00657.000</t>
+  </si>
+  <si>
+    <t>SAFFELL JEREMY RYAN ETAL SURV</t>
+  </si>
+  <si>
+    <t>72202 FLUSHING HOLLOWAY R</t>
+  </si>
+  <si>
     <t>06-00664.006</t>
   </si>
   <si>
     <t>CHARLWOOD CHRIS</t>
   </si>
   <si>
     <t>STRATTON RD</t>
   </si>
   <si>
     <t>06-00685.000</t>
   </si>
   <si>
     <t>BLACK GOLD GROUP LTD</t>
   </si>
   <si>
     <t>06-00723.000</t>
   </si>
   <si>
     <t>COCHRAN MARTHA J</t>
   </si>
   <si>
     <t>06-00732.000</t>
   </si>
   <si>
     <t>WEIMER DAVID W &amp; ANDREE N SURV</t>
@@ -631,87 +1114,144 @@
   <si>
     <t>SHANNON DOLORES JEAN</t>
   </si>
   <si>
     <t>115 T SHANNON HILL</t>
   </si>
   <si>
     <t>0604263</t>
   </si>
   <si>
     <t>PALMER CHRISTINA</t>
   </si>
   <si>
     <t>102 MILL RD</t>
   </si>
   <si>
     <t>0604923</t>
   </si>
   <si>
     <t>VANFOSSEN DONALD P</t>
   </si>
   <si>
     <t>216 DEPOT ST</t>
   </si>
   <si>
+    <t>0605485</t>
+  </si>
+  <si>
+    <t>SPROULL DANIEL L</t>
+  </si>
+  <si>
+    <t>201 MAIN ST</t>
+  </si>
+  <si>
     <t>0605963</t>
   </si>
   <si>
     <t>PUBAL JASON</t>
   </si>
   <si>
     <t>136 WOOD ST</t>
   </si>
   <si>
+    <t>0606014</t>
+  </si>
+  <si>
+    <t>POGACICH NANCY L</t>
+  </si>
+  <si>
     <t>06-60009.000</t>
   </si>
   <si>
     <t>308 HIGH ST</t>
   </si>
   <si>
     <t>06-60015.000</t>
   </si>
   <si>
     <t>FLUSHING GOSPEL MISSION OF CHRISTIAN &amp; MISSIONARY ALLIANCE</t>
   </si>
   <si>
     <t>07-00019.000</t>
   </si>
   <si>
     <t>KOVACS AUDREY D</t>
   </si>
   <si>
     <t>503 ASHTON ST</t>
   </si>
   <si>
+    <t>07-00044.000</t>
+  </si>
+  <si>
+    <t>WALNOHA GEORGE M</t>
+  </si>
+  <si>
+    <t>WEST ST</t>
+  </si>
+  <si>
+    <t>07-00053.000</t>
+  </si>
+  <si>
+    <t>DAYTON CHARLENE</t>
+  </si>
+  <si>
+    <t>125 MAIN ST</t>
+  </si>
+  <si>
+    <t>07-00055.000</t>
+  </si>
+  <si>
+    <t>POWERS JUANITA K</t>
+  </si>
+  <si>
+    <t>KIRK ST</t>
+  </si>
+  <si>
+    <t>07-00056.000</t>
+  </si>
+  <si>
     <t>07-00072.000</t>
   </si>
   <si>
     <t>NICE KRISTIN</t>
   </si>
   <si>
-    <t>MAIN ST</t>
+    <t>07-00077.000</t>
+  </si>
+  <si>
+    <t>HUSVAR KEVIN J &amp; MICHELLE SURV</t>
+  </si>
+  <si>
+    <t>HILLTOP RD</t>
+  </si>
+  <si>
+    <t>07-00078.000</t>
+  </si>
+  <si>
+    <t>33470 HILLTOP RD</t>
   </si>
   <si>
     <t>0700099</t>
   </si>
   <si>
     <t>BARKER VERNON M &amp; JOCELYN</t>
   </si>
   <si>
     <t>320 ASHTON ST</t>
   </si>
   <si>
     <t>07-00113.001</t>
   </si>
   <si>
     <t>NEILSON KYLE ALAN</t>
   </si>
   <si>
     <t>141 W MAIN ST</t>
   </si>
   <si>
     <t>07-00118.000</t>
   </si>
   <si>
     <t>BOTA JOHN D</t>
   </si>
@@ -757,360 +1297,543 @@
   <si>
     <t>07-00150.000</t>
   </si>
   <si>
     <t>122 KIRK ST</t>
   </si>
   <si>
     <t>07-00151.000</t>
   </si>
   <si>
     <t>DIVINCENZO FLORIANO</t>
   </si>
   <si>
     <t>JEWELL AVE</t>
   </si>
   <si>
     <t>07-00158.000</t>
   </si>
   <si>
     <t>BALABIN CORY &amp; SHERRI</t>
   </si>
   <si>
     <t>07-00159.000</t>
   </si>
   <si>
+    <t>07-00160.000</t>
+  </si>
+  <si>
+    <t>BALABIN CORY &amp; SHERRI SURV</t>
+  </si>
+  <si>
+    <t>07-00161.000</t>
+  </si>
+  <si>
+    <t>07-00162.000</t>
+  </si>
+  <si>
+    <t>07-00163.000</t>
+  </si>
+  <si>
+    <t>308 JEWELL AVE</t>
+  </si>
+  <si>
+    <t>07-00164.000</t>
+  </si>
+  <si>
+    <t>07-00165.000</t>
+  </si>
+  <si>
+    <t>07-00166.000</t>
+  </si>
+  <si>
+    <t>07-00167.000</t>
+  </si>
+  <si>
+    <t>JEWELL AVE E</t>
+  </si>
+  <si>
+    <t>07-00168.000</t>
+  </si>
+  <si>
+    <t>07-00169.000</t>
+  </si>
+  <si>
     <t>07-00170.000</t>
   </si>
   <si>
     <t>07-00171.000</t>
   </si>
   <si>
     <t>07-00172.000</t>
   </si>
   <si>
+    <t>07-00173.000</t>
+  </si>
+  <si>
+    <t>07-00174.000</t>
+  </si>
+  <si>
+    <t>07-00175.000</t>
+  </si>
+  <si>
+    <t>07-00176.000</t>
+  </si>
+  <si>
     <t>07-00178.000</t>
   </si>
   <si>
     <t>WALLS GEORGE R TRUSTEE ETAL 7 SURV</t>
   </si>
   <si>
     <t>ASHTON ST</t>
   </si>
   <si>
     <t>07-00179.000</t>
   </si>
   <si>
     <t>520 ASHTON ST</t>
   </si>
   <si>
     <t>07-00180.000</t>
   </si>
   <si>
+    <t>07-00183.000</t>
+  </si>
+  <si>
+    <t>BOOTH WAYNE</t>
+  </si>
+  <si>
+    <t>117 E MAIN ST</t>
+  </si>
+  <si>
     <t>07-00187.000</t>
   </si>
   <si>
     <t>07-00188.000</t>
   </si>
   <si>
     <t>07-00205.000</t>
   </si>
   <si>
     <t>KEMP H E</t>
   </si>
   <si>
     <t>PRATT ST</t>
   </si>
   <si>
     <t>07-00206.000</t>
   </si>
   <si>
     <t>07-00207.000</t>
   </si>
   <si>
-    <t>WEST ST</t>
-[...1 lines deleted...]
-  <si>
     <t>07-00208.000</t>
   </si>
   <si>
     <t>07-00209.000</t>
   </si>
   <si>
     <t>BRUNNER BRETT &amp; MICHELLE SURV</t>
   </si>
   <si>
     <t>105 MAIN ST</t>
   </si>
   <si>
+    <t>07-00210.000</t>
+  </si>
+  <si>
     <t>07-00223.000</t>
   </si>
   <si>
     <t>GABEL JOANNE A &amp; JESSIE SUZANNE CLAWSON TRUSTEES</t>
   </si>
   <si>
     <t>REDDINGTON HILL RD</t>
   </si>
   <si>
+    <t>07-00236.000</t>
+  </si>
+  <si>
+    <t>SHIPLEY GREG</t>
+  </si>
+  <si>
+    <t>300 CLARK ST</t>
+  </si>
+  <si>
     <t>07-00240.000</t>
   </si>
   <si>
     <t>SHIPLEY GARY III &amp; ROSE SURV</t>
   </si>
   <si>
     <t>07-00242.000</t>
   </si>
   <si>
+    <t>07-00263.000</t>
+  </si>
+  <si>
+    <t>MCCLINTOCK MITCHELL R SR &amp; TIMOTHY J HENDERSHOT</t>
+  </si>
+  <si>
+    <t>07-00264.000</t>
+  </si>
+  <si>
     <t>07-00272.000</t>
   </si>
   <si>
     <t>MICKEY DENNIS JR &amp; ADRIANA SURV</t>
   </si>
   <si>
     <t>507 ASHTON ST</t>
   </si>
   <si>
+    <t>07-00273.000</t>
+  </si>
+  <si>
+    <t>HARRIS ANGEL MARIE</t>
+  </si>
+  <si>
+    <t>07-00279.000</t>
+  </si>
+  <si>
+    <t>PFOUTS PATRICK J &amp; LINDA J</t>
+  </si>
+  <si>
+    <t>07-00282.000</t>
+  </si>
+  <si>
+    <t>HUMPHREY STEPHEN A &amp; CLIFFORDBROWN JR</t>
+  </si>
+  <si>
+    <t>312 E MAIN ST</t>
+  </si>
+  <si>
     <t>07-00301.000</t>
   </si>
   <si>
     <t>PANKO RUSS</t>
   </si>
   <si>
     <t>07-00302.000</t>
   </si>
   <si>
     <t>07-00303.000</t>
   </si>
   <si>
     <t>510 JEWELL AVE</t>
   </si>
   <si>
     <t>07-00304.000</t>
   </si>
   <si>
     <t>07-00317.000</t>
   </si>
   <si>
     <t>WITHROW JAIME L</t>
   </si>
   <si>
-    <t>07-00322.000</t>
-[...2 lines deleted...]
-    <t>MOORE JONI L</t>
+    <t>07-00318.000</t>
+  </si>
+  <si>
+    <t>409 ASHTON ST</t>
   </si>
   <si>
     <t>07-00351.000</t>
   </si>
   <si>
     <t>MCCLEARY WILLIAM H &amp; JUDITH SURV</t>
   </si>
   <si>
     <t>07-00357.000</t>
   </si>
   <si>
     <t>GAITO BRITTANY M</t>
   </si>
   <si>
     <t>07-00376.000</t>
   </si>
   <si>
     <t>07-00383.000</t>
   </si>
   <si>
     <t>MERCER PAUL C &amp; ALICE L</t>
   </si>
   <si>
     <t>108 REDDINGTON RD</t>
   </si>
   <si>
     <t>07-00396.000</t>
   </si>
   <si>
     <t>MCCLAIN WILLIAM G</t>
   </si>
   <si>
     <t>N OF MAIN ST</t>
   </si>
   <si>
+    <t>07-00411.000</t>
+  </si>
+  <si>
+    <t>PAUL DAVID</t>
+  </si>
+  <si>
+    <t>07-00412.000</t>
+  </si>
+  <si>
+    <t>07-00413.000</t>
+  </si>
+  <si>
+    <t>103 E MAIN ST</t>
+  </si>
+  <si>
+    <t>07-00418.000</t>
+  </si>
+  <si>
+    <t>GIBSON CYNTHIA A</t>
+  </si>
+  <si>
+    <t>120 BELMONT ST</t>
+  </si>
+  <si>
     <t>07-00431.000</t>
   </si>
   <si>
     <t>PANKO RUSS P &amp; MARY K STANKOVICH SURV</t>
   </si>
   <si>
     <t>07-00432.000</t>
   </si>
   <si>
     <t>07-00470.000</t>
   </si>
   <si>
     <t>PETERS HEATHER RENEE</t>
   </si>
   <si>
     <t>07-00488.000</t>
   </si>
   <si>
     <t>WHEELER BETTY</t>
   </si>
   <si>
     <t>07-00496.000</t>
   </si>
   <si>
     <t>900 MAIN ST</t>
   </si>
   <si>
     <t>07-00519.000</t>
   </si>
   <si>
     <t>07-00520.000</t>
   </si>
   <si>
     <t>07-00521.000</t>
   </si>
   <si>
     <t>07-00525.000</t>
   </si>
   <si>
     <t>PANKO RUSSELL PAUL III</t>
   </si>
   <si>
     <t>303 CLARK ST</t>
   </si>
   <si>
+    <t>07-00527.000</t>
+  </si>
+  <si>
+    <t>BAKER KELLY I.M.</t>
+  </si>
+  <si>
+    <t>113 MAIN ST</t>
+  </si>
+  <si>
     <t>07-00528.000</t>
   </si>
   <si>
     <t>LONGORIA JOANN</t>
   </si>
   <si>
     <t>106 REDDINGTON HILL</t>
   </si>
   <si>
+    <t>07-00533.000</t>
+  </si>
+  <si>
+    <t>STIDD HARRY B</t>
+  </si>
+  <si>
     <t>07-00534.000</t>
   </si>
   <si>
-    <t>STIDD HARRY B</t>
-[...1 lines deleted...]
-  <si>
     <t>300 MAIN ST</t>
   </si>
   <si>
     <t>07-00535.000</t>
   </si>
   <si>
     <t>JEWELL ST</t>
   </si>
   <si>
     <t>07-00565.000</t>
   </si>
   <si>
     <t>07-00572.000</t>
   </si>
   <si>
     <t>STREETER ROY</t>
   </si>
   <si>
+    <t>07-00576.000</t>
+  </si>
+  <si>
+    <t>TALAMONTI JOSEPH M &amp; CASSIDY N SURV</t>
+  </si>
+  <si>
+    <t>108 CENTER ST</t>
+  </si>
+  <si>
+    <t>07-00577.000</t>
+  </si>
+  <si>
+    <t>07-00597.000</t>
+  </si>
+  <si>
     <t>07-00622.000</t>
   </si>
   <si>
     <t>07-00623.000</t>
   </si>
   <si>
     <t>07-00624.000</t>
   </si>
   <si>
     <t>07-00625.000</t>
   </si>
   <si>
     <t>114 CENTER AVE</t>
   </si>
   <si>
     <t>07-00626.000</t>
   </si>
   <si>
     <t>07-00627.000</t>
   </si>
   <si>
     <t>07-00633.000</t>
   </si>
   <si>
     <t>KERNIK JOLYNN ETAL 1</t>
   </si>
   <si>
+    <t>07-00646.000</t>
+  </si>
+  <si>
+    <t>SMITH KASEY JORDAN &amp; KIMBERLY DAWN SURV</t>
+  </si>
+  <si>
+    <t>07-00647.000</t>
+  </si>
+  <si>
+    <t>SKIDMORE KELLEY K</t>
+  </si>
+  <si>
     <t>07-00648.000</t>
   </si>
   <si>
     <t>07-00649.000</t>
   </si>
   <si>
     <t>07-00652.000</t>
   </si>
   <si>
     <t>VAVRA MICHAEL F</t>
   </si>
   <si>
     <t>07-00668.000</t>
   </si>
   <si>
     <t>MILLER RICHARD</t>
   </si>
   <si>
     <t>309 MAIN ST</t>
   </si>
   <si>
     <t>07-00669.000</t>
   </si>
   <si>
     <t>07-00673.000</t>
   </si>
   <si>
     <t>WILLIAMS LAURA</t>
   </si>
   <si>
     <t>07-00681.000</t>
   </si>
   <si>
     <t>SOCKMAN HELEN J ETAL(2)</t>
   </si>
   <si>
     <t>726 E MAIN ST</t>
   </si>
   <si>
+    <t>07-00688.000</t>
+  </si>
+  <si>
+    <t>119 MAIN ST</t>
+  </si>
+  <si>
+    <t>07-00693.000</t>
+  </si>
+  <si>
+    <t>HUMPHREY STEPHEN A &amp; PATRICK J PFOUTS ETAL</t>
+  </si>
+  <si>
+    <t>07-00695.000</t>
+  </si>
+  <si>
     <t>07-00710.000</t>
   </si>
   <si>
     <t>STERMS LARRY</t>
   </si>
   <si>
     <t>MAIN ST SR 331</t>
   </si>
   <si>
     <t>07-00714.000</t>
   </si>
   <si>
     <t>07-00715.000</t>
+  </si>
+  <si>
+    <t>0700780</t>
+  </si>
+  <si>
+    <t>SHIPLEY ALICIA</t>
   </si>
   <si>
     <t>0704890</t>
   </si>
   <si>
     <t>WIGAND TINA</t>
   </si>
   <si>
     <t>137 W MAIN ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1129,3380 +1852,5560 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F165" headerRowCount="1">
-  <autoFilter ref="A1:F165"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F274" headerRowCount="1">
+  <autoFilter ref="A1:F274"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24655&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=83672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66863&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80269&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57655&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24655&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=71277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=60240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=83672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23104&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8486&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48155&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19809&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65619&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74620&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=82276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=84417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15994&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66863&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30994&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54371&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31000&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8366&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35684&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21176&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80269&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F165"/>
+  <dimension ref="A1:F274"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="61.80219268798828" customWidth="1"/>
     <col min="3" max="3" width="18.167438507080078" customWidth="1"/>
     <col min="4" max="4" width="32.61005401611328" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>38.82</v>
+        <v>48.17</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>88.15</v>
+        <v>833.61</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E4" s="2">
-        <v>1737.32</v>
+        <v>138.44</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="2">
-        <v>784.77</v>
+        <v>2625.01</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" s="2">
-        <v>130.31</v>
+        <v>52.43</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" s="2">
-        <v>455.59</v>
+        <v>22.92</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8" s="2">
-        <v>0.31</v>
+        <v>15.13</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E9" s="2">
-        <v>0.73</v>
+        <v>859.29</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E10" s="2">
-        <v>0.78</v>
+        <v>3.67</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="E11" s="2">
-        <v>0.78</v>
+        <v>1484.27</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="E12" s="2">
-        <v>0.78</v>
+        <v>236.54</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>0.78</v>
+        <v>2840.33</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>0.78</v>
+        <v>0.02</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="E15" s="2">
-        <v>0.78</v>
+        <v>0.02</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="E16" s="2">
-        <v>111.56</v>
+        <v>0.02</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="E17" s="2">
-        <v>97.33</v>
+        <v>74.75</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E18" s="2">
-        <v>2.87</v>
+        <v>322.42</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E19" s="2">
-        <v>671.69</v>
+        <v>1799.95</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="E20" s="2">
-        <v>753.61</v>
+        <v>0.31</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E21" s="2">
-        <v>1524</v>
+        <v>0.73</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E22" s="2">
-        <v>64.1</v>
+        <v>0.78</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E23" s="2">
-        <v>5773.93</v>
+        <v>0.78</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" s="2">
-        <v>152.3</v>
+        <v>0.78</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="E25" s="2">
-        <v>1591.76</v>
+        <v>0.78</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="E26" s="2">
-        <v>131.55</v>
+        <v>0.78</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="E27" s="2">
-        <v>131.55</v>
+        <v>0.78</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B28" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>195.58</v>
+        <v>227.21</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="E29" s="2">
-        <v>6.7</v>
+        <v>99.86</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="E30" s="2">
-        <v>6.35</v>
+        <v>113.57</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="E31" s="2">
-        <v>4.41</v>
+        <v>12.87</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" s="2">
-        <v>131.55</v>
+        <v>18.21</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E33" s="2">
-        <v>143.74</v>
+        <v>37.72</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E34" s="2">
-        <v>822.32</v>
+        <v>815.2</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="E35" s="2">
-        <v>543.82</v>
+        <v>860.77</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E36" s="2">
-        <v>100.27</v>
+        <v>1622.74</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>46</v>
+        <v>93</v>
       </c>
       <c r="E37" s="2">
-        <v>749.88</v>
+        <v>43.89</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="E38" s="2">
-        <v>126.62</v>
+        <v>190.52</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="E39" s="2">
-        <v>2478.53</v>
+        <v>6174.59</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="E40" s="2">
-        <v>62.01</v>
+        <v>266.09</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>81</v>
+        <v>104</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="E41" s="2">
-        <v>59.09</v>
+        <v>673.88</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="E42" s="2">
-        <v>2726.36</v>
+        <v>59.78</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
       <c r="E43" s="2">
-        <v>153.2</v>
+        <v>1667.73</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="E44" s="2">
-        <v>15.78</v>
+        <v>888.07</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="E45" s="2">
-        <v>2.18</v>
+        <v>138.42</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="E46" s="2">
-        <v>59.27</v>
+        <v>138.42</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="E47" s="2">
-        <v>30.83</v>
+        <v>202.45</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>114</v>
+        <v>76</v>
       </c>
       <c r="E48" s="2">
-        <v>18.94</v>
+        <v>49.4</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
       <c r="E49" s="2">
-        <v>244.09</v>
+        <v>46.78</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="E50" s="2">
-        <v>470.41</v>
+        <v>63.81</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E51" s="2">
-        <v>67.4</v>
+        <v>167.06</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E52" s="2">
-        <v>134.69</v>
+        <v>38.73</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E53" s="2">
-        <v>2420.15</v>
+        <v>365.17</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>126</v>
+        <v>88</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="E54" s="2">
-        <v>71.84</v>
+        <v>138.42</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E55" s="2">
-        <v>595.96</v>
+        <v>135.52</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E56" s="2">
-        <v>541.28</v>
+        <v>420.51</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>45</v>
+        <v>139</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E57" s="2">
-        <v>6141.08</v>
+        <v>1406.27</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>139</v>
+        <v>88</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>140</v>
+        <v>79</v>
       </c>
       <c r="E58" s="2">
-        <v>288.1</v>
+        <v>578.58</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>129</v>
+        <v>143</v>
       </c>
       <c r="E59" s="2">
-        <v>163.62</v>
+        <v>15.06</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E60" s="2">
-        <v>348.23</v>
+        <v>313.51</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>147</v>
       </c>
       <c r="E61" s="2">
-        <v>880.83</v>
+        <v>3</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>150</v>
       </c>
       <c r="E62" s="2">
-        <v>2.47</v>
+        <v>13.04</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B63" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E63" s="2">
-        <v>6753.51</v>
+        <v>975.26</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>155</v>
+        <v>86</v>
       </c>
       <c r="E64" s="2">
-        <v>286.02</v>
+        <v>908.73</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="2">
-        <v>792</v>
+        <v>412.3</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E66" s="2">
-        <v>6687.36</v>
+        <v>5394.91</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B67" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>36.63</v>
+        <v>149.48</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B68" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E68" s="2">
-        <v>257.37</v>
+        <v>614.2</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>169</v>
+        <v>139</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E69" s="2">
-        <v>2170.52</v>
+        <v>210.36</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>172</v>
+        <v>139</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="E70" s="2">
-        <v>207.08</v>
+        <v>3.88</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>172</v>
+        <v>139</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="E71" s="2">
-        <v>255.3</v>
+        <v>218.52</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E72" s="2">
-        <v>225.12</v>
+        <v>4391.63</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" s="2">
-        <v>17.67</v>
+        <v>1772.55</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="2">
-        <v>94.98</v>
+        <v>526.44</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>184</v>
+        <v>58</v>
       </c>
       <c r="E75" s="2">
-        <v>3873.87</v>
+        <v>157.99</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="E76" s="2">
-        <v>5.6</v>
+        <v>9.96</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="E77" s="2">
-        <v>0.93</v>
+        <v>20.79</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>25</v>
+        <v>147</v>
       </c>
       <c r="E78" s="2">
-        <v>0.93</v>
+        <v>26.05</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>25</v>
+        <v>189</v>
       </c>
       <c r="E79" s="2">
-        <v>0.93</v>
+        <v>64.57</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="E80" s="2">
-        <v>0.93</v>
+        <v>2.74</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="B81" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="E81" s="2">
-        <v>0.93</v>
+        <v>6.63</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="E82" s="2">
-        <v>0.93</v>
+        <v>23.84</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>198</v>
       </c>
       <c r="E83" s="2">
-        <v>207.17</v>
+        <v>2.16</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>201</v>
+        <v>150</v>
       </c>
       <c r="E84" s="2">
-        <v>148.13</v>
+        <v>44.59</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="B85" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>93.14</v>
+        <v>3.33</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="B86" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>78.18</v>
+        <v>75.16</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="B87" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E87" s="2">
-        <v>9.39</v>
+        <v>179.97</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="B88" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>9058.15</v>
+        <v>86.18</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C89" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" s="2">
-        <v>54.53</v>
+        <v>20.2</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B90" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C90" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" s="2">
-        <v>2693.92</v>
+        <v>53.01</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C91" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E91" s="2">
-        <v>185.47</v>
+        <v>246.46</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="B92" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>223</v>
+        <v>111</v>
       </c>
       <c r="E92" s="2">
-        <v>2153.2</v>
+        <v>472.78</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>681.68</v>
+        <v>198.21</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="B94" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E94" s="2">
-        <v>32.05</v>
+        <v>780.26</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="B95" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E95" s="2">
-        <v>32.05</v>
+        <v>135.07</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B96" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>246.94</v>
+        <v>269.94</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="B97" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E97" s="2">
-        <v>50.35</v>
+        <v>2604.73</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="B98" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E98" s="2">
-        <v>693.31</v>
+        <v>107.73</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="E99" s="2">
-        <v>38.89</v>
+        <v>91.32</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="E100" s="2">
-        <v>43.93</v>
+        <v>331.62</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="E101" s="2">
-        <v>22.38</v>
+        <v>221.36</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E102" s="2">
-        <v>716.82</v>
+        <v>755.06</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="E103" s="2">
-        <v>172.08</v>
+        <v>776.25</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>248</v>
+        <v>85</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="E104" s="2">
-        <v>20.54</v>
+        <v>6647.08</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="E105" s="2">
-        <v>17.54</v>
+        <v>319.7</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="E106" s="2">
-        <v>16.52</v>
+        <v>459.05</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="E107" s="2">
-        <v>12.62</v>
+        <v>1413.36</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="E108" s="2">
-        <v>12.62</v>
+        <v>77.68</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="E109" s="2">
-        <v>149.5</v>
+        <v>1040.79</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="E110" s="2">
-        <v>6625.94</v>
+        <v>234.21</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>255</v>
+        <v>270</v>
       </c>
       <c r="E111" s="2">
-        <v>119.15</v>
+        <v>806</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>228</v>
+        <v>272</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>229</v>
+        <v>273</v>
       </c>
       <c r="E112" s="2">
-        <v>39.58</v>
+        <v>3.49</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>260</v>
+        <v>274</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>228</v>
+        <v>275</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>229</v>
+        <v>255</v>
       </c>
       <c r="E113" s="2">
-        <v>39.58</v>
+        <v>7294.27</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
       <c r="E114" s="2">
-        <v>1105.26</v>
+        <v>924.57</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>264</v>
+        <v>279</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>25</v>
+        <v>281</v>
       </c>
       <c r="E115" s="2">
-        <v>2075.02</v>
+        <v>781.09</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>262</v>
+        <v>283</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="E116" s="2">
-        <v>1732.77</v>
+        <v>242.09</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>262</v>
+        <v>286</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>266</v>
+        <v>287</v>
       </c>
       <c r="E117" s="2">
-        <v>625.12</v>
+        <v>1285.81</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>268</v>
+        <v>288</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>269</v>
+        <v>289</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>270</v>
+        <v>290</v>
       </c>
       <c r="E118" s="2">
-        <v>138.45</v>
+        <v>1744.01</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>271</v>
+        <v>291</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>272</v>
+        <v>292</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>273</v>
+        <v>293</v>
       </c>
       <c r="E119" s="2">
-        <v>219.98</v>
+        <v>930.95</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>275</v>
+        <v>295</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>220</v>
+        <v>296</v>
       </c>
       <c r="E120" s="2">
-        <v>59.15</v>
+        <v>7004.27</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>276</v>
+        <v>297</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>275</v>
+        <v>298</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>25</v>
+        <v>299</v>
       </c>
       <c r="E121" s="2">
-        <v>144.01</v>
+        <v>68.23</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>277</v>
+        <v>300</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>278</v>
+        <v>301</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>279</v>
+        <v>302</v>
       </c>
       <c r="E122" s="2">
-        <v>916.24</v>
+        <v>963.74</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>280</v>
+        <v>303</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>281</v>
+        <v>304</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>246</v>
+        <v>305</v>
       </c>
       <c r="E123" s="2">
-        <v>38.79</v>
+        <v>0.59</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>282</v>
+        <v>306</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>281</v>
+        <v>304</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>246</v>
+        <v>305</v>
       </c>
       <c r="E124" s="2">
-        <v>38.79</v>
+        <v>0.14</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>283</v>
+        <v>307</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>281</v>
+        <v>308</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>284</v>
+        <v>309</v>
       </c>
       <c r="E125" s="2">
-        <v>652.05</v>
+        <v>2250.32</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>285</v>
+        <v>310</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>281</v>
+        <v>311</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>246</v>
+        <v>312</v>
       </c>
       <c r="E126" s="2">
-        <v>38.22</v>
+        <v>262.96</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>286</v>
+        <v>313</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>287</v>
+        <v>314</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>255</v>
+        <v>315</v>
       </c>
       <c r="E127" s="2">
-        <v>301.68</v>
+        <v>576.29</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>288</v>
+        <v>316</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>289</v>
+        <v>317</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>220</v>
+        <v>318</v>
       </c>
       <c r="E128" s="2">
-        <v>613.1</v>
+        <v>397</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>290</v>
+        <v>319</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>266</v>
+        <v>320</v>
       </c>
       <c r="E129" s="2">
-        <v>31.47</v>
+        <v>1390.73</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>292</v>
+        <v>321</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>293</v>
+        <v>322</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>25</v>
+        <v>323</v>
       </c>
       <c r="E130" s="2">
-        <v>6.63</v>
+        <v>758.37</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>294</v>
+        <v>324</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>228</v>
+        <v>325</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>229</v>
+        <v>326</v>
       </c>
       <c r="E131" s="2">
-        <v>32.05</v>
+        <v>1227.08</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>295</v>
+        <v>327</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>296</v>
+        <v>328</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
       <c r="E132" s="2">
-        <v>2548.31</v>
+        <v>215.02</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>298</v>
+        <v>330</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>300</v>
+        <v>331</v>
       </c>
       <c r="E133" s="2">
-        <v>912.54</v>
+        <v>323.8</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>301</v>
+        <v>332</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>246</v>
+        <v>331</v>
       </c>
       <c r="E134" s="2">
-        <v>80.44</v>
+        <v>285.44</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>303</v>
+        <v>333</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>302</v>
+        <v>334</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>246</v>
+        <v>58</v>
       </c>
       <c r="E135" s="2">
-        <v>172.58</v>
+        <v>19.16</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>304</v>
+        <v>335</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>305</v>
+        <v>336</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>150</v>
+        <v>58</v>
       </c>
       <c r="E136" s="2">
-        <v>46.74</v>
+        <v>0.2</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>306</v>
+        <v>337</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>307</v>
+        <v>338</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>220</v>
+        <v>339</v>
       </c>
       <c r="E137" s="2">
-        <v>146.59</v>
+        <v>724.5</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>308</v>
+        <v>340</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>293</v>
+        <v>341</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>309</v>
+        <v>342</v>
       </c>
       <c r="E138" s="2">
-        <v>1893.77</v>
+        <v>2.55</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>310</v>
+        <v>343</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>291</v>
+        <v>344</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>266</v>
+        <v>345</v>
       </c>
       <c r="E139" s="2">
-        <v>31.47</v>
+        <v>4421.53</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>311</v>
+        <v>346</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>291</v>
+        <v>347</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>266</v>
+        <v>58</v>
       </c>
       <c r="E140" s="2">
-        <v>33.28</v>
+        <v>7.86</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>312</v>
+        <v>348</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>291</v>
+        <v>349</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>266</v>
+        <v>58</v>
       </c>
       <c r="E141" s="2">
-        <v>31.47</v>
+        <v>0.93</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>313</v>
+        <v>350</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>315</v>
+        <v>58</v>
       </c>
       <c r="E142" s="2">
-        <v>789.18</v>
+        <v>0.93</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>316</v>
+        <v>352</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>317</v>
+        <v>351</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>318</v>
+        <v>58</v>
       </c>
       <c r="E143" s="2">
-        <v>1860.89</v>
+        <v>0.93</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>319</v>
+        <v>353</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>321</v>
+        <v>58</v>
       </c>
       <c r="E144" s="2">
-        <v>5189.89</v>
+        <v>0.93</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>322</v>
+        <v>354</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>248</v>
+        <v>351</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>323</v>
+        <v>58</v>
       </c>
       <c r="E145" s="2">
-        <v>17.54</v>
+        <v>0.93</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>324</v>
+        <v>355</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>228</v>
+        <v>356</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>229</v>
+        <v>58</v>
       </c>
       <c r="E146" s="2">
-        <v>32.05</v>
+        <v>0.93</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>325</v>
+        <v>357</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>326</v>
+        <v>358</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>25</v>
+        <v>359</v>
       </c>
       <c r="E147" s="2">
-        <v>27.91</v>
+        <v>207.17</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>327</v>
+        <v>360</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>228</v>
+        <v>361</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>229</v>
+        <v>362</v>
       </c>
       <c r="E148" s="2">
-        <v>32.05</v>
+        <v>285.14</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>328</v>
+        <v>363</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>228</v>
+        <v>364</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>229</v>
+        <v>365</v>
       </c>
       <c r="E149" s="2">
-        <v>32.05</v>
+        <v>161.64</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>329</v>
+        <v>366</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>228</v>
+        <v>367</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>229</v>
+        <v>368</v>
       </c>
       <c r="E150" s="2">
-        <v>66.43</v>
+        <v>99.31</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>330</v>
+        <v>369</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>228</v>
+        <v>370</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>331</v>
+        <v>371</v>
       </c>
       <c r="E151" s="2">
-        <v>118.1</v>
+        <v>5.24</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>332</v>
+        <v>372</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>228</v>
+        <v>373</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>229</v>
+        <v>374</v>
       </c>
       <c r="E152" s="2">
-        <v>32.05</v>
+        <v>17.53</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>333</v>
+        <v>375</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>228</v>
+        <v>376</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>229</v>
+        <v>58</v>
       </c>
       <c r="E153" s="2">
-        <v>32.05</v>
+        <v>8.96</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>334</v>
+        <v>377</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>335</v>
+        <v>246</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>25</v>
+        <v>378</v>
       </c>
       <c r="E154" s="2">
-        <v>636.25</v>
+        <v>9649.87</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>336</v>
+        <v>379</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>219</v>
+        <v>380</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>220</v>
+        <v>273</v>
       </c>
       <c r="E155" s="2">
-        <v>174.88</v>
+        <v>57.06</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>337</v>
+        <v>381</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>219</v>
+        <v>382</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>220</v>
+        <v>383</v>
       </c>
       <c r="E156" s="2">
-        <v>1788.82</v>
+        <v>3293.27</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>338</v>
+        <v>384</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>339</v>
+        <v>385</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>220</v>
+        <v>386</v>
       </c>
       <c r="E157" s="2">
-        <v>828.4</v>
+        <v>27.66</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>340</v>
+        <v>387</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>341</v>
+        <v>388</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>342</v>
+        <v>389</v>
       </c>
       <c r="E158" s="2">
-        <v>303.23</v>
+        <v>95.23</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>343</v>
+        <v>390</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>341</v>
+        <v>391</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>220</v>
+        <v>392</v>
       </c>
       <c r="E159" s="2">
-        <v>30.35</v>
+        <v>11.3</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>344</v>
+        <v>393</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>345</v>
+        <v>391</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>300</v>
+        <v>392</v>
       </c>
       <c r="E160" s="2">
-        <v>775.24</v>
+        <v>679.77</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>346</v>
+        <v>394</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>347</v>
+        <v>395</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>348</v>
+        <v>329</v>
       </c>
       <c r="E161" s="2">
-        <v>9345.35</v>
+        <v>261.26</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>349</v>
+        <v>396</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>350</v>
+        <v>397</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>351</v>
+        <v>398</v>
       </c>
       <c r="E162" s="2">
-        <v>1290.2</v>
+        <v>20.49</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>352</v>
+        <v>399</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>281</v>
+        <v>397</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>25</v>
+        <v>400</v>
       </c>
       <c r="E163" s="2">
-        <v>27.91</v>
+        <v>73.15</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>353</v>
+        <v>401</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>281</v>
+        <v>402</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>25</v>
+        <v>403</v>
       </c>
       <c r="E164" s="2">
-        <v>27.91</v>
+        <v>2334.41</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>354</v>
+        <v>404</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>355</v>
+        <v>405</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>356</v>
+        <v>406</v>
       </c>
       <c r="E165" s="2">
+        <v>1118.06</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E166" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E167" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="E168" s="2">
+        <v>417.85</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="E169" s="2">
+        <v>105.74</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="E170" s="2">
+        <v>1518.69</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E171" s="2">
+        <v>94.28</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="E172" s="2">
+        <v>99.32</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="E173" s="2">
+        <v>47.47</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E174" s="2">
+        <v>1013.6</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E175" s="2">
+        <v>232.46</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E176" s="2">
+        <v>91.74</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E177" s="2">
+        <v>77.92</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E178" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E179" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E180" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="E181" s="2">
+        <v>268.96</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E182" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E183" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E184" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="E185" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E186" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E187" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E188" s="2">
+        <v>105.14</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E189" s="2">
+        <v>73</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E190" s="2">
+        <v>73</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E191" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E192" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E193" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E194" s="2">
+        <v>28.75</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="E195" s="2">
+        <v>199.24</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="E196" s="2">
+        <v>7072.11</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="E197" s="2">
+        <v>168.89</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="E198" s="2">
+        <v>573.19</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E199" s="2">
+        <v>67.24</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E200" s="2">
+        <v>67.24</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="E201" s="2">
+        <v>1270.58</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E202" s="2">
+        <v>2240.34</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E203" s="2">
+        <v>1898.09</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E204" s="2">
+        <v>680.51</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E205" s="2">
+        <v>754.73</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E206" s="2">
+        <v>11.3</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="E207" s="2">
+        <v>233.81</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="E208" s="2">
+        <v>2</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E209" s="2">
+        <v>120.08</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D210" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E210" s="2">
+        <v>205.99</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="E211" s="2">
+        <v>0.92</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D212" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E212" s="2">
+        <v>44.13</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="E213" s="2">
+        <v>1397.21</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="E214" s="2">
+        <v>85.46</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E215" s="2">
+        <v>661.84</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="E216" s="2">
+        <v>624.81</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E217" s="2">
+        <v>99.17</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E218" s="2">
+        <v>99.17</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="E219" s="2">
+        <v>1331.17</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E220" s="2">
+        <v>98.6</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="E221" s="2">
+        <v>351.42</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D222" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="E222" s="2">
+        <v>933.97</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E223" s="2">
+        <v>59.13</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D224" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E224" s="2">
+        <v>68.61</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E225" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="E226" s="2">
+        <v>3221.31</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D227" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="E227" s="2">
+        <v>949.93</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E228" s="2">
+        <v>2.65</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D229" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E229" s="2">
+        <v>2.65</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D230" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="E230" s="2">
+        <v>2.88</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D231" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="E231" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E232" s="2">
+        <v>140.82</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E233" s="2">
+        <v>280.62</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="E234" s="2">
+        <v>169.55</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E235" s="2">
+        <v>198.28</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="E236" s="2">
+        <v>2022.66</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D237" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E237" s="2">
+        <v>59.13</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E238" s="2">
+        <v>60.94</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E239" s="2">
+        <v>59.13</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="E240" s="2">
+        <v>1247.24</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="E241" s="2">
+        <v>182.28</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="E242" s="2">
+        <v>2297.08</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E243" s="2">
+        <v>0.22</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D244" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="E244" s="2">
+        <v>5419.96</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="E245" s="2">
+        <v>77.92</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D246" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E246" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E247" s="2">
+        <v>89.89</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D248" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="E248" s="2">
+        <v>334.2</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D249" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E249" s="2">
+        <v>31.16</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="E250" s="2">
+        <v>0.59</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="B251" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D251" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E251" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D252" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E252" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D253" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E253" s="2">
+        <v>94.09</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="B254" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D254" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="E254" s="2">
+        <v>181.12</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D255" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E255" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D256" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E256" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E257" s="2">
+        <v>681.33</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D258" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E258" s="2">
+        <v>124.35</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="B259" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D259" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E259" s="2">
+        <v>0.27</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="B260" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D260" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E260" s="2">
+        <v>248.52</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E261" s="2">
+        <v>2083.15</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E262" s="2">
+        <v>880.09</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="B263" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="E263" s="2">
+        <v>407.72</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="B264" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E264" s="2">
+        <v>82.04</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="E265" s="2">
+        <v>793.64</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="E266" s="2">
+        <v>9389.35</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="B267" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C267" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D267" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="E267" s="2">
+        <v>342.62</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B268" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C268" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D268" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E268" s="2">
+        <v>602.42</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C269" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D269" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E269" s="2">
+        <v>34.41</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="C270" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D270" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="E270" s="2">
+        <v>1369.09</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E271" s="2">
+        <v>58.1</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D272" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="E272" s="2">
+        <v>58.1</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="E273" s="2">
+        <v>0.87</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="E274" s="2">
         <v>688.85</v>
       </c>
-      <c r="F165" s="1" t="s">
+      <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -4628,32 +7531,141 @@
     <hyperlink ref="F141" r:id="rId141"/>
     <hyperlink ref="F142" r:id="rId142"/>
     <hyperlink ref="F143" r:id="rId143"/>
     <hyperlink ref="F144" r:id="rId144"/>
     <hyperlink ref="F145" r:id="rId145"/>
     <hyperlink ref="F146" r:id="rId146"/>
     <hyperlink ref="F147" r:id="rId147"/>
     <hyperlink ref="F148" r:id="rId148"/>
     <hyperlink ref="F149" r:id="rId149"/>
     <hyperlink ref="F150" r:id="rId150"/>
     <hyperlink ref="F151" r:id="rId151"/>
     <hyperlink ref="F152" r:id="rId152"/>
     <hyperlink ref="F153" r:id="rId153"/>
     <hyperlink ref="F154" r:id="rId154"/>
     <hyperlink ref="F155" r:id="rId155"/>
     <hyperlink ref="F156" r:id="rId156"/>
     <hyperlink ref="F157" r:id="rId157"/>
     <hyperlink ref="F158" r:id="rId158"/>
     <hyperlink ref="F159" r:id="rId159"/>
     <hyperlink ref="F160" r:id="rId160"/>
     <hyperlink ref="F161" r:id="rId161"/>
     <hyperlink ref="F162" r:id="rId162"/>
     <hyperlink ref="F163" r:id="rId163"/>
     <hyperlink ref="F164" r:id="rId164"/>
     <hyperlink ref="F165" r:id="rId165"/>
+    <hyperlink ref="F166" r:id="rId166"/>
+    <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
+    <hyperlink ref="F173" r:id="rId173"/>
+    <hyperlink ref="F174" r:id="rId174"/>
+    <hyperlink ref="F175" r:id="rId175"/>
+    <hyperlink ref="F176" r:id="rId176"/>
+    <hyperlink ref="F177" r:id="rId177"/>
+    <hyperlink ref="F178" r:id="rId178"/>
+    <hyperlink ref="F179" r:id="rId179"/>
+    <hyperlink ref="F180" r:id="rId180"/>
+    <hyperlink ref="F181" r:id="rId181"/>
+    <hyperlink ref="F182" r:id="rId182"/>
+    <hyperlink ref="F183" r:id="rId183"/>
+    <hyperlink ref="F184" r:id="rId184"/>
+    <hyperlink ref="F185" r:id="rId185"/>
+    <hyperlink ref="F186" r:id="rId186"/>
+    <hyperlink ref="F187" r:id="rId187"/>
+    <hyperlink ref="F188" r:id="rId188"/>
+    <hyperlink ref="F189" r:id="rId189"/>
+    <hyperlink ref="F190" r:id="rId190"/>
+    <hyperlink ref="F191" r:id="rId191"/>
+    <hyperlink ref="F192" r:id="rId192"/>
+    <hyperlink ref="F193" r:id="rId193"/>
+    <hyperlink ref="F194" r:id="rId194"/>
+    <hyperlink ref="F195" r:id="rId195"/>
+    <hyperlink ref="F196" r:id="rId196"/>
+    <hyperlink ref="F197" r:id="rId197"/>
+    <hyperlink ref="F198" r:id="rId198"/>
+    <hyperlink ref="F199" r:id="rId199"/>
+    <hyperlink ref="F200" r:id="rId200"/>
+    <hyperlink ref="F201" r:id="rId201"/>
+    <hyperlink ref="F202" r:id="rId202"/>
+    <hyperlink ref="F203" r:id="rId203"/>
+    <hyperlink ref="F204" r:id="rId204"/>
+    <hyperlink ref="F205" r:id="rId205"/>
+    <hyperlink ref="F206" r:id="rId206"/>
+    <hyperlink ref="F207" r:id="rId207"/>
+    <hyperlink ref="F208" r:id="rId208"/>
+    <hyperlink ref="F209" r:id="rId209"/>
+    <hyperlink ref="F210" r:id="rId210"/>
+    <hyperlink ref="F211" r:id="rId211"/>
+    <hyperlink ref="F212" r:id="rId212"/>
+    <hyperlink ref="F213" r:id="rId213"/>
+    <hyperlink ref="F214" r:id="rId214"/>
+    <hyperlink ref="F215" r:id="rId215"/>
+    <hyperlink ref="F216" r:id="rId216"/>
+    <hyperlink ref="F217" r:id="rId217"/>
+    <hyperlink ref="F218" r:id="rId218"/>
+    <hyperlink ref="F219" r:id="rId219"/>
+    <hyperlink ref="F220" r:id="rId220"/>
+    <hyperlink ref="F221" r:id="rId221"/>
+    <hyperlink ref="F222" r:id="rId222"/>
+    <hyperlink ref="F223" r:id="rId223"/>
+    <hyperlink ref="F224" r:id="rId224"/>
+    <hyperlink ref="F225" r:id="rId225"/>
+    <hyperlink ref="F226" r:id="rId226"/>
+    <hyperlink ref="F227" r:id="rId227"/>
+    <hyperlink ref="F228" r:id="rId228"/>
+    <hyperlink ref="F229" r:id="rId229"/>
+    <hyperlink ref="F230" r:id="rId230"/>
+    <hyperlink ref="F231" r:id="rId231"/>
+    <hyperlink ref="F232" r:id="rId232"/>
+    <hyperlink ref="F233" r:id="rId233"/>
+    <hyperlink ref="F234" r:id="rId234"/>
+    <hyperlink ref="F235" r:id="rId235"/>
+    <hyperlink ref="F236" r:id="rId236"/>
+    <hyperlink ref="F237" r:id="rId237"/>
+    <hyperlink ref="F238" r:id="rId238"/>
+    <hyperlink ref="F239" r:id="rId239"/>
+    <hyperlink ref="F240" r:id="rId240"/>
+    <hyperlink ref="F241" r:id="rId241"/>
+    <hyperlink ref="F242" r:id="rId242"/>
+    <hyperlink ref="F243" r:id="rId243"/>
+    <hyperlink ref="F244" r:id="rId244"/>
+    <hyperlink ref="F245" r:id="rId245"/>
+    <hyperlink ref="F246" r:id="rId246"/>
+    <hyperlink ref="F247" r:id="rId247"/>
+    <hyperlink ref="F248" r:id="rId248"/>
+    <hyperlink ref="F249" r:id="rId249"/>
+    <hyperlink ref="F250" r:id="rId250"/>
+    <hyperlink ref="F251" r:id="rId251"/>
+    <hyperlink ref="F252" r:id="rId252"/>
+    <hyperlink ref="F253" r:id="rId253"/>
+    <hyperlink ref="F254" r:id="rId254"/>
+    <hyperlink ref="F255" r:id="rId255"/>
+    <hyperlink ref="F256" r:id="rId256"/>
+    <hyperlink ref="F257" r:id="rId257"/>
+    <hyperlink ref="F258" r:id="rId258"/>
+    <hyperlink ref="F259" r:id="rId259"/>
+    <hyperlink ref="F260" r:id="rId260"/>
+    <hyperlink ref="F261" r:id="rId261"/>
+    <hyperlink ref="F262" r:id="rId262"/>
+    <hyperlink ref="F263" r:id="rId263"/>
+    <hyperlink ref="F264" r:id="rId264"/>
+    <hyperlink ref="F265" r:id="rId265"/>
+    <hyperlink ref="F266" r:id="rId266"/>
+    <hyperlink ref="F267" r:id="rId267"/>
+    <hyperlink ref="F268" r:id="rId268"/>
+    <hyperlink ref="F269" r:id="rId269"/>
+    <hyperlink ref="F270" r:id="rId270"/>
+    <hyperlink ref="F271" r:id="rId271"/>
+    <hyperlink ref="F272" r:id="rId272"/>
+    <hyperlink ref="F273" r:id="rId273"/>
+    <hyperlink ref="F274" r:id="rId274"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>