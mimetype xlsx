--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>06-00002.000</t>
   </si>
   <si>
     <t>TWAROG JAMES E &amp; STACEY R SURV</t>
   </si>
   <si>
@@ -64,86 +64,116 @@
   <si>
     <t>06-00006.000</t>
   </si>
   <si>
     <t>HOLSTEIN THERESA A</t>
   </si>
   <si>
     <t>118 NORTHWEST ST</t>
   </si>
   <si>
     <t>06-00061.000</t>
   </si>
   <si>
     <t>PARKER AMANDA MALONE &amp; JEREMY SCOT</t>
   </si>
   <si>
     <t>OH #331 &amp; OH #149</t>
   </si>
   <si>
     <t>06-00062.000</t>
   </si>
   <si>
     <t>313 HIGH ST</t>
   </si>
   <si>
+    <t>06-00085.000</t>
+  </si>
+  <si>
+    <t>HOLSTEIN DONNA JEAN</t>
+  </si>
+  <si>
+    <t>222 PEARL ST</t>
+  </si>
+  <si>
     <t>06-00086.000</t>
   </si>
   <si>
     <t>REGOLI JOHN &amp; THERESA SURV</t>
   </si>
   <si>
     <t>115 NORTHWEST ST</t>
   </si>
   <si>
     <t>06-00087.000</t>
   </si>
   <si>
     <t>06-00088.000</t>
   </si>
   <si>
     <t>BANK ST</t>
   </si>
   <si>
+    <t>06-00121.000</t>
+  </si>
+  <si>
+    <t>CUNARD ANGEL MARIE</t>
+  </si>
+  <si>
+    <t>119 NORTHWEST ST</t>
+  </si>
+  <si>
+    <t>06-00122.000</t>
+  </si>
+  <si>
+    <t>NORTHWEST ST</t>
+  </si>
+  <si>
     <t>06-00183.000</t>
   </si>
   <si>
     <t>PATTERSON JEFF &amp; ANGIE SURV</t>
   </si>
   <si>
     <t>200 SPRING ST</t>
   </si>
   <si>
     <t>06-00185.000</t>
   </si>
   <si>
     <t>PRESERVATION TECHNOLOGY LLC</t>
   </si>
   <si>
     <t>MAIN ST REAR</t>
   </si>
   <si>
+    <t>06-00210.000</t>
+  </si>
+  <si>
+    <t>203 SPRING ST</t>
+  </si>
+  <si>
     <t>06-00214.000</t>
   </si>
   <si>
     <t>JABER JACOB &amp; MATTHEW</t>
   </si>
   <si>
     <t>122 MORRISTOWN ST</t>
   </si>
   <si>
     <t>06-00224.000</t>
   </si>
   <si>
     <t>BROWN BILLIE JO GORNEY</t>
   </si>
   <si>
     <t>351 E HIGH ST</t>
   </si>
   <si>
     <t>06-00227.000</t>
   </si>
   <si>
     <t>HARRIS WILLIAM HARMON</t>
   </si>
   <si>
     <t>COAL ST</t>
@@ -187,77 +217,77 @@
   <si>
     <t>MORRISTOWN ST</t>
   </si>
   <si>
     <t>06-00281.000</t>
   </si>
   <si>
     <t>209 MORRISTOWN RD</t>
   </si>
   <si>
     <t>06-00292.002</t>
   </si>
   <si>
     <t>KOSKY BENJAMIN</t>
   </si>
   <si>
     <t>HIGH ST</t>
   </si>
   <si>
     <t>06-00303.000</t>
   </si>
   <si>
     <t>BARTOLO RONALD A ETAL SURV</t>
   </si>
   <si>
+    <t>06-00319.000</t>
+  </si>
+  <si>
+    <t>ROBERTSON WILLIAM KEITH</t>
+  </si>
+  <si>
+    <t>435 E HIGH ST</t>
+  </si>
+  <si>
     <t>06-00328.000</t>
   </si>
   <si>
     <t>STEWART JOHN E</t>
   </si>
   <si>
     <t>306 E HIGH ST</t>
   </si>
   <si>
     <t>06-00334.000</t>
   </si>
   <si>
     <t>MICHELLI DELORES J ETAL 3</t>
   </si>
   <si>
     <t>117 FLUSHING HOLLOWAY RD</t>
   </si>
   <si>
-    <t>06-00351.000</t>
-[...7 lines deleted...]
-  <si>
     <t>06-00353.000</t>
   </si>
   <si>
     <t>JE PRESTIGE INVESTMENTS LLC</t>
   </si>
   <si>
     <t>101 MARKET ST</t>
   </si>
   <si>
     <t>06-00369.000</t>
   </si>
   <si>
     <t>REDDEN STORMY &amp; DONALD C RUNKINS</t>
   </si>
   <si>
     <t>107 BOBER LANE</t>
   </si>
   <si>
     <t>06-00382.000</t>
   </si>
   <si>
     <t>VANCUREN PATRICK &amp; CANDIE SURV</t>
   </si>
   <si>
     <t>120 WOOD ST</t>
@@ -268,87 +298,75 @@
   <si>
     <t>FULTON TAMARA ETAL 2</t>
   </si>
   <si>
     <t>105 DEPOT ST</t>
   </si>
   <si>
     <t>06-00449.000</t>
   </si>
   <si>
     <t>MICHELLI DELORES J ETAL 2</t>
   </si>
   <si>
     <t>115 FLUSHING HOLLOWAY RD</t>
   </si>
   <si>
     <t>06-00470.000</t>
   </si>
   <si>
     <t>DELANEY JOHN</t>
   </si>
   <si>
     <t>228 PEARL ST</t>
   </si>
   <si>
-    <t>06-00475.000</t>
-[...10 lines deleted...]
-  <si>
     <t>06-00478.000</t>
   </si>
   <si>
     <t>SHELTER NORMAN E</t>
   </si>
   <si>
     <t>DEPOT ST</t>
   </si>
   <si>
     <t>06-00487.000</t>
   </si>
   <si>
     <t>HAMILTON RONALD KOLE</t>
   </si>
   <si>
     <t>MORRISTOWN RD</t>
   </si>
   <si>
-    <t>06-00505.000</t>
-[...5 lines deleted...]
-    <t>133 WOOD ST</t>
+    <t>06-00504.000</t>
+  </si>
+  <si>
+    <t>TYRELL AUDRA</t>
+  </si>
+  <si>
+    <t>307 MORRISTOWN-FLUSHING RD</t>
   </si>
   <si>
     <t>06-00515.000</t>
   </si>
   <si>
     <t>COE DAVID LEE II</t>
   </si>
   <si>
     <t>217 PEARL ST</t>
   </si>
   <si>
     <t>06-00523.000</t>
   </si>
   <si>
     <t>149 NORTHWEST ST</t>
   </si>
   <si>
     <t>06-00546.000</t>
   </si>
   <si>
     <t>GREENWOOD MELODY</t>
   </si>
   <si>
     <t>312 HIGH ST</t>
   </si>
@@ -358,56 +376,50 @@
   <si>
     <t>UNDERGROUND RAILROAD MUSEUM</t>
   </si>
   <si>
     <t>MAIN ST</t>
   </si>
   <si>
     <t>06-00634.000</t>
   </si>
   <si>
     <t>MORRISTOWN FLUSHING RD</t>
   </si>
   <si>
     <t>06-00634.001</t>
   </si>
   <si>
     <t>06-00637.000</t>
   </si>
   <si>
     <t>GOSSETT SHERI LYNN</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
   <si>
-    <t>06-00639.000</t>
-[...4 lines deleted...]
-  <si>
     <t>06-00646.000</t>
   </si>
   <si>
     <t>YOHO MELINDA D</t>
   </si>
   <si>
     <t>150 MARKETAN RD</t>
   </si>
   <si>
     <t>06-00657.000</t>
   </si>
   <si>
     <t>SAFFELL JEREMY RYAN ETAL SURV</t>
   </si>
   <si>
     <t>72202 FLUSHING HOLLOWAY R</t>
   </si>
   <si>
     <t>06-00664.006</t>
   </si>
   <si>
     <t>CHARLWOOD CHRIS</t>
   </si>
   <si>
     <t>STRATTON RD</t>
@@ -460,72 +472,57 @@
   <si>
     <t>SHANNON DOLORES JEAN</t>
   </si>
   <si>
     <t>115 T SHANNON HILL</t>
   </si>
   <si>
     <t>0604263</t>
   </si>
   <si>
     <t>PALMER CHRISTINA</t>
   </si>
   <si>
     <t>102 MILL RD</t>
   </si>
   <si>
     <t>0604923</t>
   </si>
   <si>
     <t>VANFOSSEN DONALD P</t>
   </si>
   <si>
     <t>216 DEPOT ST</t>
   </si>
   <si>
-    <t>0605485</t>
-[...7 lines deleted...]
-  <si>
     <t>0605963</t>
   </si>
   <si>
     <t>PUBAL JASON</t>
   </si>
   <si>
     <t>136 WOOD ST</t>
-  </si>
-[...4 lines deleted...]
-    <t>POGACICH NANCY L</t>
   </si>
   <si>
     <t>06-60009.000</t>
   </si>
   <si>
     <t>308 HIGH ST</t>
   </si>
   <si>
     <t>06-60015.000</t>
   </si>
   <si>
     <t>FLUSHING GOSPEL MISSION OF CHRISTIAN &amp; MISSIONARY ALLIANCE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -547,79 +544,79 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F62" headerRowCount="1">
-  <autoFilter ref="A1:F62"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F61" headerRowCount="1">
+  <autoFilter ref="A1:F61"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21652&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47670&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24947&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20018&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34430&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55849&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41723&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15994&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41018&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69123&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66863&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80267&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78992&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17380&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21652&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47670&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24947&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43615&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20018&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34430&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41723&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54344&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15994&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=75448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=65161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69123&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66863&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80267&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17380&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F62"/>
+  <dimension ref="A1:F61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="61.33771896362305" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
-    <col min="4" max="4" width="28.672273635864258" customWidth="1"/>
+    <col min="4" max="4" width="30.693849563598633" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
@@ -694,1173 +691,1153 @@
       </c>
       <c r="D5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2">
         <v>269.94</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2">
-        <v>2604.73</v>
+        <v>756.64</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E7" s="2">
-        <v>107.73</v>
+        <v>2604.73</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="2">
-        <v>91.32</v>
+        <v>107.73</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="2">
-        <v>221.36</v>
+        <v>91.32</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E10" s="2">
-        <v>755.06</v>
+        <v>2135.27</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" s="2">
-        <v>776.25</v>
+        <v>269.18</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" s="2">
-        <v>6647.08</v>
+        <v>221.36</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="2">
-        <v>319.7</v>
+        <v>755.06</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>459.05</v>
+        <v>989.78</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="2">
-        <v>1413.36</v>
+        <v>776.25</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="2">
-        <v>77.68</v>
+        <v>6647.08</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="2">
-        <v>1040.79</v>
+        <v>319.7</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E18" s="2">
-        <v>234.21</v>
+        <v>459.05</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E19" s="2">
-        <v>806</v>
+        <v>1413.36</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>3.49</v>
+        <v>77.68</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>7294.27</v>
+        <v>1040.79</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="2">
-        <v>924.57</v>
+        <v>234.21</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B23" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="2">
-        <v>781.09</v>
+        <v>806</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="2">
-        <v>242.09</v>
+        <v>3.49</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="E25" s="2">
-        <v>1285.81</v>
+        <v>7294.27</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>1744.01</v>
+        <v>2261.25</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>930.95</v>
+        <v>924.57</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>7004.27</v>
+        <v>781.09</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>68.23</v>
+        <v>1285.81</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>963.74</v>
+        <v>1744.01</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E31" s="2">
-        <v>0.59</v>
+        <v>930.95</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" s="2">
-        <v>0.14</v>
+        <v>7004.27</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E33" s="2">
-        <v>2250.32</v>
+        <v>68.23</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="2">
-        <v>262.96</v>
+        <v>963.74</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="2">
-        <v>576.29</v>
+        <v>2250.32</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E36" s="2">
-        <v>397</v>
+        <v>262.96</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E37" s="2">
-        <v>1390.73</v>
+        <v>1203.17</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E38" s="2">
-        <v>758.37</v>
+        <v>397</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="2">
-        <v>215.02</v>
+        <v>1390.73</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E40" s="2">
-        <v>323.8</v>
+        <v>758.37</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E41" s="2">
-        <v>285.44</v>
+        <v>215.02</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E42" s="2">
-        <v>19.16</v>
+        <v>323.8</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B43" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="2">
-        <v>0.2</v>
+        <v>285.44</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E44" s="2">
-        <v>724.5</v>
+        <v>19.16</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E45" s="2">
-        <v>2.55</v>
+        <v>724.5</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E46" s="2">
-        <v>4421.53</v>
+        <v>2.55</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="E47" s="2">
-        <v>7.86</v>
+        <v>4421.53</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E48" s="2">
-        <v>0.93</v>
+        <v>7.86</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E49" s="2">
         <v>0.93</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E50" s="2">
         <v>0.93</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E51" s="2">
         <v>0.93</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E52" s="2">
         <v>0.93</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E53" s="2">
         <v>0.93</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="E54" s="2">
-        <v>207.17</v>
+        <v>0.93</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E55" s="2">
-        <v>285.14</v>
+        <v>207.17</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E56" s="2">
-        <v>161.64</v>
+        <v>285.14</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E57" s="2">
-        <v>99.31</v>
+        <v>161.64</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E58" s="2">
-        <v>5.24</v>
+        <v>99.31</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E59" s="2">
         <v>17.53</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>116</v>
+        <v>159</v>
       </c>
       <c r="E60" s="2">
-        <v>8.96</v>
+        <v>9649.87</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>29</v>
+        <v>161</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>160</v>
+        <v>67</v>
       </c>
       <c r="E61" s="2">
-        <v>9649.87</v>
+        <v>57.06</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>10</v>
-[...18 lines deleted...]
-      <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -1882,33 +1859,32 @@
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
-    <hyperlink ref="F62" r:id="rId62"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>