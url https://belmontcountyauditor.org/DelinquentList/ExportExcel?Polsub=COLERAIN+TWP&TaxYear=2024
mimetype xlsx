--- v0 (2025-10-09)
+++ v1 (2025-12-04)
@@ -5,298 +5,277 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="397">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="372">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>01-00077.000</t>
-[...2 lines deleted...]
-    <t>BULICZ SAM &amp; ELIZABETH</t>
+    <t>54-00035.000</t>
+  </si>
+  <si>
+    <t>GUTSHALL CRYSTAL R</t>
   </si>
   <si>
     <t>BRIDGEPORT EVSD</t>
   </si>
   <si>
+    <t>NATIONAL RD</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>54-00036.000</t>
+  </si>
+  <si>
+    <t>54-00037.000</t>
+  </si>
+  <si>
+    <t>54750 NATIONAL RD</t>
+  </si>
+  <si>
+    <t>54-00099.000</t>
+  </si>
+  <si>
+    <t>ROBERTS MARY BETH</t>
+  </si>
+  <si>
+    <t>68100 CROSLEY DR</t>
+  </si>
+  <si>
+    <t>54-00104.000</t>
+  </si>
+  <si>
+    <t>ZITA PHILIP F JR &amp; MICHELLE SURV</t>
+  </si>
+  <si>
+    <t>68505 BLAINE CHERMONT RD</t>
+  </si>
+  <si>
+    <t>54-00117.000</t>
+  </si>
+  <si>
+    <t>POLOMIK JOSEPH E &amp; KIMBERLY A SURV</t>
+  </si>
+  <si>
+    <t>54-00169.000</t>
+  </si>
+  <si>
+    <t>PATTERSON BRANDON &amp; MEGHAN STRAHL SURV</t>
+  </si>
+  <si>
+    <t>68089 JO-AL DR</t>
+  </si>
+  <si>
+    <t>54-00193.002</t>
+  </si>
+  <si>
+    <t>JARVIS DWAYNE E &amp; ANGELA K SURV</t>
+  </si>
+  <si>
+    <t>53636 BARTON RD</t>
+  </si>
+  <si>
+    <t>54-00200.000</t>
+  </si>
+  <si>
+    <t>BATTISTONE NICHOLAS A</t>
+  </si>
+  <si>
+    <t>CHERMONT RD</t>
+  </si>
+  <si>
+    <t>54-00211.000</t>
+  </si>
+  <si>
+    <t>BALK RAYMOND JR</t>
+  </si>
+  <si>
+    <t>SUSTERIC ST</t>
+  </si>
+  <si>
+    <t>54-00212.000</t>
+  </si>
+  <si>
+    <t>53805 SUSTERSIC AVE</t>
+  </si>
+  <si>
+    <t>54-00213.000</t>
+  </si>
+  <si>
+    <t>SUSTERSIC AVE</t>
+  </si>
+  <si>
+    <t>54-00330.000</t>
+  </si>
+  <si>
+    <t>CLEMENS ROBERT &amp; STACEY</t>
+  </si>
+  <si>
+    <t>LANSING CHERMONT RD</t>
+  </si>
+  <si>
+    <t>54-00331.000</t>
+  </si>
+  <si>
+    <t>54-00335.000</t>
+  </si>
+  <si>
+    <t>BENNETT EDWARD &amp; ALRETTA SURV</t>
+  </si>
+  <si>
+    <t>68460 LANSING CHERMONT RD</t>
+  </si>
+  <si>
+    <t>54-00336.000</t>
+  </si>
+  <si>
+    <t>FERNWOOD AVE</t>
+  </si>
+  <si>
+    <t>54-00340.000</t>
+  </si>
+  <si>
+    <t>WRIGHT HELEN L ET 1 SURV</t>
+  </si>
+  <si>
+    <t>54-00341.000</t>
+  </si>
+  <si>
+    <t>54-00417.000</t>
+  </si>
+  <si>
+    <t>ALBANESE THERESA M</t>
+  </si>
+  <si>
+    <t>68891 PINE TERRACE RD</t>
+  </si>
+  <si>
+    <t>54-00429.000</t>
+  </si>
+  <si>
+    <t>PINE TERRACE</t>
+  </si>
+  <si>
+    <t>54-00549.000</t>
+  </si>
+  <si>
+    <t>NOT ON FILE</t>
+  </si>
+  <si>
+    <t>5404001</t>
+  </si>
+  <si>
+    <t>MYERS ROBERT W</t>
+  </si>
+  <si>
+    <t>54945 NATIONAL RD</t>
+  </si>
+  <si>
+    <t>5404238</t>
+  </si>
+  <si>
+    <t>SPOONER AMY &amp; JOHN RUSSELL</t>
+  </si>
+  <si>
+    <t>68403 BLAINE CHERMONT RD</t>
+  </si>
+  <si>
+    <t>5405264</t>
+  </si>
+  <si>
+    <t>JARVIS ANGELA</t>
+  </si>
+  <si>
+    <t>53630 BARTON BLAINE ROAD</t>
+  </si>
+  <si>
+    <t>5406307</t>
+  </si>
+  <si>
+    <t>BENNETT JEANETTE</t>
+  </si>
+  <si>
+    <t>68460 CHERMONT RD</t>
+  </si>
+  <si>
+    <t>6006722</t>
+  </si>
+  <si>
+    <t>CROSS NICOLE</t>
+  </si>
+  <si>
+    <t>69385 CHERMONT RD</t>
+  </si>
+  <si>
+    <t>66-00010.000</t>
+  </si>
+  <si>
+    <t>WORKMAN OPAL &amp; NORMAN WORKMAN</t>
+  </si>
+  <si>
     <t>BARTON COLERAIN RD</t>
   </si>
   <si>
-    <t>View</t>
-[...214 lines deleted...]
-  <si>
     <t>66-00048.000</t>
   </si>
   <si>
     <t>BUNGARD ANDREW W &amp; SADIE M SURV</t>
   </si>
   <si>
     <t>66-00056.000</t>
   </si>
   <si>
     <t>66-00144.000</t>
   </si>
   <si>
     <t>PINTER CHRISTOPHER PAUL</t>
   </si>
   <si>
     <t>70916 ST CLAIRSVILLE BART</t>
   </si>
   <si>
     <t>66-00153.000</t>
   </si>
   <si>
     <t>ST CLAIRSVILLE BARTON RD</t>
   </si>
   <si>
     <t>66-00154.000</t>
@@ -424,62 +403,50 @@
   <si>
     <t>66-00457.000</t>
   </si>
   <si>
     <t>66-00471.000</t>
   </si>
   <si>
     <t>SUPANIK JOSEPH</t>
   </si>
   <si>
     <t>FARMINGTON RD</t>
   </si>
   <si>
     <t>66-00472.000</t>
   </si>
   <si>
     <t>66-00509.000</t>
   </si>
   <si>
     <t>TIBER BRENT A</t>
   </si>
   <si>
     <t>68771 STANLEY ADDITION RD</t>
   </si>
   <si>
-    <t>66-00521.000</t>
-[...10 lines deleted...]
-  <si>
     <t>66-00529.000</t>
   </si>
   <si>
     <t>TURLEY EMERY O ETAL</t>
   </si>
   <si>
     <t>51745 CRESCENT-BARTON RD</t>
   </si>
   <si>
     <t>66-00531.000</t>
   </si>
   <si>
     <t>TYLER JESSICA L &amp; RAYMOND L SURV</t>
   </si>
   <si>
     <t>CR #4</t>
   </si>
   <si>
     <t>66-00532.000</t>
   </si>
   <si>
     <t>TYLER RAYMOND L SR &amp; GERTRUDE</t>
   </si>
   <si>
     <t>66-00541.000</t>
@@ -553,348 +520,306 @@
   <si>
     <t>TROYER JUNIOR</t>
   </si>
   <si>
     <t>MARTINS FERRY CSD</t>
   </si>
   <si>
     <t>61-00063.000</t>
   </si>
   <si>
     <t>GUMMERSON TIMOTHY M</t>
   </si>
   <si>
     <t>LANE OFF 250</t>
   </si>
   <si>
     <t>61-00075.000</t>
   </si>
   <si>
     <t>EBERT GARY JR &amp; MICHELLE CONTISURV</t>
   </si>
   <si>
     <t>54510 JONESVILLE RD</t>
   </si>
   <si>
-    <t>61-00116.001</t>
-[...4 lines deleted...]
-  <si>
     <t>61-00148.000</t>
   </si>
   <si>
     <t>SINGHAUS THOMAS A</t>
   </si>
   <si>
     <t>FULTON RD</t>
   </si>
   <si>
     <t>61-00149.000</t>
   </si>
   <si>
     <t>71901 COPE ST</t>
   </si>
   <si>
-    <t>61-00183.001</t>
+    <t>61-00278.000</t>
+  </si>
+  <si>
+    <t>DRUZIN JAMES F</t>
+  </si>
+  <si>
+    <t>72054 COLERAIN-BRIDGEPORT</t>
+  </si>
+  <si>
+    <t>61-00394.000</t>
+  </si>
+  <si>
+    <t>JONESVILLE RD</t>
+  </si>
+  <si>
+    <t>61-00436.002</t>
+  </si>
+  <si>
+    <t>ELERICK BRIAN C &amp; SAMUEL C</t>
+  </si>
+  <si>
+    <t>COLERAIN MT PLEASANT RD</t>
+  </si>
+  <si>
+    <t>61-00439.000</t>
+  </si>
+  <si>
+    <t>LOLLATHIN PAMELA</t>
+  </si>
+  <si>
+    <t>54438 BRACKEN RD</t>
+  </si>
+  <si>
+    <t>61-00595.000</t>
+  </si>
+  <si>
+    <t>PARKS RICKY &amp; KAREN SURV</t>
+  </si>
+  <si>
+    <t>72905 CRESCENT RD</t>
+  </si>
+  <si>
+    <t>61-00612.000</t>
+  </si>
+  <si>
+    <t>MIRACLE DAWN</t>
+  </si>
+  <si>
+    <t>72094 COLERAIN-MT PLEASAN</t>
+  </si>
+  <si>
+    <t>61-00628.001</t>
+  </si>
+  <si>
+    <t>LACAVA LISA T</t>
+  </si>
+  <si>
+    <t>MAJOR RD</t>
+  </si>
+  <si>
+    <t>61-00659.000</t>
+  </si>
+  <si>
+    <t>CALLENDAR LEO F</t>
+  </si>
+  <si>
+    <t>SANTOS DR</t>
+  </si>
+  <si>
+    <t>61-00679.000</t>
+  </si>
+  <si>
+    <t>FRANCIS ROBERT A JR</t>
+  </si>
+  <si>
+    <t>52161 BUENA VISTA DR</t>
+  </si>
+  <si>
+    <t>61-00691.002</t>
+  </si>
+  <si>
+    <t>NICOLOZAKES RUSSELL</t>
+  </si>
+  <si>
+    <t>COLERAIN-MT PLEASANT PIKE</t>
+  </si>
+  <si>
+    <t>61-00933.000</t>
+  </si>
+  <si>
+    <t>BONNETTE TINA R &amp; JESSICA L BRIGHT SURV</t>
+  </si>
+  <si>
+    <t>72173 BARTON RD</t>
+  </si>
+  <si>
+    <t>61-00980.000</t>
+  </si>
+  <si>
+    <t>REYNOLDS LEWIS B</t>
+  </si>
+  <si>
+    <t>SUNNY LANE</t>
+  </si>
+  <si>
+    <t>61-01100.000</t>
+  </si>
+  <si>
+    <t>SINGHAUS THOMAS A ETAL 2</t>
+  </si>
+  <si>
+    <t>71921 COPE ST</t>
+  </si>
+  <si>
+    <t>61-01155.000</t>
+  </si>
+  <si>
+    <t>SOBOTA JEFFRY W</t>
+  </si>
+  <si>
+    <t>71934 COLERAIN-MT PLEASAN</t>
+  </si>
+  <si>
+    <t>61-01253.000</t>
+  </si>
+  <si>
+    <t>COLERAIN PIKE</t>
+  </si>
+  <si>
+    <t>61-01441.000</t>
+  </si>
+  <si>
+    <t>MILLHOUSE DILLON S</t>
+  </si>
+  <si>
+    <t>61-01442.000</t>
+  </si>
+  <si>
+    <t>61-01600.000</t>
+  </si>
+  <si>
+    <t>CEMETERY-QUAKER CHURCH</t>
+  </si>
+  <si>
+    <t>TWP 457</t>
+  </si>
+  <si>
+    <t>61-01627.000</t>
+  </si>
+  <si>
+    <t>MURPHY SHAWN M SR</t>
+  </si>
+  <si>
+    <t>61-01649.000</t>
+  </si>
+  <si>
+    <t>HOLMES JOHN FREEMAN</t>
+  </si>
+  <si>
+    <t>61-01651.000</t>
+  </si>
+  <si>
+    <t>61-01699.000</t>
+  </si>
+  <si>
+    <t>BRADSHAW THERESA C</t>
+  </si>
+  <si>
+    <t>61-01716.000</t>
+  </si>
+  <si>
+    <t>BARNES DAVID A &amp; COLLEEN A</t>
+  </si>
+  <si>
+    <t>61-01718.000</t>
+  </si>
+  <si>
+    <t>61-01720.000</t>
+  </si>
+  <si>
+    <t>FRAUNFELTER RALPH E</t>
+  </si>
+  <si>
+    <t>61-01736.000</t>
+  </si>
+  <si>
+    <t>BROMELOW MELANIE G</t>
+  </si>
+  <si>
+    <t>61-01768.000</t>
+  </si>
+  <si>
+    <t>PETROFF TIMOTHY SCOTT</t>
+  </si>
+  <si>
+    <t>61-01809.000</t>
+  </si>
+  <si>
+    <t>CALLARIK JOSEPH M</t>
+  </si>
+  <si>
+    <t>61-01811.000</t>
+  </si>
+  <si>
+    <t>61-01899.000</t>
+  </si>
+  <si>
+    <t>KOLLER DOUGLAS BARR &amp; JAELA MARIE SURV</t>
+  </si>
+  <si>
+    <t>61-01915.000</t>
+  </si>
+  <si>
+    <t>BAZAR HEYWARD T &amp; TEENA M</t>
+  </si>
+  <si>
+    <t>61-01942.000</t>
+  </si>
+  <si>
+    <t>STAHL ARTHUR J ETAL 5</t>
+  </si>
+  <si>
+    <t>61-02021.000</t>
+  </si>
+  <si>
+    <t>THOBURN CHRIS R &amp; JENNIFER A SURV ETAL</t>
+  </si>
+  <si>
+    <t>6105916</t>
+  </si>
+  <si>
+    <t>NICHOLS BARBARA</t>
+  </si>
+  <si>
+    <t>71728 COLERAIN RD</t>
+  </si>
+  <si>
+    <t>6110023</t>
   </si>
   <si>
     <t>BAIN ERIC L</t>
-  </si>
-[...271 lines deleted...]
-    <t>6110023</t>
   </si>
   <si>
     <t>72451 PROKES RD</t>
   </si>
   <si>
     <t>67-00006.000</t>
   </si>
   <si>
     <t>ALLEN JUSTIN W &amp; JESSICA L SURV</t>
   </si>
   <si>
     <t>71920 AYERS RD</t>
   </si>
   <si>
     <t>67-00044.000</t>
   </si>
   <si>
     <t>MASSE CAROL C</t>
   </si>
   <si>
     <t>PROKES RD</t>
   </si>
   <si>
     <t>67-00045.000</t>
   </si>
@@ -1249,3500 +1174,3260 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F171" headerRowCount="1">
-  <autoFilter ref="A1:F171"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F159" headerRowCount="1">
+  <autoFilter ref="A1:F159"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77989&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29478&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40857&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15478&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16655&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=77743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73724&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63620&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25437&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11000&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32525&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25568&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8521&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81322&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41144&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=77989&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29478&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40857&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=61907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79498&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=78158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15478&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=81614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73724&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=67267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=66280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=68436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=72696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=63620&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=62053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=64299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=79489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25437&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11000&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=70397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32525&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25568&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8521&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55991&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=74595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=81322&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F171"/>
+  <dimension ref="A1:F159"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="47.6317138671875" customWidth="1"/>
     <col min="3" max="3" width="28.846193313598633" customWidth="1"/>
     <col min="4" max="4" width="29.32294273376465" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1111.65</v>
+        <v>1273.28</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E3" s="2">
-        <v>1248.31</v>
+        <v>1333.41</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>1307.28</v>
+        <v>6609.07</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="2">
-        <v>6479.48</v>
+        <v>617.85</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2">
-        <v>605.73</v>
+        <v>1236.06</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="E7" s="2">
-        <v>1211.83</v>
+        <v>144.84</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="0" t="s">
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" s="2">
-        <v>142</v>
+        <v>946.88</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E9" s="2">
-        <v>115.21</v>
+        <v>8202.1</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E10" s="2">
-        <v>7359.1</v>
+        <v>180.67</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E11" s="2">
-        <v>227.83</v>
+        <v>432.1</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E12" s="2">
-        <v>928.32</v>
+        <v>8279.21</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E13" s="2">
-        <v>8041.28</v>
+        <v>1628.54</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E14" s="2">
-        <v>177.13</v>
+        <v>0.98</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="2">
-        <v>423.6</v>
+        <v>0.98</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E16" s="2">
-        <v>8116.89</v>
+        <v>476.97</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E17" s="2">
-        <v>1596.6</v>
+        <v>393.87</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E18" s="2">
-        <v>0.96</v>
+        <v>563.9</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E19" s="2">
-        <v>0.96</v>
+        <v>620.8</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="2">
-        <v>467.61</v>
+        <v>251.9</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E21" s="2">
-        <v>386.15</v>
+        <v>99.71</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>552.85</v>
+        <v>741.13</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="E23" s="2">
-        <v>608.63</v>
+        <v>176.96</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E24" s="2">
-        <v>246.96</v>
+        <v>373.12</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E25" s="2">
-        <v>97.75</v>
+        <v>391.39</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E26" s="2">
-        <v>726.6</v>
+        <v>5610.01</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E27" s="2">
-        <v>173.49</v>
+        <v>494.46</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E28" s="2">
-        <v>365.81</v>
+        <v>577.9</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E29" s="2">
-        <v>383.71</v>
+        <v>125.64</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>5500.02</v>
+        <v>1462.68</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E31" s="2">
-        <v>484.77</v>
+        <v>15.18</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="E32" s="2">
-        <v>566.56</v>
+        <v>3.86</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="E33" s="2">
-        <v>123.18</v>
+        <v>42.22</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="E34" s="2">
-        <v>1434</v>
+        <v>85.19</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E35" s="2">
-        <v>14.88</v>
+        <v>1744.98</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="B36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E36" s="2">
-        <v>3.78</v>
+        <v>87.12</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E37" s="2">
-        <v>41.39</v>
+        <v>7.89</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E38" s="2">
-        <v>83.52</v>
+        <v>230.63</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E39" s="2">
-        <v>1710.77</v>
+        <v>44.64</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E40" s="2">
-        <v>85.41</v>
+        <v>1825.49</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E41" s="2">
-        <v>7.74</v>
+        <v>3.4</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E42" s="2">
-        <v>226.11</v>
+        <v>675.63</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="E43" s="2">
-        <v>43.77</v>
+        <v>35.58</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>109</v>
+        <v>79</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>110</v>
+        <v>82</v>
       </c>
       <c r="E44" s="2">
-        <v>1789.7</v>
+        <v>164.17</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B45" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="2">
-        <v>3.33</v>
+        <v>747.82</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>115</v>
+        <v>86</v>
       </c>
       <c r="E46" s="2">
-        <v>662.39</v>
+        <v>35.58</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="E47" s="2">
-        <v>34.88</v>
+        <v>207.04</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="E48" s="2">
-        <v>160.95</v>
+        <v>1104.45</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>86</v>
+        <v>119</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E49" s="2">
-        <v>733.16</v>
+        <v>3039.2</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>86</v>
+        <v>119</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E50" s="2">
-        <v>34.88</v>
+        <v>179.43</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>83</v>
+        <v>119</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E51" s="2">
-        <v>202.98</v>
+        <v>496.12</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="E52" s="2">
-        <v>1082.79</v>
+        <v>49.95</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E53" s="2">
-        <v>2979.6</v>
+        <v>3269.95</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>98</v>
+        <v>127</v>
       </c>
       <c r="E54" s="2">
-        <v>175.9</v>
+        <v>81.77</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E55" s="2">
-        <v>486.39</v>
+        <v>2985.26</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>98</v>
+        <v>134</v>
       </c>
       <c r="E56" s="2">
-        <v>48.97</v>
+        <v>356.32</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E57" s="2">
-        <v>3205.85</v>
+        <v>854.19</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>134</v>
+        <v>74</v>
       </c>
       <c r="E58" s="2">
-        <v>80.17</v>
+        <v>1642.41</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E59" s="2">
-        <v>2926.72</v>
+        <v>1637.49</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>140</v>
+        <v>73</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E60" s="2">
-        <v>1691.52</v>
+        <v>14.91</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>141</v>
+        <v>74</v>
       </c>
       <c r="E61" s="2">
-        <v>230.23</v>
+        <v>1850.35</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>145</v>
+        <v>74</v>
       </c>
       <c r="E62" s="2">
-        <v>349.33</v>
+        <v>50.23</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>148</v>
+        <v>56</v>
       </c>
       <c r="E63" s="2">
-        <v>837.44</v>
+        <v>20.57</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="E64" s="2">
-        <v>1610.19</v>
+        <v>0.91</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>153</v>
+        <v>56</v>
       </c>
       <c r="E65" s="2">
-        <v>1605.37</v>
+        <v>0.91</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>155</v>
       </c>
       <c r="E66" s="2">
-        <v>14.62</v>
+        <v>380.13</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="E67" s="2">
-        <v>1814.07</v>
+        <v>19.25</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>9</v>
+        <v>161</v>
       </c>
       <c r="E68" s="2">
-        <v>49.24</v>
+        <v>2637</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E69" s="2">
-        <v>20.17</v>
+        <v>223.72</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>64</v>
+        <v>167</v>
       </c>
       <c r="E70" s="2">
-        <v>0.89</v>
+        <v>792.77</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>126</v>
+        <v>169</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>64</v>
+        <v>170</v>
       </c>
       <c r="E71" s="2">
-        <v>0.89</v>
+        <v>995.63</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="E72" s="2">
-        <v>372.68</v>
+        <v>93.21</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="E73" s="2">
-        <v>18.87</v>
+        <v>122.46</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="E74" s="2">
-        <v>2585.29</v>
+        <v>41.24</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>64</v>
+        <v>180</v>
       </c>
       <c r="E75" s="2">
-        <v>219.32</v>
+        <v>216.09</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E76" s="2">
-        <v>777.22</v>
+        <v>346.24</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E77" s="2">
-        <v>976.11</v>
+        <v>1042.33</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>64</v>
+        <v>189</v>
       </c>
       <c r="E78" s="2">
-        <v>11898.56</v>
+        <v>84.89</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="E79" s="2">
-        <v>91.38</v>
+        <v>3357.52</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="E80" s="2">
-        <v>120.06</v>
+        <v>2193.26</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>64</v>
+        <v>198</v>
       </c>
       <c r="E81" s="2">
-        <v>242.64</v>
+        <v>19.84</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="E82" s="2">
-        <v>40.43</v>
+        <v>324.98</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>180</v>
+        <v>203</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="E83" s="2">
-        <v>211.85</v>
+        <v>0.02</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="E84" s="2">
-        <v>339.44</v>
+        <v>2133.3</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="E85" s="2">
-        <v>1021.9</v>
+        <v>1766.65</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>195</v>
+        <v>213</v>
       </c>
       <c r="E86" s="2">
-        <v>140.5</v>
+        <v>558.56</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="E87" s="2">
-        <v>83.23</v>
+        <v>3054.21</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>208</v>
+        <v>166</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="E88" s="2">
-        <v>3291.68</v>
+        <v>369.29</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>212</v>
+        <v>56</v>
       </c>
       <c r="E89" s="2">
-        <v>2150.26</v>
+        <v>389.64</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>215</v>
+        <v>56</v>
       </c>
       <c r="E90" s="2">
-        <v>19.45</v>
+        <v>389.64</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="E91" s="2">
-        <v>318.61</v>
+        <v>88.6</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>221</v>
+        <v>56</v>
       </c>
       <c r="E92" s="2">
-        <v>0.02</v>
+        <v>121.53</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>224</v>
+        <v>56</v>
       </c>
       <c r="E93" s="2">
-        <v>2091.47</v>
+        <v>346.29</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>227</v>
+        <v>56</v>
       </c>
       <c r="E94" s="2">
-        <v>1732.01</v>
+        <v>3678.75</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>230</v>
+        <v>56</v>
       </c>
       <c r="E95" s="2">
-        <v>547.61</v>
+        <v>71.84</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>233</v>
+        <v>56</v>
       </c>
       <c r="E96" s="2">
-        <v>728.37</v>
+        <v>4.5</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>236</v>
+        <v>56</v>
       </c>
       <c r="E97" s="2">
-        <v>2994.34</v>
+        <v>4.5</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>239</v>
+        <v>56</v>
       </c>
       <c r="E98" s="2">
-        <v>34.76</v>
+        <v>4.5</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>241</v>
+        <v>56</v>
       </c>
       <c r="E99" s="2">
-        <v>362.05</v>
+        <v>4.5</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>244</v>
+        <v>56</v>
       </c>
       <c r="E100" s="2">
-        <v>1850.34</v>
+        <v>6.51</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E101" s="2">
-        <v>382</v>
+        <v>0.02</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E102" s="2">
-        <v>382</v>
+        <v>0.02</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>250</v>
+        <v>56</v>
       </c>
       <c r="E103" s="2">
-        <v>86.87</v>
+        <v>0.65</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E104" s="2">
-        <v>119.14</v>
+        <v>0.23</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E105" s="2">
-        <v>339.49</v>
+        <v>4.5</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E106" s="2">
-        <v>3606.63</v>
+        <v>4.5</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>64</v>
+        <v>254</v>
       </c>
       <c r="E107" s="2">
-        <v>70.42</v>
+        <v>420.37</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>64</v>
+        <v>257</v>
       </c>
       <c r="E108" s="2">
-        <v>4.41</v>
+        <v>1013.91</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>64</v>
+        <v>260</v>
       </c>
       <c r="E109" s="2">
-        <v>4.41</v>
+        <v>1014.85</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>64</v>
+        <v>263</v>
       </c>
       <c r="E110" s="2">
-        <v>4.41</v>
+        <v>12.36</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D111" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="B111" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E111" s="2">
-        <v>4.41</v>
+        <v>61.42</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>64</v>
+        <v>267</v>
       </c>
       <c r="E112" s="2">
-        <v>6.38</v>
+        <v>57.59</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D113" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B113" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E113" s="2">
-        <v>0.02</v>
+        <v>1274.15</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>64</v>
+        <v>272</v>
       </c>
       <c r="E114" s="2">
-        <v>0.02</v>
+        <v>557.12</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>64</v>
+        <v>267</v>
       </c>
       <c r="E115" s="2">
-        <v>0.64</v>
+        <v>648.4</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>64</v>
+        <v>267</v>
       </c>
       <c r="E116" s="2">
-        <v>0.23</v>
+        <v>713.45</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>64</v>
+        <v>276</v>
       </c>
       <c r="E117" s="2">
-        <v>4.41</v>
+        <v>1499.31</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>64</v>
+        <v>267</v>
       </c>
       <c r="E118" s="2">
-        <v>4.41</v>
+        <v>560.46</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="E119" s="2">
-        <v>412.13</v>
+        <v>499.27</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>190</v>
+        <v>271</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="E120" s="2">
-        <v>994.03</v>
+        <v>539.2</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>285</v>
+        <v>272</v>
       </c>
       <c r="E121" s="2">
-        <v>994.95</v>
+        <v>1180.27</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="E122" s="2">
-        <v>12.13</v>
+        <v>494.23</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="E123" s="2">
-        <v>60.21</v>
+        <v>1937.83</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="E124" s="2">
-        <v>56.46</v>
+        <v>669.7</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>294</v>
+        <v>271</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="E125" s="2">
-        <v>1249.17</v>
+        <v>802.6</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="E126" s="2">
-        <v>546.19</v>
+        <v>110.08</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="E127" s="2">
-        <v>635.69</v>
+        <v>787.75</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E128" s="2">
-        <v>699.47</v>
+        <v>1324.64</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="B129" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C129" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" s="0" t="s">
-        <v>301</v>
+        <v>56</v>
       </c>
       <c r="E129" s="2">
-        <v>1469.92</v>
+        <v>6.32</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B130" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C130" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D130" s="0" t="s">
-        <v>292</v>
+        <v>56</v>
       </c>
       <c r="E130" s="2">
-        <v>549.48</v>
+        <v>48.75</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="B131" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C131" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" s="0" t="s">
-        <v>292</v>
+        <v>56</v>
       </c>
       <c r="E131" s="2">
-        <v>489.48</v>
+        <v>13.23</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B132" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C132" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D132" s="0" t="s">
-        <v>297</v>
+        <v>56</v>
       </c>
       <c r="E132" s="2">
-        <v>528.63</v>
+        <v>0.23</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B133" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C133" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" s="0" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="E133" s="2">
-        <v>1157.13</v>
+        <v>319.47</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>306</v>
       </c>
-      <c r="B134" s="0" t="s">
+      <c r="C134" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C134" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D134" s="0" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="E134" s="2">
-        <v>484.53</v>
+        <v>72.85</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B135" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C135" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D135" s="0" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="E135" s="2">
-        <v>1899.83</v>
+        <v>16.14</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B136" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C136" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D136" s="0" t="s">
-        <v>297</v>
+        <v>313</v>
       </c>
       <c r="E136" s="2">
-        <v>656.58</v>
+        <v>7041.63</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B137" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C137" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C137" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="0" t="s">
-        <v>297</v>
+        <v>316</v>
       </c>
       <c r="E137" s="2">
-        <v>786.86</v>
+        <v>6242.92</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>175</v>
+        <v>296</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="E138" s="2">
-        <v>107.92</v>
+        <v>4.66</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>175</v>
+        <v>296</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="E139" s="2">
-        <v>772.31</v>
+        <v>1170.92</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>175</v>
+        <v>296</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="E140" s="2">
-        <v>1298.67</v>
+        <v>459.63</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>64</v>
+        <v>328</v>
       </c>
       <c r="E141" s="2">
-        <v>6.2</v>
+        <v>97.53</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>64</v>
+        <v>331</v>
       </c>
       <c r="E142" s="2">
-        <v>47.79</v>
+        <v>22.59</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>64</v>
+        <v>331</v>
       </c>
       <c r="E143" s="2">
-        <v>12.97</v>
+        <v>165.98</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>192</v>
+        <v>335</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>64</v>
+        <v>336</v>
       </c>
       <c r="E144" s="2">
-        <v>0.23</v>
+        <v>126.91</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="E145" s="2">
-        <v>313.2</v>
+        <v>38.51</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="E146" s="2">
-        <v>71.43</v>
+        <v>37.68</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="E147" s="2">
-        <v>15.82</v>
+        <v>99.32</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="E148" s="2">
-        <v>6903.56</v>
+        <v>99.32</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="E149" s="2">
-        <v>6120.53</v>
+        <v>653.07</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E150" s="2">
-        <v>4.57</v>
+        <v>281.81</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>346</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="E151" s="2">
-        <v>1147.96</v>
+        <v>3060.02</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>349</v>
+        <v>315</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>350</v>
+        <v>56</v>
       </c>
       <c r="E152" s="2">
-        <v>450.62</v>
+        <v>1180.19</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E153" s="2">
-        <v>95.62</v>
+        <v>38.87</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E154" s="2">
-        <v>267.25</v>
+        <v>241.93</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E155" s="2">
-        <v>407.82</v>
+        <v>738.33</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E156" s="2">
-        <v>124.42</v>
+        <v>195.31</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>364</v>
+        <v>304</v>
       </c>
       <c r="E157" s="2">
-        <v>37.75</v>
+        <v>350.35</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="E158" s="2">
-        <v>36.94</v>
+        <v>22.45</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E159" s="2">
-        <v>97.37</v>
+        <v>33.48</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>10</v>
-[...238 lines deleted...]
-      <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -4862,44 +4547,32 @@
     <hyperlink ref="F135" r:id="rId135"/>
     <hyperlink ref="F136" r:id="rId136"/>
     <hyperlink ref="F137" r:id="rId137"/>
     <hyperlink ref="F138" r:id="rId138"/>
     <hyperlink ref="F139" r:id="rId139"/>
     <hyperlink ref="F140" r:id="rId140"/>
     <hyperlink ref="F141" r:id="rId141"/>
     <hyperlink ref="F142" r:id="rId142"/>
     <hyperlink ref="F143" r:id="rId143"/>
     <hyperlink ref="F144" r:id="rId144"/>
     <hyperlink ref="F145" r:id="rId145"/>
     <hyperlink ref="F146" r:id="rId146"/>
     <hyperlink ref="F147" r:id="rId147"/>
     <hyperlink ref="F148" r:id="rId148"/>
     <hyperlink ref="F149" r:id="rId149"/>
     <hyperlink ref="F150" r:id="rId150"/>
     <hyperlink ref="F151" r:id="rId151"/>
     <hyperlink ref="F152" r:id="rId152"/>
     <hyperlink ref="F153" r:id="rId153"/>
     <hyperlink ref="F154" r:id="rId154"/>
     <hyperlink ref="F155" r:id="rId155"/>
     <hyperlink ref="F156" r:id="rId156"/>
     <hyperlink ref="F157" r:id="rId157"/>
     <hyperlink ref="F158" r:id="rId158"/>
     <hyperlink ref="F159" r:id="rId159"/>
-    <hyperlink ref="F160" r:id="rId160"/>
-[...10 lines deleted...]
-    <hyperlink ref="F171" r:id="rId171"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>