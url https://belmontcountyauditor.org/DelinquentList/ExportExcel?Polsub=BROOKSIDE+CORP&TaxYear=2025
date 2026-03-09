--- v0 (2026-01-08)
+++ v1 (2026-03-09)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>23-00011.000</t>
   </si>
   <si>
     <t>HANKERING MTRS LLC</t>
   </si>
   <si>
@@ -190,93 +190,75 @@
   <si>
     <t>ELM ST</t>
   </si>
   <si>
     <t>23-00248.000</t>
   </si>
   <si>
     <t>ROBERTS SAMUEL C</t>
   </si>
   <si>
     <t>ARLINGTON ST</t>
   </si>
   <si>
     <t>23-00249.000</t>
   </si>
   <si>
     <t>23-00251.000</t>
   </si>
   <si>
     <t>23-00290.000</t>
   </si>
   <si>
     <t>THORMAN JOHNATHEN &amp; TAYLER</t>
   </si>
   <si>
-    <t>23-00324.000</t>
-[...7 lines deleted...]
-  <si>
     <t>23-00327.000</t>
   </si>
   <si>
     <t>WAKULCHIK PHILLIP M</t>
   </si>
   <si>
     <t>3 LOCUST AVE BROOKSIDE</t>
   </si>
   <si>
     <t>23-00331.000</t>
   </si>
   <si>
     <t>KUHN KORP LLC</t>
   </si>
   <si>
     <t>6 ELM ST</t>
   </si>
   <si>
     <t>23-00352.000</t>
   </si>
   <si>
     <t>MYERS STEVE W &amp; CARI M SURV</t>
   </si>
   <si>
     <t>871 NATIONAL RD</t>
-  </si>
-[...7 lines deleted...]
-    <t>890 NATIONAL RD</t>
   </si>
   <si>
     <t>23-60005.000</t>
   </si>
   <si>
     <t>CHURCH OF GOD</t>
   </si>
   <si>
     <t>859 NATIONAL RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -295,70 +277,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F27" headerRowCount="1">
-  <autoFilter ref="A1:F27"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F25" headerRowCount="1">
+  <autoFilter ref="A1:F25"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47963&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45566&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18049&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40853&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9232&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47963&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45566&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18049&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40853&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9232&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F27"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="35.74370193481445" customWidth="1"/>
     <col min="3" max="3" width="17.897350311279297" customWidth="1"/>
     <col min="4" max="4" width="26.769372940063477" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -442,71 +424,71 @@
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
         <v>2188.86</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>2910.45</v>
+        <v>2675.6</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>4788.28</v>
+        <v>3988.28</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
         <v>5825.67</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
@@ -762,166 +744,124 @@
       </c>
       <c r="D21" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E21" s="2">
         <v>193.08</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="2">
-        <v>910.22</v>
+        <v>842.34</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="2">
-        <v>842.34</v>
+        <v>1419.9</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="2">
-        <v>1419.9</v>
+        <v>741.1</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="2">
-        <v>741.1</v>
+        <v>195.23</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>10</v>
-[...38 lines deleted...]
-      <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
-    <hyperlink ref="F26" r:id="rId26"/>
-    <hyperlink ref="F27" r:id="rId27"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>