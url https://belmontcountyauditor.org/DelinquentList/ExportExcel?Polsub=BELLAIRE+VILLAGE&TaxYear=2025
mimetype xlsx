--- v0 (2026-01-25)
+++ v1 (2026-03-18)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1247" uniqueCount="1247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1189" uniqueCount="1189">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>29-00018.000</t>
   </si>
   <si>
     <t>SELLERS BRENDA JO &amp; ROBERT SURV</t>
   </si>
   <si>
@@ -205,59 +205,77 @@
   <si>
     <t>BATTISTELLI DANTE &amp; JOHN P RUPERT SURV</t>
   </si>
   <si>
     <t>1657 BELMONT ST REAR</t>
   </si>
   <si>
     <t>29-00132.000</t>
   </si>
   <si>
     <t>BELMONT ST</t>
   </si>
   <si>
     <t>29-00133.000</t>
   </si>
   <si>
     <t>29-00136.000</t>
   </si>
   <si>
     <t>1657 BELMONT ST</t>
   </si>
   <si>
     <t>29-00137.000</t>
   </si>
   <si>
+    <t>29-00141.000</t>
+  </si>
+  <si>
+    <t>ANASTASIA JOSEPH W &amp; KELLY LSURV</t>
+  </si>
+  <si>
+    <t>4174 FRANKLIN ST-4178 FRANKLIN</t>
+  </si>
+  <si>
     <t>29-00167.000</t>
   </si>
   <si>
     <t>SMITH SHELBIE YVONNE</t>
   </si>
   <si>
     <t>3665 MONROE ST</t>
   </si>
   <si>
+    <t>29-00173.000</t>
+  </si>
+  <si>
+    <t>AFTER HOURS APPLIANCE REPAIR INC</t>
+  </si>
+  <si>
+    <t>NOBLE ST</t>
+  </si>
+  <si>
     <t>29-00180.000</t>
   </si>
   <si>
     <t>4199 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-00202.000</t>
   </si>
   <si>
     <t>VALENTINE ISAIAH BRADLEY</t>
   </si>
   <si>
     <t>643 VINE ST</t>
   </si>
   <si>
     <t>29-00209.000</t>
   </si>
   <si>
     <t>BREEDEN THOMAS M</t>
   </si>
   <si>
     <t>23306 W 23RD ST</t>
   </si>
   <si>
     <t>29-00213.000</t>
@@ -448,107 +466,86 @@
   <si>
     <t>COST LISA ANN</t>
   </si>
   <si>
     <t>2 ND ST</t>
   </si>
   <si>
     <t>29-00355.000</t>
   </si>
   <si>
     <t>SCOTT GARY</t>
   </si>
   <si>
     <t>2781 WASHINGTON ST</t>
   </si>
   <si>
     <t>29-00362.000</t>
   </si>
   <si>
     <t>NOBLE SHANNON</t>
   </si>
   <si>
     <t>3837 HARRISON ST</t>
   </si>
   <si>
-    <t>29-00383.000</t>
-[...16 lines deleted...]
-  <si>
     <t>29-00402.000</t>
   </si>
   <si>
     <t>RUMORA PATRICK P &amp; KRISTIE J SURV</t>
   </si>
   <si>
     <t>SENECA ST</t>
   </si>
   <si>
     <t>29-00403.000</t>
   </si>
   <si>
     <t>2245 SENECA ST</t>
   </si>
   <si>
     <t>29-00426.000</t>
   </si>
   <si>
     <t>PRESUTTI ROGER J</t>
   </si>
   <si>
     <t>HARRISON ST</t>
   </si>
   <si>
     <t>29-00427.000</t>
   </si>
   <si>
     <t>644 42ND ST</t>
   </si>
   <si>
     <t>29-00428.000</t>
   </si>
   <si>
     <t>DUPLAGA STANLEY T SR &amp; SHARON K &amp; TRICIA K GOODE SURV</t>
   </si>
   <si>
-    <t>NOBLE ST</t>
-[...1 lines deleted...]
-  <si>
     <t>29-00429.000</t>
   </si>
   <si>
     <t>GONGLIK MARK ALAN</t>
   </si>
   <si>
     <t>4175 NOBLE ST</t>
   </si>
   <si>
     <t>29-00439.000</t>
   </si>
   <si>
     <t>HICKS JENNIFER L</t>
   </si>
   <si>
     <t>ANNE AVE</t>
   </si>
   <si>
     <t>29-00449.000</t>
   </si>
   <si>
     <t>SCOTT SUNNI RAE</t>
   </si>
   <si>
     <t>1 / 2 22ND ST REAR</t>
@@ -610,1895 +607,1799 @@
   <si>
     <t>29-00479.000</t>
   </si>
   <si>
     <t>COAL INC</t>
   </si>
   <si>
     <t>29-00500.000</t>
   </si>
   <si>
     <t>CONNORS CHARLES M</t>
   </si>
   <si>
     <t>3103 TRUMBULL ST</t>
   </si>
   <si>
     <t>29-00501.000</t>
   </si>
   <si>
     <t>29-00502.000</t>
   </si>
   <si>
     <t>29-00503.000</t>
   </si>
   <si>
-    <t>29-00504.000</t>
-[...2 lines deleted...]
-    <t>NELSON JENNIE</t>
+    <t>29-00518.000</t>
+  </si>
+  <si>
+    <t>BERARDI COLLEEN</t>
+  </si>
+  <si>
+    <t>3425 FRANKLIN ST-3427 FRANKLIN</t>
+  </si>
+  <si>
+    <t>29-00527.000</t>
+  </si>
+  <si>
+    <t>COWEN &amp; WADDEL TRUSTEES</t>
+  </si>
+  <si>
+    <t>41 ST ST</t>
+  </si>
+  <si>
+    <t>29-00528.000</t>
+  </si>
+  <si>
+    <t>ABOVE ROSSER</t>
+  </si>
+  <si>
+    <t>29-00529.000</t>
+  </si>
+  <si>
+    <t>29-00530.000</t>
+  </si>
+  <si>
+    <t>COWEN &amp; WADDELL TRUSTEES</t>
+  </si>
+  <si>
+    <t>29-00531.000</t>
+  </si>
+  <si>
+    <t>29-00532.000</t>
+  </si>
+  <si>
+    <t>29-00533.000</t>
+  </si>
+  <si>
+    <t>29-00534.000</t>
+  </si>
+  <si>
+    <t>29-00535.000</t>
+  </si>
+  <si>
+    <t>29-00536.000</t>
+  </si>
+  <si>
+    <t>FRY WILLIAM C</t>
+  </si>
+  <si>
+    <t>1477 BELMONT ST-1479 BELMONT</t>
+  </si>
+  <si>
+    <t>29-00539.000</t>
+  </si>
+  <si>
+    <t>ALEXANDER DANIEL J TRUSTEE</t>
+  </si>
+  <si>
+    <t>403 ROSSER AVE</t>
+  </si>
+  <si>
+    <t>29-00544.000</t>
+  </si>
+  <si>
+    <t>MOODISPAW JEANNETTE</t>
+  </si>
+  <si>
+    <t>3133 GUERNSEY ST</t>
+  </si>
+  <si>
+    <t>29-00545.000</t>
+  </si>
+  <si>
+    <t>VAUGHN THOMAS E</t>
+  </si>
+  <si>
+    <t>3157 HAMILTON ST</t>
+  </si>
+  <si>
+    <t>29-00562.000</t>
+  </si>
+  <si>
+    <t>HOSKINSON DANE &amp; TERESSA SURV</t>
+  </si>
+  <si>
+    <t>1769 GUERNSEY ST</t>
+  </si>
+  <si>
+    <t>29-00565.000</t>
+  </si>
+  <si>
+    <t>HICKS JENNIFER</t>
+  </si>
+  <si>
+    <t>4202 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-00581.000</t>
+  </si>
+  <si>
+    <t>2601 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-00591.000</t>
+  </si>
+  <si>
+    <t>PROBST BRENT</t>
   </si>
   <si>
     <t>FRANKLIN ST</t>
   </si>
   <si>
-    <t>29-00518.000</t>
-[...104 lines deleted...]
-    <t>REED CODY A &amp; NOELLE MATHENY SURV</t>
+    <t>29-00623.000</t>
+  </si>
+  <si>
+    <t>BEEVER JESSICA M</t>
+  </si>
+  <si>
+    <t>249 FRAZIER AVE</t>
+  </si>
+  <si>
+    <t>29-00676.000</t>
+  </si>
+  <si>
+    <t>SCOTT JAVON</t>
+  </si>
+  <si>
+    <t>4779 NOBLE ST</t>
+  </si>
+  <si>
+    <t>29-00685.000</t>
+  </si>
+  <si>
+    <t>STAMPS SANDRA &amp; CHEYENNE SURV</t>
+  </si>
+  <si>
+    <t>3228 MONROE ST</t>
+  </si>
+  <si>
+    <t>29-00699.000</t>
+  </si>
+  <si>
+    <t>SIRK MARY ETAL 1</t>
+  </si>
+  <si>
+    <t>3461 MONROE ST</t>
+  </si>
+  <si>
+    <t>29-00710.000</t>
+  </si>
+  <si>
+    <t>ANGELO SHIRLEY E &amp; JOSEPH III</t>
+  </si>
+  <si>
+    <t>29-00718.000</t>
+  </si>
+  <si>
+    <t>ANDERSON JAMES L</t>
+  </si>
+  <si>
+    <t>4219 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-00725.000</t>
+  </si>
+  <si>
+    <t>MASTERS AIMEE F</t>
+  </si>
+  <si>
+    <t>4807 NOBLE ST</t>
+  </si>
+  <si>
+    <t>29-00728.000</t>
+  </si>
+  <si>
+    <t>MCCORMICK CHARLENE</t>
+  </si>
+  <si>
+    <t>2305 W 23RD ST</t>
+  </si>
+  <si>
+    <t>29-00744.000</t>
+  </si>
+  <si>
+    <t>SMITH KIYONA</t>
+  </si>
+  <si>
+    <t>ATCHISON RD</t>
+  </si>
+  <si>
+    <t>29-00745.000</t>
+  </si>
+  <si>
+    <t>29-00746.000</t>
+  </si>
+  <si>
+    <t>5121 ATCHISON RD</t>
+  </si>
+  <si>
+    <t>29-00747.000</t>
+  </si>
+  <si>
+    <t>ATCHESON RD</t>
+  </si>
+  <si>
+    <t>29-00753.000</t>
+  </si>
+  <si>
+    <t>LASM LLC</t>
+  </si>
+  <si>
+    <t>29-00757.000</t>
+  </si>
+  <si>
+    <t>HOSKINSON MICHAEL R &amp; ROBIN L VITALE SURV</t>
+  </si>
+  <si>
+    <t>4456 4456 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-00761.000</t>
+  </si>
+  <si>
+    <t>DIERKES BONNIE LEE</t>
+  </si>
+  <si>
+    <t>4319 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-00772.000</t>
+  </si>
+  <si>
+    <t>MAUPIN DONALD LEE JR</t>
+  </si>
+  <si>
+    <t>1911 GUERNSEY ST</t>
+  </si>
+  <si>
+    <t>29-00790.000</t>
+  </si>
+  <si>
+    <t>SCHRAMM JOANNE &amp; LUKE SURV</t>
+  </si>
+  <si>
+    <t>1832 GUERNSEY ST-1834 GUERNSEY</t>
+  </si>
+  <si>
+    <t>29-00791.000</t>
+  </si>
+  <si>
+    <t>KRIVENKO ANDREW L</t>
+  </si>
+  <si>
+    <t>JEFFERSON ST</t>
+  </si>
+  <si>
+    <t>29-00817.000</t>
+  </si>
+  <si>
+    <t>HARRIS BARNARD L &amp; KIMBERLY J SURV</t>
+  </si>
+  <si>
+    <t>3635 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-00818.000</t>
+  </si>
+  <si>
+    <t>29-00827.000</t>
+  </si>
+  <si>
+    <t>4109 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-00869.000</t>
+  </si>
+  <si>
+    <t>HOLYAK RANDY &amp; TAMMY A HENRYSURV</t>
+  </si>
+  <si>
+    <t>3315 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-00877.000</t>
+  </si>
+  <si>
+    <t>DECKER NORMA JEAN</t>
+  </si>
+  <si>
+    <t>23323 W 23RD ST</t>
+  </si>
+  <si>
+    <t>29-00879.000</t>
+  </si>
+  <si>
+    <t>MCGARRY MICHAEL JOSEPH</t>
+  </si>
+  <si>
+    <t>3312 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-00896.000</t>
+  </si>
+  <si>
+    <t>BURRESS JOHN W III &amp; CYNTHIA JSURV</t>
+  </si>
+  <si>
+    <t>4567 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-00903.000</t>
+  </si>
+  <si>
+    <t>GRAY DALLAS</t>
+  </si>
+  <si>
+    <t>29-00904.000</t>
+  </si>
+  <si>
+    <t>29-00906.000</t>
+  </si>
+  <si>
+    <t>MOORE JACOB H</t>
+  </si>
+  <si>
+    <t>4286 NOBLE &amp; 4288 NOBLE ST</t>
+  </si>
+  <si>
+    <t>29-00914.000</t>
+  </si>
+  <si>
+    <t>3080 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-00921.000</t>
+  </si>
+  <si>
+    <t>ROBSON LORI A</t>
+  </si>
+  <si>
+    <t>353 FLORENCE ST</t>
+  </si>
+  <si>
+    <t>29-00922.000</t>
+  </si>
+  <si>
+    <t>HAMILTON BLAIR TRUSTEE</t>
+  </si>
+  <si>
+    <t>345 1ST ST</t>
+  </si>
+  <si>
+    <t>29-00923.000</t>
+  </si>
+  <si>
+    <t>FIRST AVE</t>
+  </si>
+  <si>
+    <t>29-00924.000</t>
+  </si>
+  <si>
+    <t>345 1ST AVE</t>
+  </si>
+  <si>
+    <t>29-00928.000</t>
+  </si>
+  <si>
+    <t>ZUK MEGAN L &amp; CODY T SURV</t>
+  </si>
+  <si>
+    <t>2656 BELMONT ST-2658 BELMONT</t>
+  </si>
+  <si>
+    <t>29-00950.000</t>
+  </si>
+  <si>
+    <t>BEATTY WALTER</t>
+  </si>
+  <si>
+    <t>3503 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-00952.000</t>
+  </si>
+  <si>
+    <t>OZCAN ADEM</t>
+  </si>
+  <si>
+    <t>126 ROSE HILL PIKE</t>
+  </si>
+  <si>
+    <t>29-00953.000</t>
+  </si>
+  <si>
+    <t>LITTELL ROBERT</t>
+  </si>
+  <si>
+    <t>4509 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-00954.000</t>
+  </si>
+  <si>
+    <t>29-00961.000</t>
+  </si>
+  <si>
+    <t>FORD WILLIE M JR &amp; JANET ANNESURV</t>
+  </si>
+  <si>
+    <t>3435 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-00970.000</t>
+  </si>
+  <si>
+    <t>SABATINO JEFFREY J &amp; SUSAN K ETAL 1 SURV</t>
+  </si>
+  <si>
+    <t>4287 FRANKLIN ST-4289 FRANKLIN</t>
+  </si>
+  <si>
+    <t>29-00971.000</t>
+  </si>
+  <si>
+    <t>4175 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-00991.000</t>
+  </si>
+  <si>
+    <t>FERRELL SHAWN</t>
+  </si>
+  <si>
+    <t>23331 W 23RD ST</t>
+  </si>
+  <si>
+    <t>29-00992.000</t>
+  </si>
+  <si>
+    <t>3 RD ST</t>
+  </si>
+  <si>
+    <t>29-00995.000</t>
+  </si>
+  <si>
+    <t>VANCUREN DANIEL P</t>
+  </si>
+  <si>
+    <t>242 WAGNER ST</t>
+  </si>
+  <si>
+    <t>29-00998.000</t>
+  </si>
+  <si>
+    <t>2590 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01021.000</t>
+  </si>
+  <si>
+    <t>FULCHER RONALD H ETAL 5</t>
+  </si>
+  <si>
+    <t>3572 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01028.000</t>
+  </si>
+  <si>
+    <t>SCHMIDT EVELYN J ETAL 2</t>
+  </si>
+  <si>
+    <t>29-01031.000</t>
+  </si>
+  <si>
+    <t>29-01032.000</t>
+  </si>
+  <si>
+    <t>29-01058.000</t>
+  </si>
+  <si>
+    <t>HAMILTON TIFFANY N</t>
+  </si>
+  <si>
+    <t>3525 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01077.000</t>
+  </si>
+  <si>
+    <t>CRISS LILLIAN</t>
+  </si>
+  <si>
+    <t>622 32ND ST</t>
+  </si>
+  <si>
+    <t>29-01082.000</t>
+  </si>
+  <si>
+    <t>SPRY MICHAEL</t>
+  </si>
+  <si>
+    <t>337 21ST ST</t>
+  </si>
+  <si>
+    <t>29-01086.000</t>
+  </si>
+  <si>
+    <t>29-01089.000</t>
+  </si>
+  <si>
+    <t>MCELROY PAUL MICHAEL</t>
+  </si>
+  <si>
+    <t>1905 GUERNSEY ST</t>
+  </si>
+  <si>
+    <t>29-01090.000</t>
+  </si>
+  <si>
+    <t>29-01091.000</t>
+  </si>
+  <si>
+    <t>1875 GUERNSEY ST</t>
+  </si>
+  <si>
+    <t>29-01106.000</t>
+  </si>
+  <si>
+    <t>BREWER JOSEPH E</t>
+  </si>
+  <si>
+    <t>4265 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01143.000</t>
+  </si>
+  <si>
+    <t>CROFT CAROL SUE</t>
+  </si>
+  <si>
+    <t>921 38TH ST</t>
+  </si>
+  <si>
+    <t>29-01145.000</t>
+  </si>
+  <si>
+    <t>MOORE CODY</t>
+  </si>
+  <si>
+    <t>3714 MONROE ST</t>
+  </si>
+  <si>
+    <t>29-01150.000</t>
+  </si>
+  <si>
+    <t>3457 FRANKLIN ST-3459 FRANKLIN</t>
+  </si>
+  <si>
+    <t>29-01152.000</t>
+  </si>
+  <si>
+    <t>GREEN JEREMIAH &amp; ROBERTA</t>
+  </si>
+  <si>
+    <t>29-01153.000</t>
+  </si>
+  <si>
+    <t>3049 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01154.000</t>
+  </si>
+  <si>
+    <t>JONES BEATRICE</t>
+  </si>
+  <si>
+    <t>4429 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01158.000</t>
+  </si>
+  <si>
+    <t>HELMS JAMES</t>
+  </si>
+  <si>
+    <t>3815 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01164.000</t>
+  </si>
+  <si>
+    <t>1485 BELMONT ST</t>
+  </si>
+  <si>
+    <t>29-01165.000</t>
+  </si>
+  <si>
+    <t>29-01179.000</t>
+  </si>
+  <si>
+    <t>DYER CAROLYN S &amp; TONY E HUGUS</t>
+  </si>
+  <si>
+    <t>3477 MONROE ST</t>
+  </si>
+  <si>
+    <t>29-01187.000</t>
+  </si>
+  <si>
+    <t>GRUBB KENNETH F</t>
+  </si>
+  <si>
+    <t>3662 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01191.000</t>
+  </si>
+  <si>
+    <t>RAY KIRK &amp; RANDI SURV</t>
+  </si>
+  <si>
+    <t>3240 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01216.000</t>
+  </si>
+  <si>
+    <t>LOWE KIMBERLEY R</t>
+  </si>
+  <si>
+    <t>4163 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01220.000</t>
+  </si>
+  <si>
+    <t>VANCAMP CONNIE LOU &amp; CARRIE JO SURV</t>
+  </si>
+  <si>
+    <t>3155 SPRUCE ST</t>
+  </si>
+  <si>
+    <t>29-01221.000</t>
+  </si>
+  <si>
+    <t>29-01238.000</t>
+  </si>
+  <si>
+    <t>HARVEY JOHN L ETALS</t>
+  </si>
+  <si>
+    <t>29-01239.000</t>
+  </si>
+  <si>
+    <t>3733 MONROE ST</t>
+  </si>
+  <si>
+    <t>29-01239.001</t>
+  </si>
+  <si>
+    <t>PATTERSON NADINE &amp; CHARISSE</t>
+  </si>
+  <si>
+    <t>3732 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01262.000</t>
+  </si>
+  <si>
+    <t>GRAY CHARLES L JR &amp; LORI A SURV</t>
+  </si>
+  <si>
+    <t>2825 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01264.000</t>
+  </si>
+  <si>
+    <t>JOHNSTON DOUGLAS</t>
+  </si>
+  <si>
+    <t>3817 STARK ST</t>
+  </si>
+  <si>
+    <t>29-01265.000</t>
+  </si>
+  <si>
+    <t>DEWITT DALE</t>
+  </si>
+  <si>
+    <t>32 ND ST</t>
+  </si>
+  <si>
+    <t>29-01278.000</t>
+  </si>
+  <si>
+    <t>MCGILTON JAMES D</t>
+  </si>
+  <si>
+    <t>29-01279.000</t>
+  </si>
+  <si>
+    <t>340 ANNE AVE</t>
+  </si>
+  <si>
+    <t>29-01288.000</t>
+  </si>
+  <si>
+    <t>WEST JAMES</t>
+  </si>
+  <si>
+    <t>3305 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01299.000</t>
+  </si>
+  <si>
+    <t>MOORE CINDY LEE</t>
+  </si>
+  <si>
+    <t>MAPLE ST</t>
+  </si>
+  <si>
+    <t>29-01302.000</t>
+  </si>
+  <si>
+    <t>COLEMAN DAVINA &amp; ROB ELLIS</t>
+  </si>
+  <si>
+    <t>3460 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01303.000</t>
+  </si>
+  <si>
+    <t>VALENTINE FRANK G</t>
+  </si>
+  <si>
+    <t>3403 CLINTON ST</t>
+  </si>
+  <si>
+    <t>29-01304.000</t>
+  </si>
+  <si>
+    <t>29-01305.000</t>
+  </si>
+  <si>
+    <t>CLIFFORD ANGELA M</t>
+  </si>
+  <si>
+    <t>1201 MAPLE ST</t>
+  </si>
+  <si>
+    <t>29-01328.000</t>
+  </si>
+  <si>
+    <t>HOLLINGSHEAD TERRY J</t>
+  </si>
+  <si>
+    <t>1 / 2 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01331.000</t>
+  </si>
+  <si>
+    <t>WATSON WILLIAM L &amp; CHRISTINE L</t>
+  </si>
+  <si>
+    <t>3349 3349 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01336.000</t>
+  </si>
+  <si>
+    <t>WIETHE LORI M</t>
+  </si>
+  <si>
+    <t>4244 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01344.000</t>
+  </si>
+  <si>
+    <t>FINNICUM RONALD G &amp; GINNIE MSURV</t>
+  </si>
+  <si>
+    <t>801 41ST ST</t>
+  </si>
+  <si>
+    <t>29-01346.000</t>
+  </si>
+  <si>
+    <t>MCBRIDE SEAN M</t>
+  </si>
+  <si>
+    <t>349 ROSSER AVE</t>
+  </si>
+  <si>
+    <t>29-01365.000</t>
+  </si>
+  <si>
+    <t>TRIAD PROPERTY INSPECTIONS LLC</t>
+  </si>
+  <si>
+    <t>3317 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01373.000</t>
+  </si>
+  <si>
+    <t>JUSTICE PATRICIA</t>
+  </si>
+  <si>
+    <t>4135 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01382.000</t>
+  </si>
+  <si>
+    <t>HOWELL WILLIAM M</t>
+  </si>
+  <si>
+    <t>1308 POPLAR ST</t>
+  </si>
+  <si>
+    <t>29-01388.000</t>
+  </si>
+  <si>
+    <t>MYLES CHRISTOPHER M &amp; RACHAEL L</t>
+  </si>
+  <si>
+    <t>4207 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01397.000</t>
+  </si>
+  <si>
+    <t>29-01401.000</t>
+  </si>
+  <si>
+    <t>WHETSTONE CLARENCE S &amp; RENEA A</t>
+  </si>
+  <si>
+    <t>402 ROSSER AVE</t>
+  </si>
+  <si>
+    <t>29-01420.000</t>
+  </si>
+  <si>
+    <t>COLE JAMIE A</t>
+  </si>
+  <si>
+    <t>351 19TH ST</t>
+  </si>
+  <si>
+    <t>29-01426.000</t>
+  </si>
+  <si>
+    <t>JJS PROPERTIES INC ETAL (1)</t>
+  </si>
+  <si>
+    <t>1769 BELMONT ST</t>
+  </si>
+  <si>
+    <t>29-01433.000</t>
+  </si>
+  <si>
+    <t>TRIBETT KENNETH E</t>
+  </si>
+  <si>
+    <t>29-01434.000</t>
+  </si>
+  <si>
+    <t>29-01435.000</t>
+  </si>
+  <si>
+    <t>3002 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01436.000</t>
+  </si>
+  <si>
+    <t>29-01452.000</t>
+  </si>
+  <si>
+    <t>JACKSON JAMES H</t>
+  </si>
+  <si>
+    <t>PINE ALLEY</t>
+  </si>
+  <si>
+    <t>29-01455.000</t>
+  </si>
+  <si>
+    <t>JACKSON KATHRYN</t>
+  </si>
+  <si>
+    <t>29-01462.001</t>
+  </si>
+  <si>
+    <t>GODDARD MASON J</t>
+  </si>
+  <si>
+    <t>HIGH ST</t>
+  </si>
+  <si>
+    <t>29-01463.000</t>
+  </si>
+  <si>
+    <t>HOLYAK RANDALL L SR ETAL 1 SURV</t>
+  </si>
+  <si>
+    <t>3444 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01466.000</t>
+  </si>
+  <si>
+    <t>AYERS BARBARA J</t>
+  </si>
+  <si>
+    <t>4152 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01469.000</t>
+  </si>
+  <si>
+    <t>WINES KATHERINE G &amp; HARRY E JR</t>
+  </si>
+  <si>
+    <t>4695 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01478.000</t>
+  </si>
+  <si>
+    <t>JACKSON KEGAN</t>
+  </si>
+  <si>
+    <t>190 TANEY AVE</t>
+  </si>
+  <si>
+    <t>29-01480.000</t>
+  </si>
+  <si>
+    <t>29-01481.000</t>
+  </si>
+  <si>
+    <t>JENKINS GEORGE L</t>
+  </si>
+  <si>
+    <t>TANEY AVE</t>
+  </si>
+  <si>
+    <t>29-01483.000</t>
+  </si>
+  <si>
+    <t>HODGSON TAMMY</t>
+  </si>
+  <si>
+    <t>4137 TRUMBULL ST-4139 TRUMBULL</t>
+  </si>
+  <si>
+    <t>29-01484.000</t>
+  </si>
+  <si>
+    <t>JENNINGS KAREN SUE</t>
+  </si>
+  <si>
+    <t>3043 GUERNSEY ST</t>
+  </si>
+  <si>
+    <t>29-01494.000</t>
+  </si>
+  <si>
+    <t>JOHNSON BELOVE</t>
+  </si>
+  <si>
+    <t>TRUMBULL ST CORNER</t>
+  </si>
+  <si>
+    <t>29-01495.000</t>
+  </si>
+  <si>
+    <t>3823 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01503.000</t>
+  </si>
+  <si>
+    <t>DELONG CECILLIA</t>
+  </si>
+  <si>
+    <t>4659 NOBLE ST</t>
+  </si>
+  <si>
+    <t>29-01506.000</t>
+  </si>
+  <si>
+    <t>MALLORY SHIRLEY A JOHNSON ETAL SURV</t>
+  </si>
+  <si>
+    <t>805 41ST ST</t>
+  </si>
+  <si>
+    <t>29-01507.000</t>
+  </si>
+  <si>
+    <t>HOLSTEIN RICHARD L &amp; HEATHER R OWENS SURV</t>
+  </si>
+  <si>
+    <t>3107 SPRUCE ST</t>
+  </si>
+  <si>
+    <t>29-01508.000</t>
+  </si>
+  <si>
+    <t>ZERCHER RICHARD</t>
+  </si>
+  <si>
+    <t>2985 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01518.000</t>
+  </si>
+  <si>
+    <t>TARIS MARY JEAN</t>
+  </si>
+  <si>
+    <t>4315 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01520.000</t>
+  </si>
+  <si>
+    <t>SOUTH WHEELING ESTATES LLC</t>
+  </si>
+  <si>
+    <t>4274 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01534.000</t>
+  </si>
+  <si>
+    <t>BRICKEEN EDWARD T JR</t>
+  </si>
+  <si>
+    <t>4515 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01541.000</t>
+  </si>
+  <si>
+    <t>4437 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01542.000</t>
+  </si>
+  <si>
+    <t>LONG JOSEPH E &amp; VIRGINIA SURV</t>
+  </si>
+  <si>
+    <t>4114 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01544.000</t>
+  </si>
+  <si>
+    <t>JONES DANIEL G &amp; MARGARET L</t>
+  </si>
+  <si>
+    <t>29-01545.000</t>
+  </si>
+  <si>
+    <t>4565 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01546.000</t>
+  </si>
+  <si>
+    <t>29-01547.000</t>
+  </si>
+  <si>
+    <t>29-01550.000</t>
+  </si>
+  <si>
+    <t>JONES RESHAWN L</t>
+  </si>
+  <si>
+    <t>29-01551.000</t>
+  </si>
+  <si>
+    <t>JORDON DOLORES</t>
+  </si>
+  <si>
+    <t>29-01552.000</t>
+  </si>
+  <si>
+    <t>4497 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01579.000</t>
+  </si>
+  <si>
+    <t>VALENTINE RICHARD B</t>
+  </si>
+  <si>
+    <t>3843 STARK ST</t>
+  </si>
+  <si>
+    <t>29-01586.000</t>
+  </si>
+  <si>
+    <t>KARVELLIS GEORGE</t>
+  </si>
+  <si>
+    <t>29-01591.000</t>
+  </si>
+  <si>
+    <t>KAVINTA LOUIS</t>
+  </si>
+  <si>
+    <t>29-01596.000</t>
+  </si>
+  <si>
+    <t>RICE JEFF &amp; SHAWNNA SURV</t>
+  </si>
+  <si>
+    <t>4345 JEFFERSON ST</t>
+  </si>
+  <si>
+    <t>29-01625.000</t>
+  </si>
+  <si>
+    <t>KILGORE MICHAEL MARTIN</t>
+  </si>
+  <si>
+    <t>4458 NOBLE ST</t>
+  </si>
+  <si>
+    <t>29-01639.000</t>
+  </si>
+  <si>
+    <t>G.C. RELIABLE RENTALS LLC</t>
+  </si>
+  <si>
+    <t>3336 GUERNSEY ST</t>
+  </si>
+  <si>
+    <t>29-01640.000</t>
+  </si>
+  <si>
+    <t>NEFERTITI TRUST</t>
+  </si>
+  <si>
+    <t>313 SPRING ST</t>
+  </si>
+  <si>
+    <t>29-01652.000</t>
+  </si>
+  <si>
+    <t>SHIPLEY VICKIE</t>
+  </si>
+  <si>
+    <t>4225 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01660.000</t>
+  </si>
+  <si>
+    <t>SHAVER GARY P JR &amp; NANCY SURV</t>
+  </si>
+  <si>
+    <t>2215 BELMONT ST</t>
+  </si>
+  <si>
+    <t>29-01662.000</t>
+  </si>
+  <si>
+    <t>SCOTT WILLIAM</t>
+  </si>
+  <si>
+    <t>4413 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01663.000</t>
+  </si>
+  <si>
+    <t>4411 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01668.000</t>
+  </si>
+  <si>
+    <t>3460 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01681.000</t>
+  </si>
+  <si>
+    <t>OROSZ ANDREW MIKE &amp; JESSICA SURV</t>
+  </si>
+  <si>
+    <t>1217 W WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01687.000</t>
+  </si>
+  <si>
+    <t>HOLT THOMAS D ETAL 3</t>
+  </si>
+  <si>
+    <t>3625 HARRISON ST</t>
+  </si>
+  <si>
+    <t>29-01703.000</t>
+  </si>
+  <si>
+    <t>TOLLIVER JOSHUA M</t>
+  </si>
+  <si>
+    <t>4253 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01707.000</t>
+  </si>
+  <si>
+    <t>29-01708.000</t>
+  </si>
+  <si>
+    <t>29-01719.000</t>
+  </si>
+  <si>
+    <t>MCGILTON TODD JOSEPH</t>
+  </si>
+  <si>
+    <t>959 CENTRAL AVE</t>
+  </si>
+  <si>
+    <t>29-01720.000</t>
+  </si>
+  <si>
+    <t>CICCIO APRIL</t>
+  </si>
+  <si>
+    <t>4244 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01721.000</t>
+  </si>
+  <si>
+    <t>BELMONT COUNTY LAND REUTILIZATION CORPORATION</t>
+  </si>
+  <si>
+    <t>4135 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01731.000</t>
+  </si>
+  <si>
+    <t>NAVENBERG KENNA L ETAL 1</t>
+  </si>
+  <si>
+    <t>MAPLE AVE</t>
+  </si>
+  <si>
+    <t>29-01732.000</t>
+  </si>
+  <si>
+    <t>SCOTT GENE</t>
+  </si>
+  <si>
+    <t>29-01734.000</t>
+  </si>
+  <si>
+    <t>1250 MAPLE AVE</t>
+  </si>
+  <si>
+    <t>29-01737.000</t>
+  </si>
+  <si>
+    <t>DUPLAGA STANLEY T SR &amp; SHARN K &amp; TRICIA K GOODE SURV</t>
+  </si>
+  <si>
+    <t>29-01738.000</t>
+  </si>
+  <si>
+    <t>DANIELS SAMUEL C</t>
+  </si>
+  <si>
+    <t>29-01739.000</t>
+  </si>
+  <si>
+    <t>LEE CHARISSE E ETALS</t>
+  </si>
+  <si>
+    <t>4479 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01764.000</t>
+  </si>
+  <si>
+    <t>JEFFREYS DORCAS F</t>
+  </si>
+  <si>
+    <t>3125 SPRUCE ST</t>
+  </si>
+  <si>
+    <t>29-01765.000</t>
+  </si>
+  <si>
+    <t>SPRUCE ST</t>
+  </si>
+  <si>
+    <t>29-01781.000</t>
+  </si>
+  <si>
+    <t>CONNORS CHARLES MATTHEW</t>
+  </si>
+  <si>
+    <t>3126 CLINTON ST</t>
+  </si>
+  <si>
+    <t>29-01792.000</t>
+  </si>
+  <si>
+    <t>BREEDEN DEREK E &amp; LAURA A SURV</t>
+  </si>
+  <si>
+    <t>4160 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01796.000</t>
+  </si>
+  <si>
+    <t>HIBBITTS EDDIE RAY</t>
+  </si>
+  <si>
+    <t>29-01797.000</t>
+  </si>
+  <si>
+    <t>367 ROSSER AVE</t>
+  </si>
+  <si>
+    <t>29-01803.000</t>
+  </si>
+  <si>
+    <t>GREGORY RANDY K II &amp; BRYANNA D SHEPHERD SURV</t>
+  </si>
+  <si>
+    <t>29-01804.000</t>
+  </si>
+  <si>
+    <t>29-01812.000</t>
+  </si>
+  <si>
+    <t>DYER LOGAN Q</t>
+  </si>
+  <si>
+    <t>133 ROSE HILL PIKE</t>
+  </si>
+  <si>
+    <t>29-01823.000</t>
+  </si>
+  <si>
+    <t>BRIGGS ROBERT T &amp; BOB ROBERT THOMAS BRIGGS SURV</t>
+  </si>
+  <si>
+    <t>3115 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>29-01829.000</t>
+  </si>
+  <si>
+    <t>COR. 44TH &amp; FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-01843.000</t>
+  </si>
+  <si>
+    <t>3151 HAMILTON ST</t>
+  </si>
+  <si>
+    <t>29-01847.000</t>
+  </si>
+  <si>
+    <t>PARKS MEGAN &amp; BRIAN FRANK</t>
+  </si>
+  <si>
+    <t>4407 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01859.000</t>
+  </si>
+  <si>
+    <t>BROCK NATHAN M &amp; LAYLA SURV</t>
+  </si>
+  <si>
+    <t>266 27TH ST</t>
+  </si>
+  <si>
+    <t>29-01877.000</t>
+  </si>
+  <si>
+    <t>VALENTINE FRANK</t>
+  </si>
+  <si>
+    <t>4438 NOBLE ST</t>
+  </si>
+  <si>
+    <t>29-01900.000</t>
+  </si>
+  <si>
+    <t>BATTISTELLI THOMAS E &amp; MARTHAD</t>
+  </si>
+  <si>
+    <t>3325 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01903.000</t>
+  </si>
+  <si>
+    <t>LINDSEY ZAC</t>
+  </si>
+  <si>
+    <t>346 21ST ST</t>
+  </si>
+  <si>
+    <t>29-01909.000</t>
+  </si>
+  <si>
+    <t>HOWELL JILL M</t>
+  </si>
+  <si>
+    <t>4311 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-01925.000</t>
+  </si>
+  <si>
+    <t>MASTRACCI JOSEPH M</t>
+  </si>
+  <si>
+    <t>3485 MONROE ST</t>
+  </si>
+  <si>
+    <t>29-01928.000</t>
+  </si>
+  <si>
+    <t>MCENDREE GLENN &amp; GLORIA SURV</t>
+  </si>
+  <si>
+    <t>3329 FRANKLIN ST-3331 FRANKLIN</t>
+  </si>
+  <si>
+    <t>29-01933.000</t>
+  </si>
+  <si>
+    <t>VILLAGE OF BELLAIRE OHIO</t>
+  </si>
+  <si>
+    <t>1855 GUERNSEY ST</t>
+  </si>
+  <si>
+    <t>29-01938.000</t>
+  </si>
+  <si>
+    <t>29-01947.000</t>
+  </si>
+  <si>
+    <t>LITTLETON KENDRA M</t>
+  </si>
+  <si>
+    <t>372 ROSSER AVE</t>
+  </si>
+  <si>
+    <t>29-01982.000</t>
+  </si>
+  <si>
+    <t>MILLER RHODA E</t>
+  </si>
+  <si>
+    <t>3547 MONROE ST</t>
+  </si>
+  <si>
+    <t>29-01992.000</t>
+  </si>
+  <si>
+    <t>29-02015.000</t>
+  </si>
+  <si>
+    <t>CENTRAL ST</t>
+  </si>
+  <si>
+    <t>29-02021.000</t>
+  </si>
+  <si>
+    <t>29-02023.000</t>
+  </si>
+  <si>
+    <t>MOORE WILLIAM EDWARD</t>
+  </si>
+  <si>
+    <t>2998 TRUMBULL ST</t>
+  </si>
+  <si>
+    <t>29-02028.000</t>
+  </si>
+  <si>
+    <t>MYERS CARL</t>
+  </si>
+  <si>
+    <t>361 ROSSER AVE</t>
+  </si>
+  <si>
+    <t>29-02030.000</t>
+  </si>
+  <si>
+    <t>MORO HELEN</t>
+  </si>
+  <si>
+    <t>355 ROSSER AVE</t>
+  </si>
+  <si>
+    <t>29-02031.000</t>
+  </si>
+  <si>
+    <t>3M VALLEY PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>356 ROSSER AVE</t>
+  </si>
+  <si>
+    <t>29-02033.000</t>
+  </si>
+  <si>
+    <t>29-02034.000</t>
+  </si>
+  <si>
+    <t>3035 FRANKLIN ST</t>
+  </si>
+  <si>
+    <t>29-02035.000</t>
+  </si>
+  <si>
+    <t>29-02036.000</t>
+  </si>
+  <si>
+    <t>29-02039.000</t>
+  </si>
+  <si>
+    <t>PATTERSON HEATHER</t>
+  </si>
+  <si>
+    <t>5021 ATCHISON RD</t>
+  </si>
+  <si>
+    <t>29-02052.000</t>
+  </si>
+  <si>
+    <t>FINNICUM STACIE A</t>
+  </si>
+  <si>
+    <t>349 12TH ST</t>
+  </si>
+  <si>
+    <t>29-02053.000</t>
+  </si>
+  <si>
+    <t>MURPHY MARIE</t>
   </si>
   <si>
     <t>GUERNSEY ST</t>
   </si>
   <si>
-    <t>29-00581.000</t>
-[...1522 lines deleted...]
-  <si>
     <t>29-02054.000</t>
   </si>
   <si>
     <t>29-02058.000</t>
   </si>
   <si>
     <t>3115 SPRUCE ST</t>
   </si>
   <si>
     <t>29-02061.000</t>
   </si>
   <si>
     <t>MURRAY MARY A</t>
   </si>
   <si>
     <t>3695 MONROE ST</t>
   </si>
   <si>
     <t>29-02067.000</t>
   </si>
   <si>
     <t>SHUNK DUSTIN</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
   <si>
     <t>29-02072.000</t>
   </si>
   <si>
     <t>LEWIS RICHARD &amp; MICHELLE</t>
   </si>
   <si>
+    <t>29-02073.000</t>
+  </si>
+  <si>
+    <t>4278 FRANKLIN ST</t>
+  </si>
+  <si>
     <t>29-02074.000</t>
   </si>
   <si>
     <t>MYERS GEORGE D</t>
   </si>
   <si>
     <t>29-02078.000</t>
   </si>
   <si>
     <t>AULT PAUL E</t>
   </si>
   <si>
     <t>4293 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-02080.000</t>
   </si>
   <si>
     <t>MCGARRY JASON</t>
   </si>
   <si>
     <t>SPRING ST</t>
   </si>
   <si>
     <t>29-02087.000</t>
   </si>
   <si>
     <t>MCCLAIN SUE</t>
   </si>
   <si>
     <t>29-02089.000</t>
   </si>
   <si>
     <t>WATER ST</t>
   </si>
   <si>
-    <t>29-02103.000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-02104.000</t>
   </si>
   <si>
     <t>BALL ROBERT L JR</t>
   </si>
   <si>
     <t>4585 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-02109.000</t>
   </si>
   <si>
     <t>MORGAN MICHAEL A</t>
   </si>
   <si>
     <t>339 21ST ST</t>
   </si>
   <si>
     <t>29-02141.000</t>
   </si>
   <si>
     <t>MCMILLEN JUNE</t>
   </si>
   <si>
     <t>29-02163.000</t>
   </si>
   <si>
     <t>THOMAS-WARNER PATRICIA ANN</t>
   </si>
   <si>
     <t>3608 HARRISON ST</t>
   </si>
   <si>
-    <t>29-02197.000</t>
-[...10 lines deleted...]
-  <si>
     <t>29-02201.000</t>
   </si>
   <si>
     <t>OBERLE KATHLEEN A</t>
   </si>
   <si>
     <t>4151 NOBLE ST</t>
   </si>
   <si>
     <t>29-02202.000</t>
   </si>
   <si>
     <t>MORELAND JOHN FRANKLIN</t>
   </si>
   <si>
     <t>3307 MONROE ST</t>
   </si>
   <si>
     <t>29-02206.000</t>
   </si>
   <si>
     <t>ROSKOVICH JOHN &amp; TAMMY SURV</t>
   </si>
   <si>
     <t>1517 HIGH ST</t>
   </si>
   <si>
     <t>29-02207.000</t>
   </si>
   <si>
     <t>29-02208.000</t>
   </si>
   <si>
-    <t>29-02216.000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-02227.000</t>
   </si>
   <si>
     <t>BOSTON WILLIAM T</t>
   </si>
   <si>
     <t>3499 CLINTON ST</t>
   </si>
   <si>
     <t>29-02228.000</t>
   </si>
   <si>
     <t>CATHERINE ST</t>
   </si>
   <si>
     <t>29-02241.000</t>
   </si>
   <si>
     <t>MCGARRY JUDITH</t>
   </si>
   <si>
     <t>394 ROSSER AVE</t>
   </si>
   <si>
     <t>29-02242.000</t>
   </si>
   <si>
-    <t>29-02275.000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-02286.000</t>
   </si>
   <si>
     <t>29-02290.000</t>
   </si>
   <si>
     <t>PEDELEOSE ERMA M</t>
   </si>
   <si>
     <t>924 CENTRAL AVE &amp; TRUMBULL ST</t>
   </si>
   <si>
     <t>29-02293.000</t>
   </si>
   <si>
     <t>BELLAIRE NEIGHBORHOOD DEVELOPMENT CORP</t>
   </si>
   <si>
     <t>29-02299.000</t>
   </si>
   <si>
     <t>HIGHLAND AVE</t>
   </si>
   <si>
     <t>29-02301.000</t>
@@ -2617,116 +2518,98 @@
   <si>
     <t>SHAW CATHY JO &amp; RONALD SURV</t>
   </si>
   <si>
     <t>218 DORER AVE</t>
   </si>
   <si>
     <t>29-02362.000</t>
   </si>
   <si>
     <t>KEAN WAYNE E &amp; TAMAARA J</t>
   </si>
   <si>
     <t>43 RD &amp; TRUMBULL</t>
   </si>
   <si>
     <t>29-02366.000</t>
   </si>
   <si>
     <t>PITTS KATHERINE J</t>
   </si>
   <si>
     <t>4151 TRUMBULL ST</t>
   </si>
   <si>
-    <t>29-02369.000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-02395.000</t>
   </si>
   <si>
     <t>ZACHARIAS DARLENE CAROL</t>
   </si>
   <si>
     <t>381 FLORENCE AVE</t>
   </si>
   <si>
     <t>29-02405.000</t>
   </si>
   <si>
     <t>BURKHART WALTER V</t>
   </si>
   <si>
     <t>354 ROSSER AVE</t>
   </si>
   <si>
     <t>29-02416.000</t>
   </si>
   <si>
     <t>PELKEY THEODORE E</t>
   </si>
   <si>
     <t>COR TRUMBULL &amp; 38TH ST</t>
   </si>
   <si>
     <t>29-02424.000</t>
   </si>
   <si>
-    <t>IRVINE CAPITAL LEGACY GROUP LLC</t>
+    <t>MIDWEST STRATEGIC SOLUTIONS LLC</t>
   </si>
   <si>
     <t>373 12TH ST &amp; FLORENCE AVE</t>
   </si>
   <si>
     <t>29-02430.000</t>
   </si>
   <si>
     <t>PEMPEK KATRINA</t>
   </si>
   <si>
     <t>3585 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-02431.000</t>
   </si>
   <si>
-    <t>29-02444.000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-02448.000</t>
   </si>
   <si>
     <t>RICHARDSON EDWIN LEE</t>
   </si>
   <si>
     <t>4492 PINE ALLEY</t>
   </si>
   <si>
     <t>29-02451.000</t>
   </si>
   <si>
     <t>RIEVES ROSALYN L ETAL</t>
   </si>
   <si>
     <t>29-02452.000</t>
   </si>
   <si>
     <t>RIPOLI FRANCIS A</t>
   </si>
   <si>
     <t>29-02453.000</t>
   </si>
   <si>
     <t>29-02454.000</t>
@@ -2755,51 +2638,51 @@
   <si>
     <t>PONSETTI THOMAS C</t>
   </si>
   <si>
     <t>3833 HARRISON ST</t>
   </si>
   <si>
     <t>29-02523.000</t>
   </si>
   <si>
     <t>PAYTON REBECCA LEE</t>
   </si>
   <si>
     <t>WAGNER ST</t>
   </si>
   <si>
     <t>29-02524.000</t>
   </si>
   <si>
     <t>322 WAGNER AVE</t>
   </si>
   <si>
     <t>29-02525.000</t>
   </si>
   <si>
-    <t>BRIGGS JESSICA D</t>
+    <t>COLEBANK JUSTIN N</t>
   </si>
   <si>
     <t>3561 TRUMBULL ST</t>
   </si>
   <si>
     <t>29-02530.000</t>
   </si>
   <si>
     <t>RUNYAN REAL ESTATE &amp; CONSTRUCTION CO INC</t>
   </si>
   <si>
     <t>120 - 130 23RD ST</t>
   </si>
   <si>
     <t>29-02532.000</t>
   </si>
   <si>
     <t>RUNYAN ELLSWORTH L</t>
   </si>
   <si>
     <t>29-02533.000</t>
   </si>
   <si>
     <t>1863 GUERNSEY ST</t>
   </si>
@@ -2818,68 +2701,50 @@
   <si>
     <t>BROWN DANIEL</t>
   </si>
   <si>
     <t>2920 HAMILTON ST</t>
   </si>
   <si>
     <t>29-02546.000</t>
   </si>
   <si>
     <t>NICE CHARLES SCOTT</t>
   </si>
   <si>
     <t>341 21ST ST</t>
   </si>
   <si>
     <t>29-02550.000</t>
   </si>
   <si>
     <t>ARCHER TAYLOR</t>
   </si>
   <si>
     <t>1775 GUERNSEY ST</t>
   </si>
   <si>
-    <t>29-02564.000</t>
-[...16 lines deleted...]
-  <si>
     <t>29-02576.000</t>
   </si>
   <si>
     <t>BOOTHE HOWARD B &amp; WILL A BOOTHE</t>
   </si>
   <si>
     <t>3563 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-02577.000</t>
   </si>
   <si>
     <t>JUSTICE MATTHEW JOSEPH</t>
   </si>
   <si>
     <t>106 23RD ST</t>
   </si>
   <si>
     <t>29-02579.000</t>
   </si>
   <si>
     <t>BURT JOSEPH IVAN</t>
   </si>
   <si>
     <t>4260 FRANKLIN ST</t>
@@ -2887,59 +2752,50 @@
   <si>
     <t>29-02591.000</t>
   </si>
   <si>
     <t>HOLLOWAY CHERYL L</t>
   </si>
   <si>
     <t>1281 WASHINGTON ST</t>
   </si>
   <si>
     <t>29-02600.000</t>
   </si>
   <si>
     <t>4255 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-02623.000</t>
   </si>
   <si>
     <t>GREEN WILLIE JR</t>
   </si>
   <si>
     <t>4278 TRUMBULL ST</t>
   </si>
   <si>
-    <t>29-02632.000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-02643.000</t>
   </si>
   <si>
     <t>MELLOTT BRENDA K</t>
   </si>
   <si>
     <t>4446 NOBLE ST</t>
   </si>
   <si>
     <t>29-02645.000</t>
   </si>
   <si>
     <t>933 32ND ST</t>
   </si>
   <si>
     <t>29-02646.000</t>
   </si>
   <si>
     <t>SELLS HEZEKIAH &amp; ELOISE</t>
   </si>
   <si>
     <t>ABOVE TRUMBULL</t>
   </si>
   <si>
     <t>29-02657.000</t>
@@ -3019,83 +2875,101 @@
   <si>
     <t>GREEN THOMAS</t>
   </si>
   <si>
     <t>2300 W 23RD ST</t>
   </si>
   <si>
     <t>29-02729.000</t>
   </si>
   <si>
     <t>NICHOLS TERESA ETAL 2</t>
   </si>
   <si>
     <t>345 12TH ST</t>
   </si>
   <si>
     <t>29-02740.000</t>
   </si>
   <si>
     <t>SNELL RUTH</t>
   </si>
   <si>
     <t>315 SPRING ST</t>
   </si>
   <si>
+    <t>29-02748.000</t>
+  </si>
+  <si>
+    <t>GRAY EVERETTE L &amp; ANGELIQUE D WILSON SURV</t>
+  </si>
+  <si>
+    <t>1735 GUERNSEY ST</t>
+  </si>
+  <si>
     <t>29-02785.000</t>
   </si>
   <si>
     <t>YOCUM THOMAS E</t>
   </si>
   <si>
     <t>2701 WASHINGTON ST</t>
   </si>
   <si>
     <t>29-02810.000</t>
   </si>
   <si>
     <t>RUSSELL DONALD H &amp; HOLLISTER S SURV ETAL 2</t>
   </si>
   <si>
     <t>2157 GUERNSEY ST</t>
   </si>
   <si>
     <t>29-02814.000</t>
   </si>
   <si>
     <t>3807 STARK ST</t>
   </si>
   <si>
     <t>29-02825.000</t>
   </si>
   <si>
     <t>STEVENS SHARON ANN</t>
   </si>
   <si>
     <t>5025 ATCHISON RD</t>
   </si>
   <si>
+    <t>29-02849.000</t>
+  </si>
+  <si>
+    <t>SIMPSON JEFFREY</t>
+  </si>
+  <si>
+    <t>63709 OLD WINDING HILL RD</t>
+  </si>
+  <si>
     <t>29-02864.000</t>
   </si>
   <si>
     <t>AFFORDABLE HOUSING PARTNERS INC</t>
   </si>
   <si>
     <t>3503 CLINTON ST</t>
   </si>
   <si>
     <t>29-02865.000</t>
   </si>
   <si>
     <t>29-02868.000</t>
   </si>
   <si>
     <t>FAZENBAKER THERESA &amp; THOMAS SURV</t>
   </si>
   <si>
     <t>4126 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-02870.000</t>
   </si>
   <si>
     <t>TARIS JOE &amp; MARY TARIS</t>
@@ -3118,155 +2992,137 @@
   <si>
     <t>COTHRAN CAMERON</t>
   </si>
   <si>
     <t>4333 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-02890.000</t>
   </si>
   <si>
     <t>TERRILL SANDRA L &amp; DOUGLAS R</t>
   </si>
   <si>
     <t>3672 GUERNSEY ST</t>
   </si>
   <si>
     <t>29-02894.000</t>
   </si>
   <si>
     <t>THATCHER JOHN M</t>
   </si>
   <si>
     <t>377 FLORENCE AVE</t>
   </si>
   <si>
-    <t>29-02908.000</t>
-[...16 lines deleted...]
-  <si>
     <t>29-02998.000</t>
   </si>
   <si>
     <t>BEAVER DAVID A</t>
   </si>
   <si>
     <t>3812 STARK ST</t>
   </si>
   <si>
     <t>29-03014.000</t>
   </si>
   <si>
     <t>SSY COLLECTIBLES PROP LLC</t>
   </si>
   <si>
     <t>2370 W 23RD ST</t>
   </si>
   <si>
     <t>29-03036.000</t>
   </si>
   <si>
     <t>TRIDIGO SAM ETAL</t>
   </si>
   <si>
     <t>29-03068.000</t>
   </si>
   <si>
     <t>JUSTICE JADE N</t>
   </si>
   <si>
     <t>4161 TRUMBULL ST</t>
   </si>
   <si>
-    <t>29-03073.000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-03082.000</t>
   </si>
   <si>
     <t>ZONKER TERRY &amp; SHELLY SURV</t>
   </si>
   <si>
     <t>2304 W 23RD ST</t>
   </si>
   <si>
     <t>29-03089.000</t>
   </si>
   <si>
     <t>VAVRA MICHAEL F</t>
   </si>
   <si>
     <t>29-03090.000</t>
   </si>
   <si>
     <t>29-03096.000</t>
   </si>
   <si>
     <t>JEFFRIES ROBERT W &amp; EDITH SURV</t>
   </si>
   <si>
     <t>4324 HARRISON ST</t>
   </si>
   <si>
     <t>29-03114.000</t>
   </si>
   <si>
     <t>ADAMS JACK R</t>
   </si>
   <si>
     <t>3109 WASHINGTON ST</t>
   </si>
   <si>
     <t>29-03116.000</t>
   </si>
   <si>
     <t>VINGINO DOROTHY</t>
   </si>
   <si>
     <t>4325 TRUMBULL ST</t>
   </si>
   <si>
+    <t>29-03124.000</t>
+  </si>
+  <si>
+    <t>HOCKER KATIE &amp; DALE DAVIS SURV</t>
+  </si>
+  <si>
+    <t>1866 GUERNSEY ST</t>
+  </si>
+  <si>
     <t>29-03132.000</t>
   </si>
   <si>
     <t>MCCLOUD CAROL &amp; JOHN SURV</t>
   </si>
   <si>
     <t>4602 HARRISON ST</t>
   </si>
   <si>
     <t>29-03137.000</t>
   </si>
   <si>
     <t>CETORELLI RANDY G ETAL 2</t>
   </si>
   <si>
     <t>46 TH ST</t>
   </si>
   <si>
     <t>29-03138.000</t>
   </si>
   <si>
     <t>LYNCH KATIE &amp; DORIS STEPHENSSURV</t>
   </si>
   <si>
     <t>4518 TRUMBULL ST</t>
@@ -3298,92 +3154,77 @@
   <si>
     <t>CENTRAL AVE</t>
   </si>
   <si>
     <t>29-03149.000</t>
   </si>
   <si>
     <t>29-03154.000</t>
   </si>
   <si>
     <t>WALKER WADE M &amp; ROBERTA M</t>
   </si>
   <si>
     <t>29-03155.000</t>
   </si>
   <si>
     <t>29-03156.000</t>
   </si>
   <si>
     <t>29-03157.000</t>
   </si>
   <si>
     <t>4555 TRUMBULL ST</t>
   </si>
   <si>
-    <t>29-03163.000</t>
-[...10 lines deleted...]
-  <si>
     <t>29-03176.000</t>
   </si>
   <si>
     <t>BELL BRANDI &amp; TIMOTHY</t>
   </si>
   <si>
     <t>1333 WASHINGTON ST</t>
   </si>
   <si>
     <t>29-03186.000</t>
   </si>
   <si>
     <t>WASHINGTON FANNIE</t>
   </si>
   <si>
     <t>29-03195.000</t>
   </si>
   <si>
     <t>MILLER LISA</t>
   </si>
   <si>
     <t>1797 BELMONT ST</t>
   </si>
   <si>
     <t>29-03196.000</t>
   </si>
   <si>
-    <t>MCMAHON CHARLOTTE A</t>
-[...1 lines deleted...]
-  <si>
     <t>329 22ND ST</t>
   </si>
   <si>
     <t>29-03213.000</t>
   </si>
   <si>
     <t>4515 TRUMBULL ST</t>
   </si>
   <si>
     <t>29-03231.000</t>
   </si>
   <si>
     <t>WHITE H JAYNE P</t>
   </si>
   <si>
     <t>4453 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-03234.000</t>
   </si>
   <si>
     <t>MEDZBILL SERVICES, INC.</t>
   </si>
   <si>
     <t>29-03237.000</t>
@@ -3421,86 +3262,92 @@
   <si>
     <t>29-03251.000</t>
   </si>
   <si>
     <t>WILLIAMS ALBERT</t>
   </si>
   <si>
     <t>4441 FRANKLIN ST</t>
   </si>
   <si>
     <t>29-03252.000</t>
   </si>
   <si>
     <t>WILLIAMS DANNY</t>
   </si>
   <si>
     <t>29-03253.000</t>
   </si>
   <si>
     <t>THOMPSON TRAMONE R</t>
   </si>
   <si>
     <t>2493 WASHINGTON ST-2495 WASHIN</t>
   </si>
   <si>
+    <t>29-03257.000</t>
+  </si>
+  <si>
+    <t>HOCKER KATIE E</t>
+  </si>
+  <si>
+    <t>1850 GUERNSEY ST</t>
+  </si>
+  <si>
     <t>29-03285.000</t>
   </si>
   <si>
     <t>WILLIS HOWARD L JR &amp; MELODY JANE SURV</t>
   </si>
   <si>
     <t>1851 GUERNSEY ST</t>
   </si>
   <si>
     <t>29-03286.000</t>
   </si>
   <si>
     <t>29-03288.000</t>
   </si>
   <si>
     <t>KOHER AARON &amp; SHANNON SURV</t>
   </si>
   <si>
     <t>4236 TRUMBULL ST</t>
   </si>
   <si>
     <t>29-03299.000</t>
   </si>
   <si>
     <t>WILLIAMS JEFF</t>
   </si>
   <si>
     <t>1309 HIGH ST W BELLAIRE</t>
   </si>
   <si>
     <t>29-03307.000</t>
   </si>
   <si>
-    <t>NICKERSON KRISTIAN</t>
-[...1 lines deleted...]
-  <si>
     <t>4300 43RD ST</t>
   </si>
   <si>
     <t>29-03332.000</t>
   </si>
   <si>
     <t>29-03333.000</t>
   </si>
   <si>
     <t>29-03334.000</t>
   </si>
   <si>
     <t>3135 TRUMBULL ST</t>
   </si>
   <si>
     <t>29-03346.000</t>
   </si>
   <si>
     <t>HUTCHISON DAKOTA S &amp; DANIELLE C SURV</t>
   </si>
   <si>
     <t>4642 NOBLE ST</t>
   </si>
   <si>
     <t>29-03352.000</t>
@@ -3553,104 +3400,92 @@
   <si>
     <t>29-03364.000</t>
   </si>
   <si>
     <t>29-03365.000</t>
   </si>
   <si>
     <t>29-03375.000</t>
   </si>
   <si>
     <t>HOCKER FRED JR</t>
   </si>
   <si>
     <t>4273 TRUMBULL ST</t>
   </si>
   <si>
     <t>29-03394.000</t>
   </si>
   <si>
     <t>BROWN KYLE H &amp; CORINA M</t>
   </si>
   <si>
     <t>3317 FRANKLIN ST</t>
   </si>
   <si>
-    <t>29-03412.000</t>
-[...1 lines deleted...]
-  <si>
     <t>29-03463.000</t>
   </si>
   <si>
     <t>SPRY REALTY LLC</t>
   </si>
   <si>
     <t>29-03476.000</t>
   </si>
   <si>
     <t>ZACCAGNINI NEAL</t>
   </si>
   <si>
     <t>3175 UNION ST</t>
   </si>
   <si>
     <t>29-03483.000</t>
   </si>
   <si>
     <t>4490 NOBLE ST</t>
   </si>
   <si>
     <t>29-03551.000</t>
   </si>
   <si>
     <t>BELL CHARLES R &amp; ANN E BOWMAN BELL SURV</t>
   </si>
   <si>
     <t>3043 BELMONT ST</t>
   </si>
   <si>
     <t>29-03565.000</t>
   </si>
   <si>
     <t>SMITH ANITA &amp; THOMAS E ETAL</t>
   </si>
   <si>
     <t>UNION ST</t>
   </si>
   <si>
     <t>29-03582.000</t>
   </si>
   <si>
-    <t>29-03612.000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-03638.000</t>
   </si>
   <si>
     <t>MOUNTAINEER PRODUCTS INC</t>
   </si>
   <si>
     <t>N GUERNSEY ST</t>
   </si>
   <si>
     <t>29-03668.000</t>
   </si>
   <si>
     <t>3018 BELMONT ST</t>
   </si>
   <si>
     <t>29-03677.000</t>
   </si>
   <si>
     <t>4308 43RD ST</t>
   </si>
   <si>
     <t>29-03775.000</t>
   </si>
   <si>
     <t>CARTER CLYDE L &amp; NORMA L</t>
@@ -3673,56 +3508,50 @@
   <si>
     <t>23 RD ST</t>
   </si>
   <si>
     <t>29-03840.000</t>
   </si>
   <si>
     <t>109 23RD ST</t>
   </si>
   <si>
     <t>29-03842.000</t>
   </si>
   <si>
     <t>111 23RD ST</t>
   </si>
   <si>
     <t>29-03848.000</t>
   </si>
   <si>
     <t>29-03873.000</t>
   </si>
   <si>
     <t>TRUXEL JASON</t>
   </si>
   <si>
-    <t>29-03892.000</t>
-[...4 lines deleted...]
-  <si>
     <t>29-03894.001</t>
   </si>
   <si>
     <t>29-03897.000</t>
   </si>
   <si>
     <t>YOHO CLARENCE</t>
   </si>
   <si>
     <t>29-03902.000</t>
   </si>
   <si>
     <t>VANNELLE SHAW INC</t>
   </si>
   <si>
     <t>24 TH &amp; 25TH ST</t>
   </si>
   <si>
     <t>29-03921.000</t>
   </si>
   <si>
     <t>29-04010.000</t>
   </si>
   <si>
     <t>RADER KEVIN D &amp; TIFFINI A</t>
@@ -3731,53 +3560,50 @@
     <t>THIRD AVE</t>
   </si>
   <si>
     <t>29-04198.000</t>
   </si>
   <si>
     <t>NICOLOZAKES RUSSELL</t>
   </si>
   <si>
     <t>2904748</t>
   </si>
   <si>
     <t>29-60033.000</t>
   </si>
   <si>
     <t>CHURCH BAPTIST</t>
   </si>
   <si>
     <t>29-60036.000</t>
   </si>
   <si>
     <t>CHURCH FIRST BAPTIST</t>
   </si>
   <si>
     <t>29-60038.000</t>
-  </si>
-[...1 lines deleted...]
-    <t>29-60040.000</t>
   </si>
   <si>
     <t>29-60046.000</t>
   </si>
   <si>
     <t>CHURCH PRESBYTERIAN</t>
   </si>
   <si>
     <t>29-60075.000</t>
   </si>
   <si>
     <t>ABOVE STARK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -3799,70 +3625,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F508" headerRowCount="1">
-  <autoFilter ref="A1:F508"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F483" headerRowCount="1">
+  <autoFilter ref="A1:F483"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47674&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56927&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56928&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45670&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32869&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5814&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11623&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8616&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8829&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45934&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4074&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5974&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12722&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13286&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13754&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13757&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43330&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13983&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45829&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47634&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44627&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17813&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13749&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19296&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20041&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25664&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40109&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21891&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47056&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24762&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1856&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25681&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25813&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26983&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46167&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=827&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46594&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9415&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34888&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35963&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14853&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31663&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55648&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39041&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5519&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33262&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3492&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43331&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22528&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26348&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40110&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43049&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40047&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44373&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8615&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12963&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34091&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59928&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9600&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32373&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53859&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54644&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59927&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55840&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55548&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56227&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16002&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57634&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57635&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43332&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20086&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5228&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32632&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9677&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47674&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56927&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56928&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45670&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5619&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32869&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5814&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11623&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8829&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45934&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4074&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5974&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12722&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13286&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13754&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13757&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43330&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13983&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=4013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45829&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47634&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44627&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=17956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13749&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19296&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20041&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25664&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40109&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21891&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3896&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47056&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24762&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=24773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1856&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25681&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25813&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26983&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46167&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=827&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46594&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=28967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9415&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=13202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34888&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=21231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35963&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=14853&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=29692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=36692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31663&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55648&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=35920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=58282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5519&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33262&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3492&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43331&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22528&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=22529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=26348&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=50816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40110&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43049&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40046&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=40047&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44373&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=19303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=44977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=34091&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59928&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=2908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=15210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9600&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=33370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=39282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=27843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32373&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=52729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=11746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=53859&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54644&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59927&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=25161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=48250&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=38008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=37140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=31650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55840&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55548&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=56227&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16002&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=6362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3487&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57633&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57634&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57635&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=55838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=1489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=57877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=51966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=41592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=12960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=16003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=18085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=23124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=7280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=43332&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=30096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=47325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=20086&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=42770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=46784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=8494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=32632&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=3106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=5977&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=45937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=59235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=54789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=10173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=69144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=73967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/ManufacturedHome?Property_ID=80075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://belmontcountyauditor.org/RealEstate/Index?Property_ID=9677&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F508"/>
+  <dimension ref="A1:F483"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="56.137481689453125" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="34.44952392578125" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -4306,671 +4132,671 @@
       </c>
       <c r="D23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="2">
         <v>185.16</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="2">
-        <v>4784.27</v>
+        <v>4724.48</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E25" s="2">
-        <v>2779.22</v>
+        <v>4784.27</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E26" s="2">
-        <v>2.53</v>
+        <v>1996.81</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="2">
-        <v>164.06</v>
+        <v>2779.22</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="2">
-        <v>11511.64</v>
+        <v>2.53</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E29" s="2">
-        <v>11903.51</v>
+        <v>164.06</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E30" s="2">
-        <v>199.78</v>
+        <v>11511.64</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="2">
-        <v>1290.19</v>
+        <v>11903.51</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>90</v>
       </c>
       <c r="E32" s="2">
-        <v>17564.77</v>
+        <v>199.78</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E33" s="2">
-        <v>371.09</v>
+        <v>1290.19</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="2">
-        <v>3777.9</v>
+        <v>17564.77</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="2">
-        <v>643.3</v>
+        <v>371.09</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E36" s="2">
-        <v>1.06</v>
+        <v>3777.9</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E37" s="2">
-        <v>199.19</v>
+        <v>643.3</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E38" s="2">
-        <v>631.41</v>
+        <v>1.06</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E39" s="2">
-        <v>6227.6</v>
+        <v>199.19</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E40" s="2">
-        <v>18773.61</v>
+        <v>631.41</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>117</v>
       </c>
       <c r="E41" s="2">
-        <v>4865.76</v>
+        <v>6227.6</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E42" s="2">
-        <v>15947.44</v>
+        <v>18773.61</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E43" s="2">
-        <v>1535.52</v>
+        <v>4865.76</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>28</v>
+        <v>126</v>
       </c>
       <c r="E44" s="2">
-        <v>84.54</v>
+        <v>15947.44</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E45" s="2">
-        <v>13441.97</v>
+        <v>1535.52</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>129</v>
+        <v>28</v>
       </c>
       <c r="E46" s="2">
-        <v>28987.79</v>
+        <v>84.54</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>132</v>
       </c>
       <c r="E47" s="2">
-        <v>143.42</v>
+        <v>13441.97</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E48" s="2">
-        <v>46.9</v>
+        <v>28987.79</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E49" s="2">
-        <v>7758.57</v>
+        <v>143.42</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>28</v>
+        <v>138</v>
       </c>
       <c r="E50" s="2">
-        <v>25473.93</v>
+        <v>46.9</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E51" s="2">
-        <v>12.79</v>
+        <v>7758.57</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="E52" s="2">
-        <v>22344.26</v>
+        <v>25473.93</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E53" s="2">
-        <v>1284.08</v>
+        <v>12.79</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="2">
-        <v>2799.91</v>
+        <v>22344.26</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>152</v>
       </c>
       <c r="E55" s="2">
-        <v>6</v>
+        <v>1284.08</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>155</v>
       </c>
       <c r="E56" s="2">
         <v>270.56</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
@@ -5023,9016 +4849,8516 @@
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>162</v>
       </c>
       <c r="E59" s="2">
         <v>268.38</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="E60" s="2">
         <v>204.18</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E61" s="2">
         <v>33688.42</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E62" s="2">
         <v>10548.02</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E63" s="2">
         <v>265.06</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E64" s="2">
         <v>25947.21</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E65" s="2">
         <v>16992.1</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E66" s="2">
         <v>21748.55</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E67" s="2">
         <v>78.6</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E68" s="2">
         <v>3717.6</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="E69" s="2">
         <v>32.86</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="E70" s="2">
         <v>41.39</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E71" s="2">
         <v>1230.42</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E72" s="2">
         <v>244.75</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E73" s="2">
         <v>952.31</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E74" s="2">
         <v>31.25</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E75" s="2">
         <v>38.54</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E76" s="2">
         <v>70.01</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="2">
-        <v>0.05</v>
+        <v>38654.56</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C78" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E78" s="2">
-        <v>38654.56</v>
+        <v>541.67</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B79" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E79" s="2">
-        <v>541.67</v>
+        <v>710.98</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E80" s="2">
         <v>710.98</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="E81" s="2">
-        <v>710.98</v>
+        <v>941.66</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>211</v>
+        <v>170</v>
       </c>
       <c r="E82" s="2">
-        <v>941.66</v>
+        <v>766.5</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E83" s="2">
         <v>766.5</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E84" s="2">
         <v>766.5</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E85" s="2">
         <v>766.5</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E86" s="2">
         <v>766.5</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>171</v>
+        <v>218</v>
       </c>
       <c r="E87" s="2">
-        <v>766.5</v>
+        <v>786.23</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>786.23</v>
+        <v>15936.28</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C89" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" s="2">
-        <v>15936.28</v>
+        <v>8614.13</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="B90" s="0" t="s">
+      <c r="C90" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C90" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" s="2">
-        <v>9119.13</v>
+        <v>16684.78</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="C91" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E91" s="2">
-        <v>16684.78</v>
+        <v>18626.17</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="C92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="2">
-        <v>18626.17</v>
+        <v>1690.59</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>1690.59</v>
+        <v>22311.08</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="B94" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E94" s="2">
-        <v>0.54</v>
+        <v>10077.99</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="B95" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E95" s="2">
-        <v>22311.08</v>
+        <v>4268.45</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="C96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>10077.99</v>
+        <v>6368.43</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>203</v>
+        <v>247</v>
       </c>
       <c r="E97" s="2">
-        <v>0.35</v>
+        <v>852.08</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E98" s="2">
-        <v>4268.45</v>
+        <v>5990.87</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="E99" s="2">
-        <v>6368.43</v>
+        <v>0.84</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>255</v>
       </c>
       <c r="E100" s="2">
-        <v>852.08</v>
+        <v>1155.39</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>258</v>
       </c>
       <c r="E101" s="2">
-        <v>5990.87</v>
+        <v>437.78</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>108</v>
+        <v>261</v>
       </c>
       <c r="E102" s="2">
-        <v>0.14</v>
+        <v>9838.45</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>203</v>
+        <v>264</v>
       </c>
       <c r="E103" s="2">
-        <v>0.84</v>
+        <v>79.01</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>264</v>
       </c>
       <c r="E104" s="2">
-        <v>1155.39</v>
+        <v>79.01</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>267</v>
       </c>
       <c r="E105" s="2">
-        <v>437.78</v>
+        <v>1048.74</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B106" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="C106" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E106" s="2">
-        <v>9838.45</v>
+        <v>79.01</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="B107" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="B107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>273</v>
+        <v>74</v>
       </c>
       <c r="E107" s="2">
         <v>79.01</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="B108" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E108" s="2">
-        <v>79.01</v>
+        <v>1251.83</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E109" s="2">
-        <v>1048.74</v>
+        <v>12073.24</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E110" s="2">
-        <v>79.01</v>
+        <v>245.53</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>165</v>
+        <v>283</v>
       </c>
       <c r="E111" s="2">
-        <v>79.01</v>
+        <v>22350.03</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="E112" s="2">
-        <v>1251.83</v>
+        <v>837.66</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E113" s="2">
-        <v>12073.24</v>
+        <v>625.77</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>289</v>
       </c>
       <c r="E114" s="2">
-        <v>245.53</v>
+        <v>50.05</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>291</v>
+        <v>47</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>292</v>
       </c>
       <c r="E115" s="2">
-        <v>22350.03</v>
+        <v>814.62</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>294</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>295</v>
       </c>
       <c r="E116" s="2">
-        <v>837.66</v>
+        <v>13578.75</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>297</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>298</v>
       </c>
       <c r="E117" s="2">
-        <v>625.77</v>
+        <v>26052.04</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="E118" s="2">
-        <v>50.05</v>
+        <v>7902.4</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>47</v>
+        <v>303</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E119" s="2">
-        <v>814.62</v>
+        <v>24070.62</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>304</v>
+        <v>114</v>
       </c>
       <c r="E120" s="2">
-        <v>0.57</v>
+        <v>1343.9</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>307</v>
+        <v>114</v>
       </c>
       <c r="E121" s="2">
-        <v>13678.75</v>
+        <v>4034.3</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>310</v>
       </c>
       <c r="E122" s="2">
-        <v>26052.04</v>
+        <v>1821.04</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B123" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="C123" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E123" s="2">
-        <v>7902.4</v>
+        <v>423.4</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B124" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="B124" s="0" t="s">
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C124" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E124" s="2">
-        <v>24070.62</v>
+        <v>7039.12</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="B125" s="0" t="s">
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="C125" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E125" s="2">
-        <v>1343.9</v>
+        <v>26.78</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>108</v>
+        <v>320</v>
       </c>
       <c r="E126" s="2">
-        <v>4034.3</v>
+        <v>238.41</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>322</v>
       </c>
       <c r="E127" s="2">
-        <v>1821.04</v>
+        <v>1264.54</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>323</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>47</v>
+        <v>324</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E128" s="2">
-        <v>423.4</v>
+        <v>992.86</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E129" s="2">
-        <v>142.05</v>
+        <v>15973.1</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E130" s="2">
-        <v>7039.12</v>
+        <v>301.88</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E131" s="2">
-        <v>26.78</v>
+        <v>3005.74</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>335</v>
+        <v>28</v>
       </c>
       <c r="E132" s="2">
-        <v>238.41</v>
+        <v>71.83</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E133" s="2">
-        <v>1264.54</v>
+        <v>21599.52</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E134" s="2">
-        <v>992.86</v>
+        <v>12495.1</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>342</v>
+        <v>24</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>343</v>
       </c>
       <c r="E135" s="2">
-        <v>15973.1</v>
+        <v>790.19</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>346</v>
       </c>
       <c r="E136" s="2">
-        <v>301.88</v>
+        <v>9942.66</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B137" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="C137" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E137" s="2">
-        <v>3005.74</v>
+        <v>246.55</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="B138" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="B138" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>28</v>
+        <v>351</v>
       </c>
       <c r="E138" s="2">
-        <v>71.83</v>
+        <v>27.87</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>352</v>
+        <v>134</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>353</v>
       </c>
       <c r="E139" s="2">
-        <v>21599.52</v>
+        <v>34479.57</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>354</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>355</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>356</v>
       </c>
       <c r="E140" s="2">
-        <v>12495.1</v>
+        <v>15626.68</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>24</v>
+        <v>358</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>358</v>
+        <v>74</v>
       </c>
       <c r="E141" s="2">
-        <v>790.19</v>
+        <v>9.79</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>359</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>361</v>
+        <v>28</v>
       </c>
       <c r="E142" s="2">
-        <v>77.55</v>
+        <v>485.82</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>364</v>
+        <v>28</v>
       </c>
       <c r="E143" s="2">
-        <v>9942.66</v>
+        <v>123.18</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B144" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="C144" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E144" s="2">
-        <v>246.55</v>
+        <v>10150.32</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="E145" s="2">
-        <v>27.87</v>
+        <v>21678.94</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>128</v>
+        <v>368</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="E146" s="2">
-        <v>34479.57</v>
+        <v>0.4</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>373</v>
+        <v>263</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>374</v>
+        <v>264</v>
       </c>
       <c r="E147" s="2">
-        <v>15626.68</v>
+        <v>79.01</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>165</v>
+        <v>373</v>
       </c>
       <c r="E148" s="2">
-        <v>9.79</v>
+        <v>446.66</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>28</v>
+        <v>373</v>
       </c>
       <c r="E149" s="2">
-        <v>485.82</v>
+        <v>48.85</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B150" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D150" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="C150" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E150" s="2">
-        <v>123.18</v>
+        <v>12977.59</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" s="0" t="s">
         <v>379</v>
       </c>
-      <c r="B151" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E151" s="2">
-        <v>10150.32</v>
+        <v>1163.56</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" s="0" t="s">
         <v>382</v>
       </c>
-      <c r="B152" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E152" s="2">
-        <v>21678.94</v>
+        <v>4895.95</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="0" t="s">
         <v>385</v>
       </c>
-      <c r="B153" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E153" s="2">
-        <v>0.4</v>
+        <v>68.84</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>272</v>
+        <v>47</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>273</v>
+        <v>387</v>
       </c>
       <c r="E154" s="2">
-        <v>79.01</v>
+        <v>468.11</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="B155" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>391</v>
+        <v>114</v>
       </c>
       <c r="E155" s="2">
-        <v>446.66</v>
+        <v>40.45</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>391</v>
       </c>
       <c r="E156" s="2">
-        <v>48.85</v>
+        <v>40.45</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B157" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>394</v>
       </c>
       <c r="E157" s="2">
-        <v>12977.59</v>
+        <v>909.59</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>395</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>396</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>397</v>
       </c>
       <c r="E158" s="2">
-        <v>1163.56</v>
+        <v>203.89</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>398</v>
       </c>
       <c r="B159" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C159" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E159" s="2">
-        <v>4895.95</v>
+        <v>891.65</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>402</v>
+        <v>217</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="E160" s="2">
-        <v>68.84</v>
+        <v>44.96</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>47</v>
+        <v>402</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="E161" s="2">
-        <v>468.11</v>
+        <v>20015.84</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="B162" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E162" s="2">
-        <v>40.45</v>
+        <v>2993.91</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B163" s="0" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>409</v>
       </c>
       <c r="E163" s="2">
-        <v>40.45</v>
+        <v>1245.06</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>410</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>411</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>412</v>
       </c>
       <c r="E164" s="2">
-        <v>909.59</v>
+        <v>11126.18</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>413</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>415</v>
       </c>
       <c r="E165" s="2">
-        <v>203.89</v>
+        <v>639.4</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>416</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>221</v>
+        <v>414</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="E166" s="2">
-        <v>891.65</v>
+        <v>17211.75</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="B167" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="B167" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>417</v>
+        <v>238</v>
       </c>
       <c r="E167" s="2">
-        <v>44.96</v>
+        <v>6213.03</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
         <v>419</v>
       </c>
       <c r="B168" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C168" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E168" s="2">
-        <v>20015.84</v>
+        <v>479.2</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>422</v>
       </c>
-      <c r="B169" s="0" t="s">
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C169" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E169" s="2">
-        <v>2993.91</v>
+        <v>20048.82</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="B170" s="0" t="s">
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="C170" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E170" s="2">
-        <v>1245.06</v>
+        <v>50.98</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="B171" s="0" t="s">
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="C171" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E171" s="2">
-        <v>11126.18</v>
+        <v>9976.27</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="B172" s="0" t="s">
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="0" t="s">
         <v>432</v>
       </c>
-      <c r="C172" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E172" s="2">
-        <v>639.4</v>
+        <v>21409.98</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="B173" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>433</v>
+        <v>170</v>
       </c>
       <c r="E173" s="2">
-        <v>17211.75</v>
+        <v>95.43</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B174" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="0" t="s">
         <v>436</v>
       </c>
-      <c r="C174" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E174" s="2">
-        <v>6213.03</v>
+        <v>92.68</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>47</v>
+        <v>438</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E175" s="2">
-        <v>479.2</v>
+        <v>14760.33</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E176" s="2">
-        <v>20048.82</v>
+        <v>138.72</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E177" s="2">
-        <v>395.11</v>
+        <v>1653.52</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E178" s="2">
-        <v>50.98</v>
+        <v>72.13</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>450</v>
+        <v>138</v>
       </c>
       <c r="E179" s="2">
-        <v>9976.27</v>
+        <v>72.73</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B180" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="B180" s="0" t="s">
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="0" t="s">
         <v>452</v>
       </c>
-      <c r="C180" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E180" s="2">
-        <v>21409.98</v>
+        <v>1375.46</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B181" s="0" t="s">
         <v>454</v>
       </c>
-      <c r="B181" s="0" t="s">
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C181" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E181" s="2">
-        <v>10.22</v>
+        <v>11660.85</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
         <v>456</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>457</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>171</v>
+        <v>458</v>
       </c>
       <c r="E182" s="2">
-        <v>95.43</v>
+        <v>112.39</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="E183" s="2">
-        <v>92.68</v>
+        <v>9138.75</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E184" s="2">
-        <v>14760.33</v>
+        <v>2476.47</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E185" s="2">
-        <v>138.72</v>
+        <v>10929.56</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="E186" s="2">
-        <v>1653.52</v>
+        <v>191.83</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="E187" s="2">
-        <v>72.13</v>
+        <v>14099.28</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>132</v>
+        <v>476</v>
       </c>
       <c r="E188" s="2">
-        <v>72.73</v>
+        <v>14885.12</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="E189" s="2">
-        <v>1375.46</v>
+        <v>16010.13</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>477</v>
+        <v>195</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>478</v>
+        <v>28</v>
       </c>
       <c r="E190" s="2">
-        <v>11660.85</v>
+        <v>49.82</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="E191" s="2">
-        <v>112.39</v>
+        <v>16105.82</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="E192" s="2">
-        <v>9138.75</v>
+        <v>22117.26</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="E193" s="2">
-        <v>2476.47</v>
+        <v>126.51</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>490</v>
+        <v>114</v>
       </c>
       <c r="E194" s="2">
-        <v>10929.56</v>
+        <v>232.25</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="B195" s="0" t="s">
         <v>491</v>
       </c>
-      <c r="B195" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>493</v>
+        <v>114</v>
       </c>
       <c r="E195" s="2">
-        <v>453.72</v>
+        <v>249.86</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" s="0" t="s">
         <v>494</v>
       </c>
-      <c r="B196" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E196" s="2">
-        <v>14099.28</v>
+        <v>9197.41</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>499</v>
+        <v>114</v>
       </c>
       <c r="E197" s="2">
-        <v>14885.12</v>
+        <v>606.31</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="E198" s="2">
-        <v>16010.13</v>
+        <v>11552.23</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>196</v>
+        <v>500</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>28</v>
+        <v>238</v>
       </c>
       <c r="E199" s="2">
-        <v>49.82</v>
+        <v>44566.19</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="E200" s="2">
-        <v>16105.82</v>
+        <v>24.16</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="E201" s="2">
-        <v>22117.26</v>
+        <v>23321.88</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="E202" s="2">
-        <v>126.51</v>
+        <v>4242.17</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>108</v>
+        <v>512</v>
       </c>
       <c r="E203" s="2">
-        <v>232.25</v>
+        <v>1081.39</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>108</v>
+        <v>515</v>
       </c>
       <c r="E204" s="2">
-        <v>249.86</v>
+        <v>89.29</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
         <v>516</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="E205" s="2">
-        <v>9197.41</v>
+        <v>83.08</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>518</v>
       </c>
-      <c r="B206" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>108</v>
+        <v>519</v>
       </c>
       <c r="E206" s="2">
-        <v>606.31</v>
+        <v>692.87</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E207" s="2">
-        <v>11552.23</v>
+        <v>18667.56</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>203</v>
+        <v>525</v>
       </c>
       <c r="E208" s="2">
-        <v>44566.19</v>
+        <v>39310.14</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="E209" s="2">
-        <v>24.16</v>
+        <v>10659.1</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>528</v>
+        <v>24</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E210" s="2">
-        <v>23321.88</v>
+        <v>1815.05</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="E211" s="2">
-        <v>4242.17</v>
+        <v>2526.32</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E212" s="2">
-        <v>1081.39</v>
+        <v>2756.37</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E213" s="2">
-        <v>89.29</v>
+        <v>301.19</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="E214" s="2">
-        <v>83.08</v>
+        <v>20255.08</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E215" s="2">
-        <v>692.87</v>
+        <v>813.54</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="E216" s="2">
-        <v>18667.56</v>
+        <v>3239.48</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="E217" s="2">
-        <v>39310.14</v>
+        <v>213.26</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>550</v>
+        <v>393</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E218" s="2">
-        <v>10659.1</v>
+        <v>13368.9</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>24</v>
+        <v>555</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="E219" s="2">
-        <v>1815.05</v>
+        <v>13793.49</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>556</v>
+        <v>238</v>
       </c>
       <c r="E220" s="2">
-        <v>2526.32</v>
+        <v>734.02</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>558</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E221" s="2">
-        <v>2756.37</v>
+        <v>2667.32</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>562</v>
+        <v>238</v>
       </c>
       <c r="E222" s="2">
-        <v>301.19</v>
+        <v>958.48</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>565</v>
+        <v>238</v>
       </c>
       <c r="E223" s="2">
-        <v>20255.08</v>
+        <v>734.02</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>568</v>
+        <v>238</v>
       </c>
       <c r="E224" s="2">
-        <v>813.54</v>
+        <v>2816.16</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>571</v>
+        <v>498</v>
       </c>
       <c r="E225" s="2">
-        <v>3239.48</v>
+        <v>470.13</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="E226" s="2">
-        <v>213.26</v>
+        <v>8510.84</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>411</v>
+        <v>570</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="E227" s="2">
-        <v>13368.9</v>
+        <v>2984.32</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>579</v>
+        <v>61</v>
       </c>
       <c r="E228" s="2">
-        <v>13793.49</v>
+        <v>117.04</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>203</v>
+        <v>160</v>
       </c>
       <c r="E229" s="2">
-        <v>734.02</v>
+        <v>1489.01</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="E230" s="2">
-        <v>2667.32</v>
+        <v>1449.37</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="B231" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D231" s="0" t="s">
         <v>581</v>
       </c>
-      <c r="C231" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E231" s="2">
-        <v>958.48</v>
+        <v>3420.43</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>203</v>
+        <v>584</v>
       </c>
       <c r="E232" s="2">
-        <v>734.02</v>
+        <v>100.71</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B233" s="0" t="s">
         <v>586</v>
       </c>
-      <c r="B233" s="0" t="s">
+      <c r="C233" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D233" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="C233" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E233" s="2">
-        <v>2816.16</v>
+        <v>326.53</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>588</v>
       </c>
       <c r="B234" s="0" t="s">
         <v>589</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>521</v>
+        <v>590</v>
       </c>
       <c r="E234" s="2">
-        <v>470.13</v>
+        <v>2106.62</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="E235" s="2">
-        <v>8510.84</v>
+        <v>14245.17</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E236" s="2">
-        <v>2984.32</v>
+        <v>657.38</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="B237" s="0" t="s">
         <v>595</v>
       </c>
-      <c r="B237" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>61</v>
+        <v>598</v>
       </c>
       <c r="E237" s="2">
-        <v>117.04</v>
+        <v>5163.44</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>598</v>
+        <v>47</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>160</v>
+        <v>600</v>
       </c>
       <c r="E238" s="2">
-        <v>1489.01</v>
+        <v>674.99</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E239" s="2">
-        <v>1449.37</v>
+        <v>17001.77</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="E240" s="2">
-        <v>3667.43</v>
+        <v>2501.55</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="E241" s="2">
-        <v>100.71</v>
+        <v>5216.71</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>609</v>
+        <v>21</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>610</v>
+        <v>74</v>
       </c>
       <c r="E242" s="2">
-        <v>326.53</v>
+        <v>59.92</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
         <v>611</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>612</v>
+        <v>21</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>613</v>
+        <v>74</v>
       </c>
       <c r="E243" s="2">
-        <v>2106.62</v>
+        <v>59.92</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D244" s="0" t="s">
         <v>614</v>
       </c>
-      <c r="B244" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E244" s="2">
-        <v>14245.17</v>
+        <v>340.55</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D245" s="0" t="s">
         <v>617</v>
       </c>
-      <c r="B245" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E245" s="2">
-        <v>657.38</v>
+        <v>2800.19</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D246" s="0" t="s">
         <v>620</v>
       </c>
-      <c r="B246" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E246" s="2">
-        <v>5163.44</v>
+        <v>11250.35</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B247" s="0" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D247" s="0" t="s">
         <v>623</v>
       </c>
       <c r="E247" s="2">
-        <v>674.99</v>
+        <v>100.38</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
         <v>624</v>
       </c>
       <c r="B248" s="0" t="s">
         <v>625</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>626</v>
+        <v>238</v>
       </c>
       <c r="E248" s="2">
-        <v>17001.77</v>
+        <v>33.25</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D249" s="0" t="s">
         <v>627</v>
       </c>
-      <c r="B249" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E249" s="2">
-        <v>2501.55</v>
+        <v>305.92</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>632</v>
+        <v>74</v>
       </c>
       <c r="E250" s="2">
-        <v>5216.71</v>
+        <v>523.76</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>21</v>
+        <v>631</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>165</v>
+        <v>238</v>
       </c>
       <c r="E251" s="2">
-        <v>59.92</v>
+        <v>1227.77</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D252" s="0" t="s">
         <v>634</v>
       </c>
-      <c r="B252" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E252" s="2">
-        <v>59.92</v>
+        <v>854.14</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
         <v>635</v>
       </c>
       <c r="B253" s="0" t="s">
         <v>636</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D253" s="0" t="s">
         <v>637</v>
       </c>
       <c r="E253" s="2">
-        <v>340.55</v>
+        <v>34046.98</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
         <v>638</v>
       </c>
       <c r="B254" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D254" s="0" t="s">
         <v>639</v>
       </c>
-      <c r="C254" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E254" s="2">
-        <v>2800.19</v>
+        <v>323.62</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B255" s="0" t="s">
         <v>641</v>
       </c>
-      <c r="B255" s="0" t="s">
+      <c r="C255" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D255" s="0" t="s">
         <v>642</v>
       </c>
-      <c r="C255" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E255" s="2">
-        <v>11250.35</v>
+        <v>571.5</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="B256" s="0" t="s">
         <v>644</v>
       </c>
-      <c r="B256" s="0" t="s">
+      <c r="C256" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D256" s="0" t="s">
         <v>645</v>
       </c>
-      <c r="C256" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E256" s="2">
-        <v>100.38</v>
+        <v>2477.16</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B257" s="0" t="s">
         <v>647</v>
       </c>
-      <c r="B257" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>203</v>
+        <v>128</v>
       </c>
       <c r="E257" s="2">
-        <v>33.25</v>
+        <v>86.66</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D258" s="0" t="s">
         <v>649</v>
       </c>
-      <c r="B258" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E258" s="2">
-        <v>305.92</v>
+        <v>4169.92</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="B259" s="0" t="s">
         <v>651</v>
       </c>
-      <c r="B259" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>165</v>
+        <v>28</v>
       </c>
       <c r="E259" s="2">
-        <v>523.76</v>
+        <v>226.45</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>203</v>
+        <v>28</v>
       </c>
       <c r="E260" s="2">
-        <v>1227.77</v>
+        <v>226.45</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D261" s="0" t="s">
         <v>655</v>
       </c>
-      <c r="B261" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E261" s="2">
-        <v>854.14</v>
+        <v>5024.23</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D262" s="0" t="s">
         <v>658</v>
       </c>
-      <c r="B262" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E262" s="2">
-        <v>34046.98</v>
+        <v>2212.46</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B263" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="E263" s="2">
-        <v>323.62</v>
+        <v>762.39</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>664</v>
+        <v>619</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="E264" s="2">
-        <v>571.5</v>
+        <v>11115.58</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="E265" s="2">
-        <v>2477.16</v>
+        <v>10702.77</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>122</v>
+        <v>668</v>
       </c>
       <c r="E266" s="2">
-        <v>86.66</v>
+        <v>953.43</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="B267" s="0" t="s">
         <v>670</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="E267" s="2">
-        <v>4169.92</v>
+        <v>2.73</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="B268" s="0" t="s">
         <v>673</v>
       </c>
-      <c r="B268" s="0" t="s">
+      <c r="C268" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D268" s="0" t="s">
         <v>674</v>
       </c>
-      <c r="C268" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E268" s="2">
-        <v>226.45</v>
+        <v>185.78</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>675</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>28</v>
+        <v>677</v>
       </c>
       <c r="E269" s="2">
-        <v>226.45</v>
+        <v>6289.08</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="E270" s="2">
-        <v>5024.23</v>
+        <v>4183.63</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E271" s="2">
-        <v>2347.46</v>
+        <v>18312.44</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>47</v>
+        <v>685</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="E272" s="2">
-        <v>762.39</v>
+        <v>33890.86</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>101</v>
+        <v>688</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="E273" s="2">
-        <v>11115.58</v>
+        <v>750.91</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>687</v>
+        <v>195</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>688</v>
+        <v>28</v>
       </c>
       <c r="E274" s="2">
-        <v>10702.77</v>
+        <v>37.76</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="E275" s="2">
-        <v>953.43</v>
+        <v>621.18</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="E276" s="2">
-        <v>3613.93</v>
+        <v>26502.43</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>696</v>
+        <v>195</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>697</v>
+        <v>28</v>
       </c>
       <c r="E277" s="2">
-        <v>185.78</v>
+        <v>15.46</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>698</v>
       </c>
       <c r="B278" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D278" s="0" t="s">
         <v>699</v>
       </c>
-      <c r="C278" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E278" s="2">
-        <v>6289.08</v>
+        <v>11445.05</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>702</v>
+        <v>119</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>703</v>
+        <v>120</v>
       </c>
       <c r="E279" s="2">
-        <v>4183.63</v>
+        <v>18862.5</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="E280" s="2">
-        <v>18312.44</v>
+        <v>776.48</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="E281" s="2">
-        <v>33890.86</v>
+        <v>17355.3</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="E282" s="2">
-        <v>750.91</v>
+        <v>15401.43</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>196</v>
+        <v>711</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>28</v>
+        <v>712</v>
       </c>
       <c r="E283" s="2">
-        <v>37.76</v>
+        <v>182.59</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>715</v>
+        <v>651</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>716</v>
+        <v>238</v>
       </c>
       <c r="E284" s="2">
-        <v>621.18</v>
+        <v>223.55</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>718</v>
+        <v>651</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="E285" s="2">
-        <v>26502.43</v>
+        <v>25080.78</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>196</v>
+        <v>651</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>28</v>
+        <v>238</v>
       </c>
       <c r="E286" s="2">
-        <v>15.46</v>
+        <v>298.43</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>47</v>
+        <v>651</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>722</v>
+        <v>238</v>
       </c>
       <c r="E287" s="2">
-        <v>11445.05</v>
+        <v>157.11</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>113</v>
+        <v>719</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>114</v>
+        <v>720</v>
       </c>
       <c r="E288" s="2">
-        <v>18862.5</v>
+        <v>27481.61</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="E289" s="2">
-        <v>776.48</v>
+        <v>4429.69</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="E290" s="2">
-        <v>17355.3</v>
+        <v>192.55</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="E291" s="2">
-        <v>15401.43</v>
+        <v>8.62</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>734</v>
+        <v>538</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="E292" s="2">
-        <v>182.59</v>
+        <v>9781.34</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>674</v>
+        <v>731</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>203</v>
+        <v>732</v>
       </c>
       <c r="E293" s="2">
-        <v>223.55</v>
+        <v>12203.05</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>674</v>
+        <v>734</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="E294" s="2">
-        <v>25080.78</v>
+        <v>8362.1</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>674</v>
+        <v>737</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>203</v>
+        <v>238</v>
       </c>
       <c r="E295" s="2">
-        <v>298.43</v>
+        <v>734.16</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>674</v>
+        <v>737</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>203</v>
+        <v>739</v>
       </c>
       <c r="E296" s="2">
-        <v>157.11</v>
+        <v>1911.3</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="B297" s="0" t="s">
         <v>741</v>
       </c>
-      <c r="B297" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>743</v>
+        <v>36</v>
       </c>
       <c r="E297" s="2">
-        <v>27481.61</v>
+        <v>73.61</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="B298" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C298" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D298" s="0" t="s">
         <v>744</v>
       </c>
-      <c r="B298" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E298" s="2">
-        <v>4429.69</v>
+        <v>31173.11</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="B299" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C299" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D299" s="0" t="s">
         <v>747</v>
       </c>
-      <c r="B299" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E299" s="2">
-        <v>192.55</v>
+        <v>596.91</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="B300" s="0" t="s">
         <v>749</v>
       </c>
-      <c r="B300" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C300" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>240</v>
+        <v>128</v>
       </c>
       <c r="E300" s="2">
-        <v>8.62</v>
+        <v>181.69</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
         <v>750</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>561</v>
+        <v>749</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D301" s="0" t="s">
         <v>751</v>
       </c>
       <c r="E301" s="2">
-        <v>9781.34</v>
+        <v>38.14</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>752</v>
       </c>
       <c r="B302" s="0" t="s">
         <v>753</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="0" t="s">
         <v>754</v>
       </c>
       <c r="E302" s="2">
-        <v>12203.05</v>
+        <v>23914.22</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
         <v>755</v>
       </c>
       <c r="B303" s="0" t="s">
         <v>756</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D303" s="0" t="s">
         <v>757</v>
       </c>
       <c r="E303" s="2">
-        <v>8362.1</v>
+        <v>14176.82</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
         <v>758</v>
       </c>
       <c r="B304" s="0" t="s">
         <v>759</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>203</v>
+        <v>238</v>
       </c>
       <c r="E304" s="2">
-        <v>37.63</v>
+        <v>9103.36</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>760</v>
       </c>
       <c r="B305" s="0" t="s">
         <v>761</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>36</v>
+        <v>762</v>
       </c>
       <c r="E305" s="2">
-        <v>73.61</v>
+        <v>0.9</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E306" s="2">
-        <v>31173.11</v>
+        <v>1447.62</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="E307" s="2">
-        <v>596.91</v>
+        <v>11162.37</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>122</v>
+        <v>771</v>
       </c>
       <c r="E308" s="2">
-        <v>181.69</v>
+        <v>22407.96</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="B309" s="0" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D309" s="0" t="s">
         <v>771</v>
       </c>
       <c r="E309" s="2">
-        <v>38.14</v>
+        <v>522.43</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="E310" s="2">
-        <v>1020.57</v>
+        <v>445.06</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="B311" s="0" t="s">
         <v>775</v>
       </c>
-      <c r="B311" s="0" t="s">
+      <c r="C311" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D311" s="0" t="s">
         <v>776</v>
       </c>
-      <c r="C311" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E311" s="2">
-        <v>23914.22</v>
+        <v>898.07</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="B312" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="C312" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D312" s="0" t="s">
         <v>778</v>
       </c>
-      <c r="B312" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E312" s="2">
-        <v>14176.82</v>
+        <v>64.91</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="B313" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="C313" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D313" s="0" t="s">
         <v>781</v>
       </c>
-      <c r="B313" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E313" s="2">
-        <v>9103.36</v>
+        <v>8367.18</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>785</v>
+        <v>128</v>
       </c>
       <c r="E314" s="2">
-        <v>0.9</v>
+        <v>419.67</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>787</v>
+        <v>35</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>788</v>
+        <v>36</v>
       </c>
       <c r="E315" s="2">
-        <v>14850.38</v>
+        <v>1408.67</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>28</v>
+        <v>786</v>
       </c>
       <c r="E316" s="2">
-        <v>329.91</v>
+        <v>17490.71</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>792</v>
+        <v>238</v>
       </c>
       <c r="E317" s="2">
-        <v>1447.62</v>
+        <v>1914.87</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>794</v>
+        <v>7</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="E318" s="2">
-        <v>11162.37</v>
+        <v>91.71</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="E319" s="2">
-        <v>22407.96</v>
+        <v>30033.39</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="E320" s="2">
-        <v>522.43</v>
+        <v>4784.57</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="E321" s="2">
-        <v>445.06</v>
+        <v>848.28</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="B322" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C322" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D322" s="0" t="s">
         <v>801</v>
       </c>
-      <c r="B322" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E322" s="2">
-        <v>1163.28</v>
+        <v>2199.41</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>806</v>
+        <v>238</v>
       </c>
       <c r="E323" s="2">
-        <v>898.07</v>
+        <v>1043.42</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="B324" s="0" t="s">
         <v>805</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="E324" s="2">
-        <v>64.91</v>
+        <v>3097.52</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="B325" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="C325" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D325" s="0" t="s">
         <v>809</v>
       </c>
-      <c r="B325" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E325" s="2">
-        <v>8367.18</v>
+        <v>10902.02</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="B326" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="C326" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D326" s="0" t="s">
         <v>812</v>
       </c>
-      <c r="B326" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E326" s="2">
-        <v>419.67</v>
+        <v>11603.33</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
         <v>813</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>815</v>
+        <v>160</v>
       </c>
       <c r="E327" s="2">
-        <v>320.01</v>
+        <v>3182.13</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="B328" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D328" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="B328" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E328" s="2">
-        <v>1408.67</v>
+        <v>17228.46</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
         <v>817</v>
       </c>
       <c r="B329" s="0" t="s">
         <v>818</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D329" s="0" t="s">
         <v>819</v>
       </c>
       <c r="E329" s="2">
-        <v>17490.71</v>
+        <v>185.02</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
         <v>820</v>
       </c>
       <c r="B330" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="C330" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D330" s="0" t="s">
         <v>821</v>
       </c>
-      <c r="C330" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E330" s="2">
-        <v>1914.87</v>
+        <v>6722.26</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
         <v>822</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>7</v>
+        <v>823</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="E331" s="2">
-        <v>91.71</v>
+        <v>581.12</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E332" s="2">
-        <v>30033.39</v>
+        <v>79.01</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="E333" s="2">
-        <v>4884.57</v>
+        <v>216.4</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E334" s="2">
-        <v>848.28</v>
+        <v>8986.15</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>24</v>
+        <v>835</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="E335" s="2">
-        <v>2199.41</v>
+        <v>6060.28</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>203</v>
+        <v>839</v>
       </c>
       <c r="E336" s="2">
-        <v>1043.42</v>
+        <v>11244.29</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="E337" s="2">
-        <v>3097.52</v>
+        <v>8362.28</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="E338" s="2">
-        <v>10902.02</v>
+        <v>459.32</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="E339" s="2">
-        <v>11603.33</v>
+        <v>173.75</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>160</v>
+        <v>851</v>
       </c>
       <c r="E340" s="2">
-        <v>3182.13</v>
+        <v>9354.75</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="E341" s="2">
-        <v>17228.46</v>
+        <v>451.91</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="E342" s="2">
-        <v>185.02</v>
+        <v>7069.5</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>854</v>
+        <v>28</v>
       </c>
       <c r="E343" s="2">
-        <v>6722.26</v>
+        <v>223.34</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>857</v>
+        <v>726</v>
       </c>
       <c r="E344" s="2">
-        <v>581.12</v>
+        <v>1228.43</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="B345" s="0" t="s">
         <v>859</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>860</v>
+        <v>61</v>
       </c>
       <c r="E345" s="2">
-        <v>79.01</v>
+        <v>3128.53</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
         <v>861</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>863</v>
+        <v>726</v>
       </c>
       <c r="E346" s="2">
-        <v>216.4</v>
+        <v>27248.66</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="B347" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="C347" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D347" s="0" t="s">
         <v>864</v>
       </c>
-      <c r="B347" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E347" s="2">
-        <v>8986.15</v>
+        <v>6721.52</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="B348" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="C348" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D348" s="0" t="s">
         <v>867</v>
       </c>
-      <c r="B348" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E348" s="2">
-        <v>6060.28</v>
+        <v>0.22</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="B349" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="C349" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D349" s="0" t="s">
         <v>870</v>
       </c>
-      <c r="B349" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E349" s="2">
-        <v>1649.42</v>
+        <v>339.02</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="B350" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="C350" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D350" s="0" t="s">
         <v>873</v>
       </c>
-      <c r="B350" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E350" s="2">
-        <v>11244.29</v>
+        <v>26.63</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="E351" s="2">
-        <v>8362.28</v>
+        <v>289.3</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="E352" s="2">
-        <v>459.32</v>
+        <v>757.26</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="E353" s="2">
-        <v>173.75</v>
+        <v>13329.81</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>887</v>
+        <v>28</v>
       </c>
       <c r="E354" s="2">
-        <v>9354.75</v>
+        <v>172.03</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="E355" s="2">
-        <v>451.91</v>
+        <v>199.04</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="E356" s="2">
-        <v>326.53</v>
+        <v>8369.79</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="E357" s="2">
-        <v>7069.5</v>
+        <v>74.03</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>28</v>
+        <v>894</v>
       </c>
       <c r="E358" s="2">
-        <v>223.34</v>
+        <v>4612.25</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="B359" s="0" t="s">
+        <v>896</v>
+      </c>
+      <c r="C359" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D359" s="0" t="s">
         <v>897</v>
       </c>
-      <c r="B359" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E359" s="2">
-        <v>1228.43</v>
+        <v>11879.04</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="B360" s="0" t="s">
         <v>899</v>
       </c>
-      <c r="B360" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C360" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>61</v>
+        <v>900</v>
       </c>
       <c r="E360" s="2">
-        <v>3128.53</v>
+        <v>8413.31</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>240</v>
+        <v>903</v>
       </c>
       <c r="E361" s="2">
-        <v>27248.66</v>
+        <v>8095.07</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="E362" s="2">
-        <v>6721.52</v>
+        <v>33827.52</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="E363" s="2">
-        <v>0.22</v>
+        <v>9963.39</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>908</v>
+        <v>608</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="E364" s="2">
-        <v>339.02</v>
+        <v>1500.59</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="E365" s="2">
-        <v>26.63</v>
+        <v>7480.68</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="E366" s="2">
-        <v>289.3</v>
+        <v>13634.7</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>916</v>
+        <v>47</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="E367" s="2">
-        <v>957.26</v>
+        <v>2128.74</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="E368" s="2">
-        <v>13329.81</v>
+        <v>1149.36</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>28</v>
+        <v>925</v>
       </c>
       <c r="E369" s="2">
-        <v>172.03</v>
+        <v>15104.9</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="E370" s="2">
-        <v>199.04</v>
+        <v>43.15</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="E371" s="2">
-        <v>8369.79</v>
+        <v>2761.72</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="E372" s="2">
-        <v>74.03</v>
+        <v>1245.91</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="E373" s="2">
-        <v>4612.25</v>
+        <v>1245.91</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>935</v>
+        <v>434</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>936</v>
+        <v>436</v>
       </c>
       <c r="E374" s="2">
-        <v>11879.04</v>
+        <v>22.73</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
         <v>937</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>938</v>
+        <v>434</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>939</v>
+        <v>170</v>
       </c>
       <c r="E375" s="2">
-        <v>7457.75</v>
+        <v>86.66</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="B376" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="C376" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D376" s="0" t="s">
         <v>940</v>
       </c>
-      <c r="B376" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E376" s="2">
-        <v>140.17</v>
+        <v>5039.5</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="B377" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="C377" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D377" s="0" t="s">
         <v>943</v>
       </c>
-      <c r="B377" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E377" s="2">
-        <v>8413.31</v>
+        <v>2894.42</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="B378" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="C378" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D378" s="0" t="s">
         <v>946</v>
       </c>
-      <c r="B378" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E378" s="2">
-        <v>8095.07</v>
+        <v>21003.66</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="B379" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="C379" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D379" s="0" t="s">
         <v>949</v>
       </c>
-      <c r="B379" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E379" s="2">
-        <v>33827.52</v>
+        <v>12040.92</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="B380" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="C380" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D380" s="0" t="s">
         <v>952</v>
       </c>
-      <c r="B380" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E380" s="2">
-        <v>9963.39</v>
+        <v>288.41</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="B381" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="C381" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D381" s="0" t="s">
         <v>955</v>
       </c>
-      <c r="B381" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E381" s="2">
-        <v>1500.59</v>
+        <v>31843.15</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="B382" s="0" t="s">
         <v>957</v>
       </c>
-      <c r="B382" s="0" t="s">
+      <c r="C382" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D382" s="0" t="s">
         <v>958</v>
       </c>
-      <c r="C382" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E382" s="2">
-        <v>7480.68</v>
+        <v>3640.16</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="B383" s="0" t="s">
         <v>960</v>
       </c>
-      <c r="B383" s="0" t="s">
+      <c r="C383" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D383" s="0" t="s">
         <v>961</v>
       </c>
-      <c r="C383" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E383" s="2">
-        <v>204.1</v>
+        <v>27022.72</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
+        <v>962</v>
+      </c>
+      <c r="B384" s="0" t="s">
         <v>963</v>
       </c>
-      <c r="B384" s="0" t="s">
+      <c r="C384" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D384" s="0" t="s">
         <v>964</v>
       </c>
-      <c r="C384" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E384" s="2">
-        <v>13634.7</v>
+        <v>474.22</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="B385" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="E385" s="2">
-        <v>2128.74</v>
+        <v>15774.08</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="B386" s="0" t="s">
         <v>968</v>
       </c>
-      <c r="B386" s="0" t="s">
+      <c r="C386" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D386" s="0" t="s">
         <v>969</v>
       </c>
-      <c r="C386" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E386" s="2">
-        <v>1149.36</v>
+        <v>1226.01</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="B387" s="0" t="s">
         <v>971</v>
       </c>
-      <c r="B387" s="0" t="s">
+      <c r="C387" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D387" s="0" t="s">
         <v>972</v>
       </c>
-      <c r="C387" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E387" s="2">
-        <v>15104.9</v>
+        <v>8379.72</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="B388" s="0" t="s">
         <v>974</v>
       </c>
-      <c r="B388" s="0" t="s">
+      <c r="C388" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D388" s="0" t="s">
         <v>975</v>
       </c>
-      <c r="C388" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E388" s="2">
-        <v>43.15</v>
+        <v>2173.58</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>979</v>
+        <v>778</v>
       </c>
       <c r="E389" s="2">
-        <v>2761.72</v>
+        <v>85.63</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="E390" s="2">
-        <v>1245.91</v>
+        <v>3311.9</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="B391" s="0" t="s">
         <v>981</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D391" s="0" t="s">
         <v>982</v>
       </c>
       <c r="E391" s="2">
-        <v>1245.91</v>
+        <v>6307.33</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="B392" s="0" t="s">
         <v>984</v>
       </c>
-      <c r="B392" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>459</v>
+        <v>985</v>
       </c>
       <c r="E392" s="2">
-        <v>22.73</v>
+        <v>23327.69</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>457</v>
+        <v>987</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>171</v>
+        <v>988</v>
       </c>
       <c r="E393" s="2">
-        <v>86.66</v>
+        <v>526</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="E394" s="2">
-        <v>5039.5</v>
+        <v>45527.61</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="E395" s="2">
-        <v>2894.42</v>
+        <v>12777.75</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="E396" s="2">
-        <v>21003.66</v>
+        <v>1237.3</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="E397" s="2">
-        <v>12040.92</v>
+        <v>12.16</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1000</v>
+        <v>28</v>
       </c>
       <c r="E398" s="2">
-        <v>288.41</v>
+        <v>1077.85</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="E399" s="2">
-        <v>31843.15</v>
+        <v>13926.74</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="E400" s="2">
-        <v>27022.72</v>
+        <v>7410.41</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>1009</v>
+        <v>160</v>
       </c>
       <c r="E401" s="2">
-        <v>474.22</v>
+        <v>1235.88</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B402" s="0" t="s">
         <v>1010</v>
       </c>
-      <c r="B402" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C402" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>1011</v>
+        <v>160</v>
       </c>
       <c r="E402" s="2">
-        <v>15774.08</v>
+        <v>1235.88</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
         <v>1012</v>
       </c>
       <c r="B403" s="0" t="s">
         <v>1013</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D403" s="0" t="s">
         <v>1014</v>
       </c>
       <c r="E403" s="2">
-        <v>1226.01</v>
+        <v>26831.85</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
         <v>1015</v>
       </c>
       <c r="B404" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D404" s="0" t="s">
         <v>1017</v>
       </c>
       <c r="E404" s="2">
-        <v>2173.58</v>
+        <v>694.23</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
         <v>1018</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>808</v>
+        <v>1020</v>
       </c>
       <c r="E405" s="2">
-        <v>85.63</v>
+        <v>22745.12</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="E406" s="2">
-        <v>3311.9</v>
+        <v>3062.69</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="E407" s="2">
-        <v>6307.33</v>
+        <v>9307.57</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D408" s="0" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="E408" s="2">
-        <v>23327.69</v>
+        <v>418.79</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="E409" s="2">
-        <v>526</v>
+        <v>9793.45</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B410" s="0" t="s">
         <v>1031</v>
       </c>
-      <c r="B410" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C410" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D410" s="0" t="s">
-        <v>1033</v>
+        <v>28</v>
       </c>
       <c r="E410" s="2">
-        <v>45527.61</v>
+        <v>443.67</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
         <v>1034</v>
       </c>
       <c r="B411" s="0" t="s">
         <v>1035</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D411" s="0" t="s">
         <v>1036</v>
       </c>
       <c r="E411" s="2">
-        <v>12777.75</v>
+        <v>1031.81</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
         <v>1037</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>246</v>
+        <v>1038</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>108</v>
+        <v>1039</v>
       </c>
       <c r="E412" s="2">
-        <v>0.14</v>
+        <v>30.7</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>246</v>
+        <v>613</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>108</v>
+        <v>1041</v>
       </c>
       <c r="E413" s="2">
-        <v>0.14</v>
+        <v>71.96</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>246</v>
+        <v>613</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>108</v>
+        <v>1041</v>
       </c>
       <c r="E414" s="2">
-        <v>0.14</v>
+        <v>22.5</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>1042</v>
+        <v>28</v>
       </c>
       <c r="E415" s="2">
-        <v>0.15</v>
+        <v>134.59</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="B416" s="0" t="s">
         <v>1044</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>1045</v>
+        <v>28</v>
       </c>
       <c r="E416" s="2">
-        <v>1237.3</v>
+        <v>271.66</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
         <v>1046</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>1048</v>
+        <v>28</v>
       </c>
       <c r="E417" s="2">
-        <v>12.16</v>
+        <v>277.21</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D418" s="0" t="s">
-        <v>28</v>
+        <v>1048</v>
       </c>
       <c r="E418" s="2">
-        <v>1077.85</v>
+        <v>326.98</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B419" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C419" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D419" s="0" t="s">
         <v>1051</v>
       </c>
-      <c r="B419" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E419" s="2">
-        <v>13926.74</v>
+        <v>8210.21</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1056</v>
+        <v>726</v>
       </c>
       <c r="E420" s="2">
-        <v>11.06</v>
+        <v>350.08</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="E421" s="2">
-        <v>7410.41</v>
+        <v>30212.27</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>1061</v>
+        <v>619</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>160</v>
+        <v>1058</v>
       </c>
       <c r="E422" s="2">
-        <v>1235.88</v>
+        <v>15276.46</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>1061</v>
+        <v>47</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>160</v>
+        <v>1060</v>
       </c>
       <c r="E423" s="2">
-        <v>1235.88</v>
+        <v>137.25</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B424" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C424" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D424" s="0" t="s">
         <v>1063</v>
       </c>
-      <c r="B424" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E424" s="2">
-        <v>26831.85</v>
+        <v>16942.52</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>1067</v>
+        <v>1065</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>1068</v>
+        <v>61</v>
       </c>
       <c r="E425" s="2">
-        <v>694.23</v>
+        <v>4242.02</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>1071</v>
+        <v>238</v>
       </c>
       <c r="E426" s="2">
-        <v>22745.12</v>
+        <v>1596.76</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>1073</v>
+        <v>35</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="E427" s="2">
-        <v>9307.57</v>
+        <v>340.91</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>1075</v>
+        <v>1070</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>1077</v>
+        <v>28</v>
       </c>
       <c r="E428" s="2">
-        <v>418.79</v>
+        <v>82.97</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>1078</v>
+        <v>1072</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>1080</v>
+        <v>28</v>
       </c>
       <c r="E429" s="2">
-        <v>9793.45</v>
+        <v>82.97</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D430" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E430" s="2">
-        <v>443.67</v>
+        <v>126.68</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
       <c r="E431" s="2">
-        <v>1031.81</v>
+        <v>126.68</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>1085</v>
+        <v>1077</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
       <c r="E432" s="2">
-        <v>30.7</v>
+        <v>2590.76</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>636</v>
+        <v>1081</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>1089</v>
+        <v>205</v>
       </c>
       <c r="E433" s="2">
-        <v>71.96</v>
+        <v>255.94</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>1090</v>
+        <v>1082</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>636</v>
+        <v>1083</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="E434" s="2">
-        <v>22.5</v>
+        <v>120.92</v>
       </c>
       <c r="F434" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>28</v>
+        <v>1087</v>
       </c>
       <c r="E435" s="2">
-        <v>134.59</v>
+        <v>799.85</v>
       </c>
       <c r="F435" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>28</v>
+        <v>1090</v>
       </c>
       <c r="E436" s="2">
-        <v>271.66</v>
+        <v>1377.73</v>
       </c>
       <c r="F436" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>28</v>
+        <v>726</v>
       </c>
       <c r="E437" s="2">
-        <v>277.21</v>
+        <v>519.42</v>
       </c>
       <c r="F437" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="E438" s="2">
-        <v>326.98</v>
+        <v>3598.35</v>
       </c>
       <c r="F438" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B439" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C439" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D439" s="0" t="s">
         <v>1097</v>
       </c>
-      <c r="B439" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E439" s="2">
-        <v>1.15</v>
+        <v>462.92</v>
       </c>
       <c r="F439" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>1098</v>
+        <v>619</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D440" s="0" t="s">
         <v>1099</v>
       </c>
       <c r="E440" s="2">
-        <v>0.7</v>
+        <v>21444.14</v>
       </c>
       <c r="F440" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>1102</v>
+        <v>641</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1103</v>
+        <v>28</v>
       </c>
       <c r="E441" s="2">
-        <v>8210.21</v>
+        <v>24.01</v>
       </c>
       <c r="F441" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>1105</v>
+        <v>641</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>240</v>
+        <v>28</v>
       </c>
       <c r="E442" s="2">
-        <v>350.08</v>
+        <v>48.09</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>1107</v>
+        <v>641</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
       <c r="E443" s="2">
-        <v>30212.27</v>
+        <v>39.58</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="E444" s="2">
-        <v>15276.46</v>
+        <v>12081.12</v>
       </c>
       <c r="F444" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>47</v>
+        <v>1108</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="E445" s="2">
-        <v>137.25</v>
+        <v>30799.39</v>
       </c>
       <c r="F445" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
       <c r="E446" s="2">
-        <v>16942.52</v>
+        <v>1048.31</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>61</v>
+        <v>128</v>
       </c>
       <c r="E447" s="2">
-        <v>4242.02</v>
+        <v>117.96</v>
       </c>
       <c r="F447" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>1120</v>
+        <v>1114</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>203</v>
+        <v>1116</v>
       </c>
       <c r="E448" s="2">
-        <v>1596.76</v>
+        <v>12012.31</v>
       </c>
       <c r="F448" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>35</v>
+        <v>217</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D449" s="0" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="E449" s="2">
-        <v>340.91</v>
+        <v>991.93</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>1124</v>
+        <v>217</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>28</v>
+        <v>726</v>
       </c>
       <c r="E450" s="2">
-        <v>82.97</v>
+        <v>93.19</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>28</v>
+        <v>1122</v>
       </c>
       <c r="E451" s="2">
-        <v>82.97</v>
+        <v>352.4</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>28</v>
+        <v>1122</v>
       </c>
       <c r="E452" s="2">
-        <v>126.68</v>
+        <v>352.4</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>1128</v>
+        <v>1121</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>1129</v>
+        <v>1122</v>
       </c>
       <c r="E453" s="2">
-        <v>126.68</v>
+        <v>1.16</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>1131</v>
+        <v>1126</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="E454" s="2">
-        <v>2590.76</v>
+        <v>8024.51</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>1134</v>
+        <v>1129</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>209</v>
+        <v>1130</v>
       </c>
       <c r="E455" s="2">
-        <v>255.94</v>
+        <v>213.85</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>1137</v>
+        <v>74</v>
       </c>
       <c r="E456" s="2">
-        <v>120.92</v>
+        <v>268.55</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>1139</v>
+        <v>1134</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1140</v>
+        <v>1135</v>
       </c>
       <c r="E457" s="2">
-        <v>1377.73</v>
+        <v>2928.17</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>1141</v>
+        <v>1136</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>1139</v>
+        <v>271</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>240</v>
+        <v>1137</v>
       </c>
       <c r="E458" s="2">
-        <v>519.42</v>
+        <v>3269.69</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>1143</v>
+        <v>1139</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>1144</v>
+        <v>1140</v>
       </c>
       <c r="E459" s="2">
-        <v>3598.35</v>
+        <v>24537.62</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="E460" s="2">
-        <v>462.92</v>
+        <v>3488.07</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>1148</v>
+        <v>1144</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>1149</v>
+        <v>866</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>1150</v>
+        <v>74</v>
       </c>
       <c r="E461" s="2">
-        <v>21444.14</v>
+        <v>0.22</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>1151</v>
+        <v>1145</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>664</v>
+        <v>1146</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>28</v>
+        <v>1147</v>
       </c>
       <c r="E462" s="2">
-        <v>24.01</v>
+        <v>3311.86</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>664</v>
+        <v>271</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>28</v>
+        <v>1149</v>
       </c>
       <c r="E463" s="2">
-        <v>48.09</v>
+        <v>1598.3</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>664</v>
+        <v>47</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="E464" s="2">
-        <v>39.58</v>
+        <v>2131.47</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="E465" s="2">
-        <v>12081.12</v>
+        <v>182.08</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>1159</v>
+        <v>466</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="E466" s="2">
-        <v>30799.39</v>
+        <v>3028</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="E467" s="2">
-        <v>1048.31</v>
+        <v>34.83</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>122</v>
+        <v>1161</v>
       </c>
       <c r="E468" s="2">
-        <v>117.96</v>
+        <v>1504.63</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="E469" s="2">
-        <v>12012.31</v>
+        <v>179.44</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1169</v>
+        <v>128</v>
       </c>
       <c r="E470" s="2">
-        <v>991.93</v>
+        <v>417.34</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>221</v>
+        <v>1166</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>240</v>
+        <v>114</v>
       </c>
       <c r="E471" s="2">
-        <v>93.19</v>
+        <v>1210.15</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>1172</v>
+        <v>7</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1173</v>
+        <v>138</v>
       </c>
       <c r="E472" s="2">
-        <v>352.4</v>
+        <v>20.24</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>1174</v>
+        <v>1168</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1173</v>
+        <v>735</v>
       </c>
       <c r="E473" s="2">
-        <v>352.4</v>
+        <v>49.21</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="B474" s="0" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C474" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D474" s="0" t="s">
         <v>1172</v>
       </c>
-      <c r="C474" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E474" s="2">
-        <v>1.16</v>
+        <v>768.75</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>1177</v>
+        <v>185</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1178</v>
+        <v>186</v>
       </c>
       <c r="E475" s="2">
-        <v>8024.51</v>
+        <v>29.73</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>1181</v>
+        <v>1176</v>
       </c>
       <c r="E476" s="2">
-        <v>213.85</v>
+        <v>43.04</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>246</v>
+        <v>1178</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D477" s="0" t="s">
-        <v>61</v>
+        <v>735</v>
       </c>
       <c r="E477" s="2">
-        <v>0.29</v>
+        <v>3.2</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>1184</v>
+        <v>993</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>165</v>
+        <v>994</v>
       </c>
       <c r="E478" s="2">
-        <v>268.55</v>
+        <v>3397.15</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1187</v>
+        <v>36</v>
       </c>
       <c r="E479" s="2">
-        <v>2928.17</v>
+        <v>362.65</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>1188</v>
+        <v>1182</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>280</v>
+        <v>1183</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>1189</v>
+        <v>74</v>
       </c>
       <c r="E480" s="2">
-        <v>3269.69</v>
+        <v>1278.28</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>1190</v>
+        <v>1184</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>1191</v>
+        <v>629</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>1192</v>
+        <v>74</v>
       </c>
       <c r="E481" s="2">
-        <v>24537.62</v>
+        <v>2455.99</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>1195</v>
+        <v>726</v>
       </c>
       <c r="E482" s="2">
-        <v>3488.07</v>
+        <v>1186.14</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>1196</v>
+        <v>1187</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>165</v>
+        <v>1188</v>
       </c>
       <c r="E483" s="2">
-        <v>0.22</v>
+        <v>2.53</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>10</v>
-[...498 lines deleted...]
-      <c r="F508" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -14476,57 +13802,32 @@
     <hyperlink ref="F459" r:id="rId459"/>
     <hyperlink ref="F460" r:id="rId460"/>
     <hyperlink ref="F461" r:id="rId461"/>
     <hyperlink ref="F462" r:id="rId462"/>
     <hyperlink ref="F463" r:id="rId463"/>
     <hyperlink ref="F464" r:id="rId464"/>
     <hyperlink ref="F465" r:id="rId465"/>
     <hyperlink ref="F466" r:id="rId466"/>
     <hyperlink ref="F467" r:id="rId467"/>
     <hyperlink ref="F468" r:id="rId468"/>
     <hyperlink ref="F469" r:id="rId469"/>
     <hyperlink ref="F470" r:id="rId470"/>
     <hyperlink ref="F471" r:id="rId471"/>
     <hyperlink ref="F472" r:id="rId472"/>
     <hyperlink ref="F473" r:id="rId473"/>
     <hyperlink ref="F474" r:id="rId474"/>
     <hyperlink ref="F475" r:id="rId475"/>
     <hyperlink ref="F476" r:id="rId476"/>
     <hyperlink ref="F477" r:id="rId477"/>
     <hyperlink ref="F478" r:id="rId478"/>
     <hyperlink ref="F479" r:id="rId479"/>
     <hyperlink ref="F480" r:id="rId480"/>
     <hyperlink ref="F481" r:id="rId481"/>
     <hyperlink ref="F482" r:id="rId482"/>
     <hyperlink ref="F483" r:id="rId483"/>
-    <hyperlink ref="F484" r:id="rId484"/>
-[...23 lines deleted...]
-    <hyperlink ref="F508" r:id="rId508"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>